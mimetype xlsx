--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -1445,97 +1445,97 @@
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
     <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
@@ -5503,51 +5503,51 @@
       </c>
       <c r="P64" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>407</v>
       </c>
       <c r="B65" t="s">
         <v>408</v>
       </c>
       <c r="C65" t="s">
         <v>194</v>
       </c>
       <c r="D65" t="s">
         <v>263</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>34</v>
       </c>
       <c r="G65" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="H65">
         <v>2021</v>
       </c>
       <c r="I65">
         <v>2024</v>
       </c>
       <c r="J65" t="s">
         <v>409</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
         <v>410</v>
       </c>
       <c r="M65" t="s">
         <v>196</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>411</v>
       </c>
@@ -5655,54 +5655,54 @@
         <v>426</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>427</v>
       </c>
       <c r="B68" t="s">
         <v>428</v>
       </c>
       <c r="C68" t="s">
         <v>216</v>
       </c>
       <c r="D68" t="s">
         <v>429</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>81</v>
       </c>
       <c r="G68" t="s">
         <v>50</v>
       </c>
-      <c r="H68">
+      <c r="H68"/>
+      <c r="I68">
         <v>2024</v>
       </c>
-      <c r="I68"/>
       <c r="J68" t="s">
         <v>233</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>424</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>430</v>
       </c>
       <c r="P68" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>431</v>
       </c>
       <c r="B69" t="s">
@@ -6035,51 +6035,51 @@
       </c>
       <c r="P75" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>461</v>
       </c>
       <c r="B76" t="s">
         <v>462</v>
       </c>
       <c r="C76" t="s">
         <v>216</v>
       </c>
       <c r="D76" t="s">
         <v>64</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>8</v>
+        <v>387</v>
       </c>
       <c r="H76">
         <v>2011</v>
       </c>
       <c r="I76">
         <v>2022</v>
       </c>
       <c r="J76" t="s">
         <v>358</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
         <v>463</v>
       </c>
       <c r="M76" t="s">
         <v>424</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
         <v>464</v>
       </c>