--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -449,71 +449,71 @@
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>