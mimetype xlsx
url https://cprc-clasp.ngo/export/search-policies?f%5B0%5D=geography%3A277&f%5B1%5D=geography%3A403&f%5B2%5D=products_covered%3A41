--- v0 (2025-12-12)
+++ v1 (2026-01-28)
@@ -2890,51 +2890,53 @@
         <v>121</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>242</v>
       </c>
       <c r="B33" t="s">
         <v>243</v>
       </c>
       <c r="C33" t="s">
         <v>104</v>
       </c>
       <c r="D33" t="s">
         <v>33</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>73</v>
       </c>
-      <c r="H33"/>
+      <c r="H33">
+        <v>2024</v>
+      </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>244</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>229</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>245</v>
       </c>
       <c r="P33" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>247</v>
       </c>