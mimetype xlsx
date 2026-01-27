--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -1472,97 +1472,97 @@
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
     <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
@@ -5594,51 +5594,51 @@
       </c>
       <c r="P65" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>416</v>
       </c>
       <c r="B66" t="s">
         <v>417</v>
       </c>
       <c r="C66" t="s">
         <v>187</v>
       </c>
       <c r="D66" t="s">
         <v>266</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>34</v>
       </c>
       <c r="G66" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="H66">
         <v>2021</v>
       </c>
       <c r="I66">
         <v>2024</v>
       </c>
       <c r="J66" t="s">
         <v>418</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
         <v>419</v>
       </c>
       <c r="M66" t="s">
         <v>189</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
         <v>420</v>
       </c>
@@ -5746,54 +5746,54 @@
         <v>435</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>436</v>
       </c>
       <c r="B69" t="s">
         <v>437</v>
       </c>
       <c r="C69" t="s">
         <v>219</v>
       </c>
       <c r="D69" t="s">
         <v>438</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>71</v>
       </c>
       <c r="G69" t="s">
         <v>50</v>
       </c>
-      <c r="H69">
+      <c r="H69"/>
+      <c r="I69">
         <v>2024</v>
       </c>
-      <c r="I69"/>
       <c r="J69" t="s">
         <v>236</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
         <v>433</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>439</v>
       </c>
       <c r="P69" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>440</v>
       </c>
       <c r="B70" t="s">
@@ -6126,51 +6126,51 @@
       </c>
       <c r="P76" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>470</v>
       </c>
       <c r="B77" t="s">
         <v>471</v>
       </c>
       <c r="C77" t="s">
         <v>219</v>
       </c>
       <c r="D77" t="s">
         <v>64</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>8</v>
+        <v>396</v>
       </c>
       <c r="H77">
         <v>2011</v>
       </c>
       <c r="I77">
         <v>2022</v>
       </c>
       <c r="J77" t="s">
         <v>367</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
         <v>472</v>
       </c>
       <c r="M77" t="s">
         <v>433</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
         <v>473</v>
       </c>