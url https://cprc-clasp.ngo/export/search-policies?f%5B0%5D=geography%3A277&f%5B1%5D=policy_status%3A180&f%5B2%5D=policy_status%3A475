--- v0 (2025-11-09)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -287,86 +287,172 @@
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
     <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
+  </si>
+  <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
   </si>
   <si>
     <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mandatory</t>
   </si>
   <si>
     <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
+    <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>GB/T 18708
+,   
+                    GB/T 19741</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
+  </si>
+  <si>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
+  </si>
+  <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
+    <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Cookstoves, Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
@@ -398,53 +484,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
     <t>Draft labels for microwave ovens. No information available</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
     <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
   </si>
   <si>
-    <t>India</t>
-[...1 lines deleted...]
-  <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
     <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Non inverter type and single phase</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
@@ -516,53 +599,50 @@
     <t>Windows</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
     <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
     <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
@@ -917,72 +997,72 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P26"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1547,606 +1627,800 @@
       </c>
       <c r="P13" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>91</v>
       </c>
       <c r="B14" t="s">
         <v>92</v>
       </c>
       <c r="C14" t="s">
         <v>93</v>
       </c>
       <c r="D14" t="s">
         <v>94</v>
       </c>
       <c r="E14" t="s">
         <v>95</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="H14">
-        <v>1989</v>
+        <v>2007</v>
       </c>
       <c r="I14">
         <v>2025</v>
       </c>
       <c r="J14" t="s">
+        <v>96</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
         <v>97</v>
       </c>
-      <c r="K14" t="s">
-[...2 lines deleted...]
-      <c r="L14" t="s">
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
         <v>98</v>
       </c>
-      <c r="M14" t="s">
+      <c r="P14" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
         <v>102</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E15" t="s">
         <v>95</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I15"/>
+        <v>104</v>
+      </c>
+      <c r="H15">
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>2025</v>
+      </c>
       <c r="J15" t="s">
+        <v>105</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
         <v>106</v>
       </c>
-      <c r="K15" t="s">
-[...2 lines deleted...]
-      <c r="L15" t="s">
+      <c r="M15" t="s">
         <v>107</v>
       </c>
-      <c r="M15" t="s">
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
         <v>108</v>
       </c>
-      <c r="N15" t="s">
-[...2 lines deleted...]
-      <c r="O15" t="s">
+      <c r="P15" t="s">
         <v>109</v>
       </c>
-      <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>110</v>
       </c>
       <c r="B16" t="s">
         <v>111</v>
       </c>
       <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E16" t="s">
         <v>95</v>
       </c>
       <c r="F16" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I16"/>
+        <v>8</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2025</v>
+      </c>
       <c r="J16" t="s">
+        <v>113</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
         <v>114</v>
       </c>
-      <c r="K16" t="s">
-[...2 lines deleted...]
-      <c r="L16"/>
       <c r="M16" t="s">
         <v>115</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
         <v>116</v>
       </c>
-      <c r="P16"/>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="D17" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="E17" t="s">
         <v>95</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I17"/>
+        <v>8</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17">
+        <v>2025</v>
+      </c>
       <c r="J17" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>115</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>121</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="P17"/>
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B18" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C18" t="s">
-        <v>64</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="F18" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I18"/>
+        <v>8</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2025</v>
+      </c>
       <c r="J18" t="s">
-        <v>67</v>
+        <v>113</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>69</v>
+        <v>115</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>127</v>
       </c>
       <c r="O18" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="P18" t="s">
-        <v>71</v>
+        <v>129</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B19" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C19" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="D19" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>134</v>
       </c>
       <c r="K19" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="L19"/>
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
       <c r="M19" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="N19" t="s">
-        <v>131</v>
+        <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C20" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D20" t="s">
-        <v>105</v>
+        <v>141</v>
       </c>
       <c r="E20" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>140</v>
+      </c>
+      <c r="D21" t="s">
         <v>141</v>
       </c>
-      <c r="B21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>143</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B22" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C22" t="s">
-        <v>148</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E22" t="s">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>150</v>
+        <v>67</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>151</v>
       </c>
       <c r="M22" t="s">
+        <v>69</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
         <v>152</v>
       </c>
-      <c r="N22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P22" t="s">
-        <v>154</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" t="s">
         <v>155</v>
       </c>
-      <c r="B23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>159</v>
+        <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>158</v>
       </c>
       <c r="O23" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="P23" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B24" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>163</v>
       </c>
       <c r="D24" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
+        <v>164</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>165</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
         <v>167</v>
-      </c>
-[...12 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B25" t="s">
-        <v>171</v>
+        <v>131</v>
       </c>
       <c r="C25" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D25" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="P25" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B26" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C26" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D26" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E26" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="F26" t="s">
         <v>34</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
+        <v>177</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>178</v>
+      </c>
+      <c r="M26" t="s">
+        <v>179</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
         <v>181</v>
       </c>
-      <c r="K26" t="s">
-[...3 lines deleted...]
-      <c r="M26" t="s">
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
         <v>182</v>
       </c>
-      <c r="N26" t="s">
-[...2 lines deleted...]
-      <c r="O26" t="s">
+      <c r="B27" t="s">
         <v>183</v>
       </c>
-      <c r="P26" t="s">
+      <c r="C27" t="s">
         <v>184</v>
+      </c>
+      <c r="D27" t="s">
+        <v>185</v>
+      </c>
+      <c r="E27" t="s">
+        <v>95</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>186</v>
+      </c>
+      <c r="K27" t="s">
+        <v>187</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>188</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>132</v>
+      </c>
+      <c r="D28" t="s">
+        <v>193</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>96</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28"/>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>194</v>
+      </c>
+      <c r="P28" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>196</v>
+      </c>
+      <c r="B29" t="s">
+        <v>197</v>
+      </c>
+      <c r="C29" t="s">
+        <v>198</v>
+      </c>
+      <c r="D29" t="s">
+        <v>86</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>186</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>199</v>
+      </c>
+      <c r="M29" t="s">
+        <v>200</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>201</v>
+      </c>
+      <c r="P29" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>203</v>
+      </c>
+      <c r="B30" t="s">
+        <v>204</v>
+      </c>
+      <c r="C30" t="s">
+        <v>205</v>
+      </c>
+      <c r="D30" t="s">
+        <v>206</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>207</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>208</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>209</v>
+      </c>
+      <c r="P30" t="s">
+        <v>210</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">