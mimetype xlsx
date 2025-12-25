--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -317,138 +317,297 @@
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
+    <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>GB/T 20290-2016; QB/T 1520-2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
+  </si>
+  <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
     <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
-    <t>May 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
     <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
     <t>Draft labels for microwave ovens. No information available</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
     <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
-    <t>Water</t>
-[...1 lines deleted...]
-  <si>
     <t>Bureau of Indian Standards</t>
-  </si>
-[...1 lines deleted...]
-    <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
     <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Non inverter type and single phase</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
@@ -911,72 +1070,72 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P26"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1579,568 +1738,912 @@
       </c>
       <c r="L14" t="s">
         <v>97</v>
       </c>
       <c r="M14" t="s">
         <v>98</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
         <v>99</v>
       </c>
       <c r="P14" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>101</v>
       </c>
       <c r="B15" t="s">
         <v>102</v>
       </c>
       <c r="C15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E15" t="s">
         <v>95</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I15"/>
+        <v>104</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
       <c r="J15" t="s">
-        <v>105</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
+        <v>105</v>
+      </c>
+      <c r="M15" t="s">
         <v>106</v>
       </c>
-      <c r="M15" t="s">
+      <c r="N15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="O15" t="s">
         <v>108</v>
       </c>
-      <c r="P15"/>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C16" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="D16" t="s">
         <v>112</v>
       </c>
       <c r="E16" t="s">
         <v>95</v>
       </c>
       <c r="F16" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I16"/>
+        <v>96</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
       <c r="J16" t="s">
         <v>113</v>
       </c>
       <c r="K16" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L16"/>
+        <v>114</v>
+      </c>
+      <c r="L16" t="s">
+        <v>115</v>
+      </c>
       <c r="M16" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="P16"/>
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="D17" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="E17" t="s">
         <v>95</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I17"/>
+        <v>121</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
       <c r="J17" t="s">
-        <v>113</v>
+        <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L17"/>
+        <v>122</v>
+      </c>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
       <c r="M17" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="P17"/>
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C18" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="D18" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="F18" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I18"/>
+        <v>96</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
       <c r="J18" t="s">
-        <v>67</v>
+        <v>113</v>
       </c>
       <c r="K18" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="L18" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="M18" t="s">
-        <v>69</v>
+        <v>106</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="P18" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="C19" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="D19" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H19"/>
+        <v>121</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>135</v>
       </c>
       <c r="K19" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="L19"/>
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>136</v>
+      </c>
       <c r="M19" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="N19" t="s">
-        <v>130</v>
+        <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="P19" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="B20" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="C20" t="s">
-        <v>135</v>
+        <v>93</v>
       </c>
       <c r="D20" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="E20" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H20"/>
+        <v>121</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="K20" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L20"/>
+        <v>143</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
       <c r="M20" t="s">
         <v>137</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>145</v>
       </c>
       <c r="O20" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="P20" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="B21" t="s">
-        <v>102</v>
+        <v>149</v>
       </c>
       <c r="C21" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>150</v>
       </c>
       <c r="E21" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H21"/>
+        <v>151</v>
+      </c>
+      <c r="H21">
+        <v>2019</v>
+      </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>136</v>
+        <v>113</v>
       </c>
       <c r="K21" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L21"/>
+        <v>152</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
       <c r="M21" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>154</v>
       </c>
       <c r="O21" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="P21" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="B22" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="C22" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="D22" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="E22" t="s">
         <v>95</v>
       </c>
       <c r="F22" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="M22" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="B23" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="C23" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="D23" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="E23" t="s">
         <v>95</v>
       </c>
       <c r="F23" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>158</v>
+        <v>135</v>
       </c>
       <c r="K23" t="s">
-        <v>159</v>
+        <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="B24" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>167</v>
       </c>
       <c r="D24" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="E24" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>166</v>
+        <v>135</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
-      <c r="M24"/>
+      <c r="M24" t="s">
+        <v>169</v>
+      </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B25" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C25" t="s">
-        <v>171</v>
+        <v>64</v>
       </c>
       <c r="D25" t="s">
-        <v>86</v>
+        <v>176</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="M25" t="s">
-        <v>173</v>
+        <v>69</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="P25" t="s">
-        <v>175</v>
+        <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B26" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C26" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D26" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E26" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>180</v>
+        <v>23</v>
       </c>
       <c r="K26" t="s">
-        <v>24</v>
+        <v>152</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>154</v>
       </c>
       <c r="O26" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P26" t="s">
-        <v>183</v>
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>188</v>
+      </c>
+      <c r="D27" t="s">
+        <v>160</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>189</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>190</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>191</v>
+      </c>
+      <c r="P27" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" t="s">
+        <v>158</v>
+      </c>
+      <c r="C28" t="s">
+        <v>194</v>
+      </c>
+      <c r="D28" t="s">
+        <v>55</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>189</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>195</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>196</v>
+      </c>
+      <c r="P28" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>198</v>
+      </c>
+      <c r="B29" t="s">
+        <v>199</v>
+      </c>
+      <c r="C29" t="s">
+        <v>200</v>
+      </c>
+      <c r="D29" t="s">
+        <v>201</v>
+      </c>
+      <c r="E29" t="s">
+        <v>95</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>202</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>203</v>
+      </c>
+      <c r="M29" t="s">
+        <v>204</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>205</v>
+      </c>
+      <c r="P29" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>207</v>
+      </c>
+      <c r="B30" t="s">
+        <v>208</v>
+      </c>
+      <c r="C30" t="s">
+        <v>209</v>
+      </c>
+      <c r="D30" t="s">
+        <v>210</v>
+      </c>
+      <c r="E30" t="s">
+        <v>95</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>211</v>
+      </c>
+      <c r="K30" t="s">
+        <v>212</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>213</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>214</v>
+      </c>
+      <c r="P30" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>216</v>
+      </c>
+      <c r="B31" t="s">
+        <v>217</v>
+      </c>
+      <c r="C31" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" t="s">
+        <v>218</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>219</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>220</v>
+      </c>
+      <c r="P31" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>222</v>
+      </c>
+      <c r="B32" t="s">
+        <v>223</v>
+      </c>
+      <c r="C32" t="s">
+        <v>224</v>
+      </c>
+      <c r="D32" t="s">
+        <v>86</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>211</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>225</v>
+      </c>
+      <c r="M32" t="s">
+        <v>226</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>229</v>
+      </c>
+      <c r="B33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C33" t="s">
+        <v>231</v>
+      </c>
+      <c r="D33" t="s">
+        <v>232</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>233</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>234</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
+        <v>236</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">