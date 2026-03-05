--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2416">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -7268,50 +7268,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -7797,51 +7800,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P488"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -30923,544 +30926,544 @@
       </c>
       <c r="P477" t="s">
         <v>2355</v>
       </c>
     </row>
     <row r="478" spans="1:16">
       <c r="A478" t="s">
         <v>2356</v>
       </c>
       <c r="B478" t="s">
         <v>2357</v>
       </c>
       <c r="C478" t="s">
         <v>1006</v>
       </c>
       <c r="D478" t="s">
         <v>2358</v>
       </c>
       <c r="E478" t="s">
         <v>20</v>
       </c>
       <c r="F478" t="s">
         <v>33</v>
       </c>
       <c r="G478" t="s">
-        <v>22</v>
+        <v>2359</v>
       </c>
       <c r="H478">
         <v>2014</v>
       </c>
       <c r="I478"/>
       <c r="J478" t="s">
         <v>2020</v>
       </c>
       <c r="K478" t="s">
         <v>24</v>
       </c>
       <c r="L478"/>
       <c r="M478" t="s">
         <v>2322</v>
       </c>
       <c r="N478" t="s">
         <v>27</v>
       </c>
       <c r="O478" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="P478" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="479" spans="1:16">
       <c r="A479" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="B479" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="C479" t="s">
         <v>1006</v>
       </c>
       <c r="D479" t="s">
         <v>1025</v>
       </c>
       <c r="E479" t="s">
         <v>20</v>
       </c>
       <c r="F479" t="s">
         <v>33</v>
       </c>
       <c r="G479" t="s">
         <v>42</v>
       </c>
       <c r="H479">
         <v>2014</v>
       </c>
       <c r="I479">
         <v>2024</v>
       </c>
       <c r="J479" t="s">
         <v>2020</v>
       </c>
       <c r="K479" t="s">
         <v>24</v>
       </c>
       <c r="L479"/>
       <c r="M479" t="s">
         <v>2322</v>
       </c>
       <c r="N479" t="s">
         <v>27</v>
       </c>
       <c r="O479" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="P479" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="480" spans="1:16">
       <c r="A480" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="B480" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="C480" t="s">
         <v>1006</v>
       </c>
       <c r="D480" t="s">
         <v>1713</v>
       </c>
       <c r="E480" t="s">
         <v>20</v>
       </c>
       <c r="F480" t="s">
         <v>33</v>
       </c>
       <c r="G480" t="s">
         <v>22</v>
       </c>
       <c r="H480">
         <v>2014</v>
       </c>
       <c r="I480"/>
       <c r="J480" t="s">
         <v>1445</v>
       </c>
       <c r="K480" t="s">
         <v>24</v>
       </c>
       <c r="L480"/>
       <c r="M480" t="s">
         <v>2322</v>
       </c>
       <c r="N480" t="s">
         <v>27</v>
       </c>
       <c r="O480" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="P480" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="481" spans="1:16">
       <c r="A481" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="B481" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="C481" t="s">
         <v>1006</v>
       </c>
       <c r="D481" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="E481" t="s">
         <v>20</v>
       </c>
       <c r="F481" t="s">
         <v>33</v>
       </c>
       <c r="G481" t="s">
         <v>22</v>
       </c>
       <c r="H481">
         <v>2016</v>
       </c>
       <c r="I481"/>
       <c r="J481" t="s">
         <v>1445</v>
       </c>
       <c r="K481" t="s">
         <v>24</v>
       </c>
       <c r="L481"/>
       <c r="M481" t="s">
         <v>2322</v>
       </c>
       <c r="N481" t="s">
         <v>27</v>
       </c>
       <c r="O481" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="P481" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="482" spans="1:16">
       <c r="A482" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="B482" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="C482" t="s">
         <v>1006</v>
       </c>
       <c r="D482" t="s">
         <v>1704</v>
       </c>
       <c r="E482" t="s">
         <v>20</v>
       </c>
       <c r="F482" t="s">
         <v>33</v>
       </c>
       <c r="G482" t="s">
         <v>22</v>
       </c>
       <c r="H482">
         <v>2016</v>
       </c>
       <c r="I482"/>
       <c r="J482" t="s">
         <v>1445</v>
       </c>
       <c r="K482" t="s">
         <v>24</v>
       </c>
       <c r="L482"/>
       <c r="M482" t="s">
         <v>2322</v>
       </c>
       <c r="N482" t="s">
         <v>27</v>
       </c>
       <c r="O482" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
       <c r="P482" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="483" spans="1:16">
       <c r="A483" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="B483" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="C483" t="s">
         <v>1006</v>
       </c>
       <c r="D483" t="s">
-        <v>2380</v>
+        <v>2381</v>
       </c>
       <c r="E483" t="s">
         <v>20</v>
       </c>
       <c r="F483" t="s">
         <v>33</v>
       </c>
       <c r="G483" t="s">
         <v>22</v>
       </c>
       <c r="H483">
         <v>2016</v>
       </c>
       <c r="I483"/>
       <c r="J483" t="s">
         <v>1445</v>
       </c>
       <c r="K483" t="s">
         <v>24</v>
       </c>
       <c r="L483"/>
       <c r="M483" t="s">
         <v>2322</v>
       </c>
       <c r="N483" t="s">
         <v>27</v>
       </c>
       <c r="O483" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
       <c r="P483" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="484" spans="1:16">
       <c r="A484" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="B484" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="C484" t="s">
         <v>1006</v>
       </c>
       <c r="D484" t="s">
         <v>1452</v>
       </c>
       <c r="E484" t="s">
         <v>20</v>
       </c>
       <c r="F484" t="s">
         <v>33</v>
       </c>
       <c r="G484" t="s">
         <v>22</v>
       </c>
       <c r="H484">
         <v>2007</v>
       </c>
       <c r="I484"/>
       <c r="J484" t="s">
         <v>1445</v>
       </c>
       <c r="K484" t="s">
         <v>24</v>
       </c>
       <c r="L484"/>
       <c r="M484" t="s">
         <v>2322</v>
       </c>
       <c r="N484" t="s">
         <v>27</v>
       </c>
       <c r="O484" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="P484" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="485" spans="1:16">
       <c r="A485" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="B485" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="C485" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="D485" t="s">
-        <v>2390</v>
+        <v>2391</v>
       </c>
       <c r="E485" t="s">
         <v>20</v>
       </c>
       <c r="F485" t="s">
         <v>1104</v>
       </c>
       <c r="G485" t="s">
         <v>22</v>
       </c>
       <c r="H485">
         <v>2016</v>
       </c>
       <c r="I485"/>
       <c r="J485" t="s">
         <v>1105</v>
       </c>
       <c r="K485" t="s">
         <v>24</v>
       </c>
       <c r="L485" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="M485" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="N485" t="s">
         <v>27</v>
       </c>
       <c r="O485" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="P485" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="486" spans="1:16">
       <c r="A486" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="B486" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="C486" t="s">
         <v>47</v>
       </c>
       <c r="D486" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="E486" t="s">
         <v>20</v>
       </c>
       <c r="F486" t="s">
         <v>49</v>
       </c>
       <c r="G486" t="s">
         <v>22</v>
       </c>
       <c r="H486">
         <v>2017</v>
       </c>
       <c r="I486"/>
       <c r="J486" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="K486" t="s">
         <v>574</v>
       </c>
       <c r="L486"/>
       <c r="M486" t="s">
         <v>53</v>
       </c>
       <c r="N486" t="s">
         <v>576</v>
       </c>
       <c r="O486" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="P486" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="487" spans="1:16">
       <c r="A487" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="B487" t="s">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="C487" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
       <c r="D487" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="E487" t="s">
         <v>20</v>
       </c>
       <c r="F487" t="s">
         <v>21</v>
       </c>
       <c r="G487" t="s">
         <v>42</v>
       </c>
       <c r="H487">
         <v>2015</v>
       </c>
       <c r="I487">
         <v>2016</v>
       </c>
       <c r="J487" t="s">
         <v>1582</v>
       </c>
       <c r="K487" t="s">
         <v>574</v>
       </c>
       <c r="L487" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
       <c r="M487" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
       <c r="N487" t="s">
         <v>576</v>
       </c>
       <c r="O487" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="P487" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="488" spans="1:16">
       <c r="A488" t="s">
-        <v>2409</v>
+        <v>2410</v>
       </c>
       <c r="B488" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="C488" t="s">
         <v>1816</v>
       </c>
       <c r="D488" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="E488" t="s">
         <v>20</v>
       </c>
       <c r="F488" t="s">
         <v>49</v>
       </c>
       <c r="G488" t="s">
         <v>42</v>
       </c>
       <c r="H488">
         <v>2011</v>
       </c>
       <c r="I488">
         <v>2017</v>
       </c>
       <c r="J488" t="s">
         <v>50</v>
       </c>
       <c r="K488" t="s">
         <v>574</v>
       </c>
       <c r="L488"/>
       <c r="M488" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="N488" t="s">
         <v>576</v>
       </c>
       <c r="O488" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="P488" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">