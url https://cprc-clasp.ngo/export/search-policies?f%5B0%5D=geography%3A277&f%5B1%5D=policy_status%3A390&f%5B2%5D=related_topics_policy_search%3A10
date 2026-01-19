--- v0 (2025-11-28)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -341,124 +341,84 @@
   <si>
     <t>This policy covers flush valves for water closets.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
     <t>New, To Be Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
-  </si>
-[...41 lines deleted...]
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
     <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
   </si>
   <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
     <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -777,65 +737,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P21"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="424.611" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="222.803" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1631,216 +1591,170 @@
       </c>
       <c r="P17" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>107</v>
       </c>
       <c r="B18" t="s">
         <v>108</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>83</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>102</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>43</v>
       </c>
       <c r="K18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M18" t="s">
         <v>104</v>
       </c>
       <c r="N18" t="s">
         <v>85</v>
       </c>
       <c r="O18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>102</v>
       </c>
       <c r="G19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H19">
         <v>2019</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M19" t="s">
         <v>104</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C20" t="s">
-        <v>122</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
         <v>123</v>
       </c>
       <c r="E20" t="s">
         <v>41</v>
       </c>
       <c r="F20" t="s">
-        <v>124</v>
+        <v>42</v>
       </c>
       <c r="G20" t="s">
-        <v>125</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>126</v>
+        <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>127</v>
+        <v>46</v>
       </c>
       <c r="N20" t="s">
-        <v>85</v>
+        <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="P20" t="s">
-        <v>129</v>
-[...45 lines deleted...]
-        <v>134</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">