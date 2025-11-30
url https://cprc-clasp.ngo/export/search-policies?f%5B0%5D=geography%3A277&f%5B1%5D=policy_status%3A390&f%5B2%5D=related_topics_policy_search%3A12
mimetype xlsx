--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -12,767 +12,642 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
-    <t>CEL-022. Ventilators</t>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
+    <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
+  </si>
+  <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
-[...14 lines deleted...]
-    <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
+    <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
+  </si>
+  <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>GB 28736-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
+  </si>
+  <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
+    <t>Smart home devices</t>
+  </si>
+  <si>
+    <t>CQC 3103-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
+  </si>
+  <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
+    <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
+  </si>
+  <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Voluntary</t>
-[...20 lines deleted...]
-    <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB/T 10180; NB/T 47066</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
+    <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
+  </si>
+  <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
+    <t>SY/T 0540; SY/T 6381</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
+  </si>
+  <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
+    <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
+  </si>
+  <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
+  </si>
+  <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
+  </si>
+  <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
+    <t>Motors</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>0013</t>
+  </si>
+  <si>
+    <t>October 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
+    <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
+  </si>
+  <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
+  </si>
+  <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
+    <t>GB/T 19774; GB/T 24499</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
+  </si>
+  <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
-    <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
-[...268 lines deleted...]
-  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
-[...71 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
-    <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
+    <t>December 2024</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
-    <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
+    <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
     <t>January 2024</t>
-  </si>
-[...31 lines deleted...]
-    <t>Air Conditioning</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
-    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1036,2293 +911,1264 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N51"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="169.816" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="704.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...16 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F10" t="s">
+        <v>70</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...8 lines deleted...]
-      <c r="I4" t="s">
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...290 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>70</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2020</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...8 lines deleted...]
-      <c r="M11" t="s">
+      <c r="F12" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>41</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...13 lines deleted...]
-      <c r="D12" t="s">
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>78</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>70</v>
+      </c>
+      <c r="G13" t="s">
+        <v>101</v>
+      </c>
+      <c r="H13" t="s">
+        <v>102</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>78</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>41</v>
       </c>
-      <c r="E12" t="s">
-[...23 lines deleted...]
-      <c r="M12" t="s">
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...13 lines deleted...]
-      <c r="D13" t="s">
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
+      <c r="M14" t="s">
+        <v>78</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>70</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>41</v>
       </c>
-      <c r="E13" t="s">
-[...21 lines deleted...]
-      <c r="M13" t="s">
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>78</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>70</v>
       </c>
-    </row>
-[...35 lines deleted...]
-      <c r="M14" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-[...10 lines deleted...]
-      <c r="C15" t="s">
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
         <v>78</v>
       </c>
-      <c r="D15" t="s">
-[...56 lines deleted...]
-      <c r="I16" t="s">
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J16" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>70</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2020</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>78</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>70</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>23</v>
       </c>
-      <c r="M17" t="s">
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
-[...25 lines deleted...]
-      <c r="H18">
+      <c r="L18" t="s">
+        <v>131</v>
+      </c>
+      <c r="M18" t="s">
+        <v>78</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>136</v>
+      </c>
+      <c r="D19" t="s">
+        <v>108</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G19" t="s">
+        <v>101</v>
+      </c>
+      <c r="H19">
+        <v>2018</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>137</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>139</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>60</v>
+      </c>
+      <c r="D20" t="s">
+        <v>69</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>70</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2003</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>145</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>152</v>
+      </c>
+      <c r="E21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F21" t="s">
+        <v>153</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2021</v>
       </c>
-      <c r="I18" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>144</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>154</v>
+      </c>
+      <c r="M21" t="s">
+        <v>155</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>151</v>
+      </c>
+      <c r="D22" t="s">
+        <v>69</v>
+      </c>
+      <c r="E22" t="s">
+        <v>39</v>
+      </c>
+      <c r="F22" t="s">
+        <v>153</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2024</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>160</v>
+      </c>
+      <c r="K22" t="s">
+        <v>161</v>
+      </c>
+      <c r="L22" t="s">
+        <v>162</v>
+      </c>
+      <c r="M22" t="s">
+        <v>155</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" t="s">
+        <v>168</v>
+      </c>
+      <c r="E23" t="s">
         <v>20</v>
       </c>
-      <c r="J18" t="s">
-[...148 lines deleted...]
-      <c r="A22" t="s">
+      <c r="F23" t="s">
+        <v>70</v>
+      </c>
+      <c r="G23" t="s">
         <v>101</v>
-      </c>
-[...60 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H23">
         <v>2021</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>104</v>
+        <v>169</v>
       </c>
       <c r="K23" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>23</v>
+        <v>170</v>
       </c>
       <c r="M23" t="s">
+        <v>171</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>108</v>
+      </c>
+      <c r="E24" t="s">
+        <v>39</v>
+      </c>
+      <c r="F24" t="s">
+        <v>40</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1998</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>177</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N23" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="L24" t="s">
-        <v>109</v>
+        <v>178</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>179</v>
       </c>
       <c r="N24" t="s">
-        <v>110</v>
-[...727 lines deleted...]
-      <c r="A42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
         <v>180</v>
       </c>
-      <c r="B42" t="s">
-[...18 lines deleted...]
-      <c r="I42" t="s">
+      <c r="P24" t="s">
         <v>181</v>
       </c>
-      <c r="J42" t="s">
-[...393 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>