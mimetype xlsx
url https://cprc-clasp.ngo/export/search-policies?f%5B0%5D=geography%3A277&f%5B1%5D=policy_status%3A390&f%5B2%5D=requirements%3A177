--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -12,4594 +12,3356 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1416">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1032">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Act on the Rational Use of Energy</t>
-[...5 lines deleted...]
-    <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.1:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.1:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
+  </si>
+  <si>
+    <t>BDS 101:1991 Electric boiling plates for domestic use</t>
+  </si>
+  <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BDS 1761:2013 (1st revision)</t>
+  </si>
+  <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
+  </si>
+  <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
+    <t>BDS IEC 60081:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
+  </si>
+  <si>
+    <t>BDS 1849:2012</t>
+  </si>
+  <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-18492012</t>
+  </si>
+  <si>
+    <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>BDS ISO 5151:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
+  </si>
+  <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
+  </si>
+  <si>
+    <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
+  </si>
+  <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
+  </si>
+  <si>
+    <t>BDS 290:1990 Portable electric radiator for domestic use</t>
+  </si>
+  <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
+    <t>Portable Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
+  </si>
+  <si>
+    <t>BDS 563:1965 Electrical performance of power transformers</t>
+  </si>
+  <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-5631965-electrical-performance-power-transformers</t>
+  </si>
+  <si>
+    <t>CEL - Alternative Current Contactor</t>
+  </si>
+  <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Contactors</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 14048.1 GB 14048.4</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
+  </si>
+  <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
+    <t>CEL - Ducted Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL - Lithium Bromide Absorption Chillers</t>
+  </si>
+  <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB/T 18362; GB/T 18431</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-lithium-bromide-absorption-chillers</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
+    <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
+  </si>
+  <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
+  </si>
+  <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
+    <t>CEL - Water Chillers</t>
+  </si>
+  <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-water-chillers</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL 035-2016 Projectors</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
+    <t>Projectors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...40 lines deleted...]
-    <t>Heat Pumps, Room ACs - Stationary ACs</t>
+    <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
+    <t>CEL- Air Cleaners</t>
+  </si>
+  <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
+    <t>Air Cleaners</t>
+  </si>
+  <si>
+    <t>GB/T 18801-2015; GB/T 18883-2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
+    <t>CEL- Digital Television Adapters (Set Top Box)</t>
+  </si>
+  <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
+    <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>GB/T 29295; GB/T 29296</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
+    <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
+  </si>
+  <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>CEL- LED products for indoor lighting: LED downlights</t>
+  </si>
+  <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>GB/T 29293; GB/T 29294</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
+  </si>
+  <si>
+    <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
+  </si>
+  <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
+    <t>CEL- Rice cookers</t>
+  </si>
+  <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-rice-cookers</t>
+  </si>
+  <si>
+    <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
+  </si>
+  <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>GB/T 18837</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-012. Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GB/T 20289-2006 GB 21519-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-012-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-014. Computer Monitors</t>
+  </si>
+  <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-021. Power Transformer</t>
+  </si>
+  <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
+    <t>CEL-034. Cooker Hood</t>
+  </si>
+  <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
+    <t>GB 29539-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-034-cooker-hood</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-039. Commercial Gas Stoves</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB/T 13611, GB 30720-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
+  </si>
+  <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
+    <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>China Water Efficiency Labeling Program (CWEL)</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>January 2021</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission, Ministry of Water Resources</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
+  </si>
+  <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
+    <t>Urinals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
+    <t>GB 6952</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
+  </si>
+  <si>
+    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
+  </si>
+  <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>August 2018</t>
-[...824 lines deleted...]
-  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
-    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
-[...5 lines deleted...]
-    <t>Comparative Label, Endorsement Label</t>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
+    <t>Department Circular DC2020-06-0015</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
-[...10 lines deleted...]
-  <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
-    <t>Domestic fridges and freezers</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/domestic-fridges-and-freezers</t>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
   </si>
   <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
-    <t>Efficiency Policy for Deep Freezers</t>
-[...43 lines deleted...]
-  <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
+{a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
+(b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
+{c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ISO 5151 
 ,   
                     ISO 15042</t>
   </si>
   <si>
     <t>The Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-minimum-energy-efficiency-standards-and-energy-labelling-regulations</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label - Air Conditioners</t>
+    <t>https://www.agc.gov.bn/AGC%20Images/LAWS/Gazette_PDF/2023/EN/S%2037_2023%20[E].pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label - Dish Dryers</t>
+  </si>
+  <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>KS C 9306-2002</t>
+    <t>Dish Dryers</t>
+  </si>
+  <si>
+    <t>December 2015</t>
+  </si>
+  <si>
+    <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-conditioners</t>
-[...5 lines deleted...]
-    <t>Dehumidifiers</t>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dish-dryers</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Air Cleaners</t>
+  </si>
+  <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
-[...70 lines deleted...]
-  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
-[...19 lines deleted...]
-  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
-[...25 lines deleted...]
-  <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Refrigerators</t>
-[...10 lines deleted...]
-  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
-    <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
-[...46 lines deleted...]
-  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
-    <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
-[...125 lines deleted...]
-  <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
   </si>
   <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>December 2024</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
-    <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
-[...8 lines deleted...]
-    <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
+    <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
+  </si>
+  <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>GB/T 10180; NB/T 47066</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
+    <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
+  </si>
+  <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
+    <t>SY/T 0540; SY/T 6381</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
+  </si>
+  <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
+  </si>
+  <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
+    <t>GB/T 8170-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
+  </si>
+  <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
+    <t>Industrial Blowers</t>
+  </si>
+  <si>
+    <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
+  </si>
+  <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
+  </si>
+  <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
+    <t>GB/T 17713-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
+  </si>
+  <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
+  </si>
+  <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
+    <t>Motors</t>
+  </si>
+  <si>
+    <t>0013</t>
+  </si>
+  <si>
+    <t>October 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
+    <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
+  </si>
+  <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
+  </si>
+  <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
+    <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
+  </si>
+  <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
+    <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
+  </si>
+  <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
+    <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
+  </si>
+  <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
+    <t>GB/T 19774; GB/T 24499</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>GB/T 5773; GB/T 15765-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
+  </si>
+  <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
-    <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
-[...567 lines deleted...]
-  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
-    <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
-    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
-    <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
-[...48 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+  </si>
+  <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Malaysia</t>
-  </si>
-[...22 lines deleted...]
-    <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
-[...2 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
-[...86 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
-[...80 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
-[...85 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
-    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standards for Television</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-dishwashers</t>
   </si>
   <si>
-    <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
   </si>
   <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Clothes Dryers</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
-[...10 lines deleted...]
-  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
-    <t>MELS for Split Type Air-Conditioners</t>
-[...11 lines deleted...]
-  <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
   </si>
   <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
-    <t>MEPS and MEPL for televisions</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
-    <t>MEPS for Air Cleaners</t>
-[...19 lines deleted...]
-  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
-    <t>MEPS for casement and window air-conditioners</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-commercial-refrigerators</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
-    <t>MEPS for Dehumidifier</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dish-dryers</t>
   </si>
   <si>
-    <t>MEPS for Dishwashers</t>
-[...4 lines deleted...]
-  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan-heater</t>
   </si>
   <si>
-    <t>MEPS for Electric stove</t>
-[...10 lines deleted...]
-  <si>
     <t>MEPS for Fluorescent Lamp Ballasts</t>
   </si>
   <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>AS/NZ 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamp-ballasts</t>
   </si>
   <si>
-    <t>MEPS for Fluorescent Lamps</t>
-[...82 lines deleted...]
-  <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps</t>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
   </si>
   <si>
     <t>AS/NZS 4934.1-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps-0</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...13 lines deleted...]
-  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
-    <t>MEPS for Multi Heat Pump System(VRF)</t>
-[...4 lines deleted...]
-  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerator</t>
-[...13 lines deleted...]
-  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
-[...15 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
-    <t>MEPS for Television</t>
-[...4 lines deleted...]
-  <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MEPS for Transformer</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-transformer-0</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
-    <t>MEPS for Washing Machines</t>
-[...4 lines deleted...]
-  <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
-    <t>Minimum energy performance requirements for three phase electric motors</t>
-[...16 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Dehumidifiers</t>
-[...7 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
-[...4 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
+    <t>Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
-[...10 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
-    <t>Minimum Performance of external power supplies</t>
-[...16 lines deleted...]
-  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
-    <t>Pakistan Energy Labels for Fans</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
-    <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
   </si>
   <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
-    <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
   </si>
   <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
-    <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
   </si>
   <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
+    <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
+  </si>
+  <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
-    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
-[...39 lines deleted...]
-  <si>
     <t>Toilet Seats (Electric)</t>
+  </si>
+  <si>
+    <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
+    <t>Ministry of Trade, Industry and Energy, Korea</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
-[...9 lines deleted...]
-  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
-    <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
   </si>
   <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
-    <t>TCVN 11848:2021 - Notebook computers</t>
-[...9 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
   </si>
   <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 13371:2021 - Desktop computers</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
   </si>
   <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
+    <t>Induction Cookstoves or Hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
-    <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
   </si>
   <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
-    <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
-[...29 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
   </si>
   <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
-    <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
-[...35 lines deleted...]
-    <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
+    <t>TCVN 9510:2012 Copiers - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
-[...10 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
-    <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
-[...2 lines deleted...]
-    <t>Laundry, Washing Machines</t>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
+    <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
+  </si>
+  <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
+    <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
-[...22 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
-    <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
-    <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/vietnam-decision-no-512011qd-ttg</t>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -4863,19287 +3625,9578 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N450"/>
+  <dimension ref="A1:P200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...11 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...20 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
         <v>29</v>
       </c>
-      <c r="J3" t="s">
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...76 lines deleted...]
-        <v>2008</v>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>1991</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" t="s">
+        <v>47</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1990</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>47</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1990</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>46</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>47</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1990</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>47</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>82</v>
+      </c>
+      <c r="B13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>47</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>85</v>
+      </c>
+      <c r="P13" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>86</v>
+      </c>
+      <c r="B14" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>90</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>91</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>92</v>
+      </c>
+      <c r="M14" t="s">
+        <v>93</v>
+      </c>
+      <c r="N14" t="s">
+        <v>94</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
+        <v>99</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>90</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>91</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>100</v>
+      </c>
+      <c r="M15" t="s">
+        <v>93</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>90</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>91</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>106</v>
+      </c>
+      <c r="M16" t="s">
+        <v>93</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>107</v>
+      </c>
+      <c r="P16" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>90</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>91</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>93</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>88</v>
+      </c>
+      <c r="D18" t="s">
+        <v>105</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>90</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>117</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>118</v>
+      </c>
+      <c r="M18" t="s">
+        <v>93</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>90</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>91</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>124</v>
+      </c>
+      <c r="M19" t="s">
+        <v>93</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>90</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>91</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>124</v>
+      </c>
+      <c r="M20" t="s">
+        <v>93</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>130</v>
+      </c>
+      <c r="P20" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" t="s">
+        <v>134</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>90</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>91</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>135</v>
+      </c>
+      <c r="M21" t="s">
+        <v>93</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" t="s">
+        <v>140</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>90</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>141</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>142</v>
+      </c>
+      <c r="M22" t="s">
+        <v>93</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>143</v>
+      </c>
+      <c r="P22" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>145</v>
+      </c>
+      <c r="B23" t="s">
+        <v>146</v>
+      </c>
+      <c r="C23" t="s">
+        <v>88</v>
+      </c>
+      <c r="D23" t="s">
+        <v>147</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>90</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2019</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>91</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>148</v>
+      </c>
+      <c r="M23" t="s">
+        <v>93</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>149</v>
+      </c>
+      <c r="P23" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>151</v>
+      </c>
+      <c r="B24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" t="s">
+        <v>153</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>90</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>91</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>154</v>
+      </c>
+      <c r="M24" t="s">
+        <v>93</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>155</v>
+      </c>
+      <c r="P24" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>157</v>
+      </c>
+      <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" t="s">
+        <v>159</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>90</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>91</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>160</v>
+      </c>
+      <c r="M25" t="s">
+        <v>93</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>161</v>
+      </c>
+      <c r="P25" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26" t="s">
+        <v>165</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>90</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>91</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M26" t="s">
+        <v>93</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" t="s">
+        <v>88</v>
+      </c>
+      <c r="D27" t="s">
+        <v>111</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>90</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2020</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>91</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>171</v>
+      </c>
+      <c r="M27" t="s">
+        <v>93</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>172</v>
+      </c>
+      <c r="P27" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" t="s">
+        <v>175</v>
+      </c>
+      <c r="C28" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" t="s">
+        <v>176</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>90</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>117</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>177</v>
+      </c>
+      <c r="M28" t="s">
+        <v>93</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>178</v>
+      </c>
+      <c r="P28" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>179</v>
+      </c>
+      <c r="B29" t="s">
+        <v>180</v>
+      </c>
+      <c r="C29" t="s">
+        <v>88</v>
+      </c>
+      <c r="D29" t="s">
+        <v>181</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>90</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2020</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>91</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>182</v>
+      </c>
+      <c r="M29" t="s">
+        <v>93</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>183</v>
+      </c>
+      <c r="P29" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>185</v>
+      </c>
+      <c r="B30" t="s">
+        <v>186</v>
+      </c>
+      <c r="C30" t="s">
+        <v>88</v>
+      </c>
+      <c r="D30" t="s">
+        <v>187</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>90</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>91</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>188</v>
+      </c>
+      <c r="M30" t="s">
+        <v>93</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>189</v>
+      </c>
+      <c r="P30" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>190</v>
+      </c>
+      <c r="B31" t="s">
+        <v>191</v>
+      </c>
+      <c r="C31" t="s">
+        <v>88</v>
+      </c>
+      <c r="D31" t="s">
+        <v>105</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>90</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>192</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>193</v>
+      </c>
+      <c r="M31" t="s">
+        <v>93</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>194</v>
+      </c>
+      <c r="P31" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>196</v>
+      </c>
+      <c r="B32" t="s">
+        <v>197</v>
+      </c>
+      <c r="C32" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" t="s">
+        <v>198</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>90</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>91</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>199</v>
+      </c>
+      <c r="M32" t="s">
+        <v>93</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>200</v>
+      </c>
+      <c r="P32" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>202</v>
+      </c>
+      <c r="B33" t="s">
+        <v>203</v>
+      </c>
+      <c r="C33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" t="s">
+        <v>204</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>90</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>91</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>205</v>
+      </c>
+      <c r="M33" t="s">
+        <v>93</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>206</v>
+      </c>
+      <c r="P33" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>208</v>
+      </c>
+      <c r="B34" t="s">
+        <v>209</v>
+      </c>
+      <c r="C34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" t="s">
+        <v>210</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>90</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>91</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>211</v>
+      </c>
+      <c r="M34" t="s">
+        <v>93</v>
+      </c>
+      <c r="N34" t="s">
+        <v>94</v>
+      </c>
+      <c r="O34" t="s">
+        <v>212</v>
+      </c>
+      <c r="P34" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>214</v>
+      </c>
+      <c r="B35" t="s">
+        <v>215</v>
+      </c>
+      <c r="C35" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" t="s">
         <v>45</v>
       </c>
-      <c r="G6">
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>90</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2015</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>91</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>216</v>
+      </c>
+      <c r="M35" t="s">
+        <v>93</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>217</v>
+      </c>
+      <c r="P35" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>219</v>
+      </c>
+      <c r="B36" t="s">
+        <v>220</v>
+      </c>
+      <c r="C36" t="s">
+        <v>88</v>
+      </c>
+      <c r="D36" t="s">
+        <v>221</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>90</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>91</v>
+      </c>
+      <c r="K36" t="s">
+        <v>222</v>
+      </c>
+      <c r="L36" t="s">
+        <v>223</v>
+      </c>
+      <c r="M36" t="s">
+        <v>93</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>224</v>
+      </c>
+      <c r="P36" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>226</v>
+      </c>
+      <c r="B37" t="s">
+        <v>227</v>
+      </c>
+      <c r="C37" t="s">
+        <v>88</v>
+      </c>
+      <c r="D37" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>90</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2020</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>91</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>228</v>
+      </c>
+      <c r="M37" t="s">
+        <v>93</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>229</v>
+      </c>
+      <c r="P37" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>231</v>
+      </c>
+      <c r="B38" t="s">
+        <v>232</v>
+      </c>
+      <c r="C38" t="s">
+        <v>88</v>
+      </c>
+      <c r="D38" t="s">
+        <v>233</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>90</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2018</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>234</v>
+      </c>
+      <c r="K38" t="s">
+        <v>235</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>236</v>
+      </c>
+      <c r="N38" t="s">
+        <v>237</v>
+      </c>
+      <c r="O38" t="s">
+        <v>238</v>
+      </c>
+      <c r="P38" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>231</v>
+      </c>
+      <c r="B39" t="s">
+        <v>240</v>
+      </c>
+      <c r="C39" t="s">
+        <v>88</v>
+      </c>
+      <c r="D39" t="s">
+        <v>241</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>90</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>234</v>
+      </c>
+      <c r="K39" t="s">
+        <v>235</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>236</v>
+      </c>
+      <c r="N39" t="s">
+        <v>237</v>
+      </c>
+      <c r="O39" t="s">
+        <v>242</v>
+      </c>
+      <c r="P39" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>231</v>
+      </c>
+      <c r="B40" t="s">
+        <v>240</v>
+      </c>
+      <c r="C40" t="s">
+        <v>88</v>
+      </c>
+      <c r="D40" t="s">
+        <v>243</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>90</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>234</v>
+      </c>
+      <c r="K40" t="s">
+        <v>235</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>236</v>
+      </c>
+      <c r="N40" t="s">
+        <v>237</v>
+      </c>
+      <c r="O40" t="s">
+        <v>244</v>
+      </c>
+      <c r="P40" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>231</v>
+      </c>
+      <c r="B41" t="s">
+        <v>240</v>
+      </c>
+      <c r="C41" t="s">
+        <v>88</v>
+      </c>
+      <c r="D41" t="s">
+        <v>245</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>90</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>234</v>
+      </c>
+      <c r="K41" t="s">
+        <v>235</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>236</v>
+      </c>
+      <c r="N41" t="s">
+        <v>237</v>
+      </c>
+      <c r="O41" t="s">
+        <v>246</v>
+      </c>
+      <c r="P41" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>231</v>
+      </c>
+      <c r="B42" t="s">
+        <v>247</v>
+      </c>
+      <c r="C42" t="s">
+        <v>88</v>
+      </c>
+      <c r="D42" t="s">
+        <v>233</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>90</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>234</v>
+      </c>
+      <c r="K42" t="s">
+        <v>235</v>
+      </c>
+      <c r="L42" t="s">
+        <v>248</v>
+      </c>
+      <c r="M42" t="s">
+        <v>236</v>
+      </c>
+      <c r="N42" t="s">
+        <v>237</v>
+      </c>
+      <c r="O42" t="s">
+        <v>249</v>
+      </c>
+      <c r="P42" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>250</v>
+      </c>
+      <c r="B43" t="s">
+        <v>251</v>
+      </c>
+      <c r="C43" t="s">
+        <v>252</v>
+      </c>
+      <c r="D43" t="s">
+        <v>253</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>254</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2016</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>255</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>256</v>
+      </c>
+      <c r="M43" t="s">
+        <v>257</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>258</v>
+      </c>
+      <c r="P43" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>260</v>
+      </c>
+      <c r="B44" t="s">
+        <v>261</v>
+      </c>
+      <c r="C44" t="s">
+        <v>88</v>
+      </c>
+      <c r="D44" t="s">
+        <v>233</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>90</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2020</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>141</v>
+      </c>
+      <c r="K44" t="s">
+        <v>235</v>
+      </c>
+      <c r="L44" t="s">
+        <v>262</v>
+      </c>
+      <c r="M44" t="s">
+        <v>263</v>
+      </c>
+      <c r="N44" t="s">
+        <v>237</v>
+      </c>
+      <c r="O44" t="s">
+        <v>264</v>
+      </c>
+      <c r="P44" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>266</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45" t="s">
+        <v>88</v>
+      </c>
+      <c r="D45" t="s">
+        <v>267</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>90</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>141</v>
+      </c>
+      <c r="K45" t="s">
+        <v>235</v>
+      </c>
+      <c r="L45" t="s">
+        <v>268</v>
+      </c>
+      <c r="M45" t="s">
+        <v>263</v>
+      </c>
+      <c r="N45" t="s">
+        <v>237</v>
+      </c>
+      <c r="O45" t="s">
+        <v>269</v>
+      </c>
+      <c r="P45" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>271</v>
+      </c>
+      <c r="B46" t="s">
+        <v>272</v>
+      </c>
+      <c r="C46" t="s">
+        <v>273</v>
+      </c>
+      <c r="D46" t="s">
+        <v>111</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2008</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>274</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>275</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>276</v>
+      </c>
+      <c r="P46" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>278</v>
+      </c>
+      <c r="B47" t="s">
+        <v>279</v>
+      </c>
+      <c r="C47" t="s">
+        <v>273</v>
+      </c>
+      <c r="D47" t="s">
+        <v>19</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>280</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>274</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>281</v>
+      </c>
+      <c r="M47" t="s">
+        <v>275</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>282</v>
+      </c>
+      <c r="P47" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>284</v>
+      </c>
+      <c r="B48" t="s">
+        <v>285</v>
+      </c>
+      <c r="C48" t="s">
+        <v>286</v>
+      </c>
+      <c r="D48" t="s">
+        <v>287</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2020</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>288</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>289</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>290</v>
+      </c>
+      <c r="P48" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>292</v>
+      </c>
+      <c r="B49" t="s">
+        <v>293</v>
+      </c>
+      <c r="C49" t="s">
+        <v>286</v>
+      </c>
+      <c r="D49" t="s">
+        <v>294</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2020</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>288</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>289</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>295</v>
+      </c>
+      <c r="P49" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>297</v>
+      </c>
+      <c r="B50" t="s">
+        <v>298</v>
+      </c>
+      <c r="C50" t="s">
+        <v>299</v>
+      </c>
+      <c r="D50" t="s">
+        <v>134</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>254</v>
+      </c>
+      <c r="G50" t="s">
+        <v>300</v>
+      </c>
+      <c r="H50">
+        <v>2023</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>301</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>302</v>
+      </c>
+      <c r="M50" t="s">
+        <v>303</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>304</v>
+      </c>
+      <c r="P50"/>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>305</v>
+      </c>
+      <c r="B51" t="s">
+        <v>306</v>
+      </c>
+      <c r="C51" t="s">
+        <v>307</v>
+      </c>
+      <c r="D51" t="s">
+        <v>308</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>254</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2023</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>309</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>310</v>
+      </c>
+      <c r="M51" t="s">
+        <v>311</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>312</v>
+      </c>
+      <c r="P51" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>314</v>
+      </c>
+      <c r="B52" t="s">
+        <v>315</v>
+      </c>
+      <c r="C52" t="s">
+        <v>316</v>
+      </c>
+      <c r="D52" t="s">
+        <v>317</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>90</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>318</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>319</v>
+      </c>
+      <c r="M52" t="s">
+        <v>320</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>321</v>
+      </c>
+      <c r="P52" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>323</v>
+      </c>
+      <c r="B53" t="s">
+        <v>324</v>
+      </c>
+      <c r="C53" t="s">
+        <v>316</v>
+      </c>
+      <c r="D53" t="s">
+        <v>147</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>90</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2009</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>325</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>326</v>
+      </c>
+      <c r="M53" t="s">
+        <v>320</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>327</v>
+      </c>
+      <c r="P53" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>328</v>
+      </c>
+      <c r="B54" t="s">
+        <v>329</v>
+      </c>
+      <c r="C54" t="s">
+        <v>316</v>
+      </c>
+      <c r="D54" t="s">
+        <v>330</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>90</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2009</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>331</v>
+      </c>
+      <c r="M54" t="s">
+        <v>320</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>332</v>
+      </c>
+      <c r="P54" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>334</v>
+      </c>
+      <c r="B55" t="s">
+        <v>335</v>
+      </c>
+      <c r="C55" t="s">
+        <v>316</v>
+      </c>
+      <c r="D55" t="s">
+        <v>336</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>90</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2010</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>23</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>320</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>337</v>
+      </c>
+      <c r="P55" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>338</v>
+      </c>
+      <c r="B56" t="s">
+        <v>339</v>
+      </c>
+      <c r="C56" t="s">
+        <v>316</v>
+      </c>
+      <c r="D56" t="s">
+        <v>340</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>90</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2009</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>23</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>341</v>
+      </c>
+      <c r="M56" t="s">
+        <v>320</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>342</v>
+      </c>
+      <c r="P56" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>343</v>
+      </c>
+      <c r="B57" t="s">
+        <v>344</v>
+      </c>
+      <c r="C57" t="s">
+        <v>316</v>
+      </c>
+      <c r="D57" t="s">
+        <v>345</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>90</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2009</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>325</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>346</v>
+      </c>
+      <c r="M57" t="s">
+        <v>320</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>347</v>
+      </c>
+      <c r="P57" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>348</v>
+      </c>
+      <c r="B58" t="s">
+        <v>349</v>
+      </c>
+      <c r="C58" t="s">
+        <v>299</v>
+      </c>
+      <c r="D58" t="s">
+        <v>350</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>300</v>
+      </c>
+      <c r="H58">
+        <v>2025</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>351</v>
+      </c>
+      <c r="K58" t="s">
+        <v>352</v>
+      </c>
+      <c r="L58" t="s">
+        <v>353</v>
+      </c>
+      <c r="M58" t="s">
+        <v>303</v>
+      </c>
+      <c r="N58" t="s">
+        <v>354</v>
+      </c>
+      <c r="O58" t="s">
+        <v>355</v>
+      </c>
+      <c r="P58" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>357</v>
+      </c>
+      <c r="B59" t="s">
+        <v>358</v>
+      </c>
+      <c r="C59" t="s">
+        <v>299</v>
+      </c>
+      <c r="D59" t="s">
+        <v>359</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>254</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2023</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>360</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>361</v>
+      </c>
+      <c r="M59" t="s">
+        <v>303</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>362</v>
+      </c>
+      <c r="P59" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>364</v>
+      </c>
+      <c r="B60" t="s">
+        <v>365</v>
+      </c>
+      <c r="C60" t="s">
+        <v>299</v>
+      </c>
+      <c r="D60" t="s">
+        <v>67</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>254</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2015</v>
+      </c>
+      <c r="I60">
+        <v>2022</v>
+      </c>
+      <c r="J60" t="s">
+        <v>141</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>366</v>
+      </c>
+      <c r="M60" t="s">
+        <v>303</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>367</v>
+      </c>
+      <c r="P60" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>369</v>
+      </c>
+      <c r="B61" t="s">
+        <v>370</v>
+      </c>
+      <c r="C61" t="s">
+        <v>299</v>
+      </c>
+      <c r="D61" t="s">
+        <v>371</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>254</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2023</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>360</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>372</v>
+      </c>
+      <c r="M61" t="s">
+        <v>303</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>373</v>
+      </c>
+      <c r="P61" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>375</v>
+      </c>
+      <c r="B62" t="s">
+        <v>376</v>
+      </c>
+      <c r="C62" t="s">
+        <v>299</v>
+      </c>
+      <c r="D62" t="s">
+        <v>377</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>254</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2023</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>351</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>378</v>
+      </c>
+      <c r="M62" t="s">
+        <v>303</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>379</v>
+      </c>
+      <c r="P62" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>381</v>
+      </c>
+      <c r="B63" t="s">
+        <v>382</v>
+      </c>
+      <c r="C63" t="s">
+        <v>383</v>
+      </c>
+      <c r="D63" t="s">
+        <v>384</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>254</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2021</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>385</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>386</v>
+      </c>
+      <c r="M63" t="s">
+        <v>387</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>388</v>
+      </c>
+      <c r="P63" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>390</v>
+      </c>
+      <c r="B64" t="s">
+        <v>391</v>
+      </c>
+      <c r="C64" t="s">
+        <v>392</v>
+      </c>
+      <c r="D64" t="s">
+        <v>99</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>254</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2023</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>351</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>393</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>394</v>
+      </c>
+      <c r="P64" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>396</v>
+      </c>
+      <c r="B65" t="s">
+        <v>397</v>
+      </c>
+      <c r="C65" t="s">
+        <v>392</v>
+      </c>
+      <c r="D65" t="s">
+        <v>371</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>254</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2023</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>351</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>398</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>399</v>
+      </c>
+      <c r="P65" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>401</v>
+      </c>
+      <c r="B66" t="s">
+        <v>402</v>
+      </c>
+      <c r="C66" t="s">
+        <v>392</v>
+      </c>
+      <c r="D66" t="s">
+        <v>403</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>254</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2025</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>351</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>398</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>404</v>
+      </c>
+      <c r="P66" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>405</v>
+      </c>
+      <c r="B67" t="s">
+        <v>406</v>
+      </c>
+      <c r="C67" t="s">
+        <v>88</v>
+      </c>
+      <c r="D67" t="s">
+        <v>407</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>300</v>
+      </c>
+      <c r="H67">
+        <v>2024</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>408</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>409</v>
+      </c>
+      <c r="M67" t="s">
+        <v>410</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>411</v>
+      </c>
+      <c r="P67" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>413</v>
+      </c>
+      <c r="B68" t="s">
+        <v>414</v>
+      </c>
+      <c r="C68" t="s">
+        <v>88</v>
+      </c>
+      <c r="D68" t="s">
+        <v>415</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2010</v>
+      </c>
+      <c r="I68">
+        <v>2021</v>
+      </c>
+      <c r="J68" t="s">
+        <v>91</v>
+      </c>
+      <c r="K68" t="s">
+        <v>222</v>
+      </c>
+      <c r="L68" t="s">
+        <v>416</v>
+      </c>
+      <c r="M68" t="s">
+        <v>93</v>
+      </c>
+      <c r="N68" t="s">
+        <v>94</v>
+      </c>
+      <c r="O68" t="s">
+        <v>417</v>
+      </c>
+      <c r="P68" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>419</v>
+      </c>
+      <c r="B69" t="s">
+        <v>420</v>
+      </c>
+      <c r="C69" t="s">
+        <v>88</v>
+      </c>
+      <c r="D69" t="s">
+        <v>415</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2010</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>117</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>421</v>
+      </c>
+      <c r="M69" t="s">
+        <v>422</v>
+      </c>
+      <c r="N69" t="s">
+        <v>94</v>
+      </c>
+      <c r="O69" t="s">
+        <v>423</v>
+      </c>
+      <c r="P69" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>425</v>
+      </c>
+      <c r="B70" t="s">
+        <v>426</v>
+      </c>
+      <c r="C70" t="s">
+        <v>88</v>
+      </c>
+      <c r="D70" t="s">
+        <v>427</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2021</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>91</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>428</v>
+      </c>
+      <c r="M70" t="s">
+        <v>422</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>429</v>
+      </c>
+      <c r="P70" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>431</v>
+      </c>
+      <c r="B71" t="s">
+        <v>432</v>
+      </c>
+      <c r="C71" t="s">
+        <v>88</v>
+      </c>
+      <c r="D71" t="s">
+        <v>233</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2013</v>
       </c>
-      <c r="H6"/>
-[...3 lines deleted...]
-      <c r="J6" t="s">
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>91</v>
+      </c>
+      <c r="K71" t="s">
+        <v>235</v>
+      </c>
+      <c r="L71" t="s">
+        <v>433</v>
+      </c>
+      <c r="M71" t="s">
+        <v>422</v>
+      </c>
+      <c r="N71" t="s">
+        <v>237</v>
+      </c>
+      <c r="O71" t="s">
+        <v>434</v>
+      </c>
+      <c r="P71" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>436</v>
+      </c>
+      <c r="B72" t="s">
+        <v>437</v>
+      </c>
+      <c r="C72" t="s">
+        <v>88</v>
+      </c>
+      <c r="D72" t="s">
+        <v>438</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...28 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2012</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>91</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>439</v>
+      </c>
+      <c r="M72" t="s">
+        <v>422</v>
+      </c>
+      <c r="N72" t="s">
+        <v>94</v>
+      </c>
+      <c r="O72" t="s">
+        <v>440</v>
+      </c>
+      <c r="P72" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>442</v>
+      </c>
+      <c r="B73" t="s">
+        <v>443</v>
+      </c>
+      <c r="C73" t="s">
+        <v>88</v>
+      </c>
+      <c r="D73" t="s">
+        <v>444</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2020</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>91</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>445</v>
+      </c>
+      <c r="M73" t="s">
+        <v>422</v>
+      </c>
+      <c r="N73" t="s">
+        <v>94</v>
+      </c>
+      <c r="O73" t="s">
+        <v>446</v>
+      </c>
+      <c r="P73" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>448</v>
+      </c>
+      <c r="B74" t="s">
+        <v>449</v>
+      </c>
+      <c r="C74" t="s">
+        <v>88</v>
+      </c>
+      <c r="D74" t="s">
         <v>45</v>
       </c>
-      <c r="G7">
-[...6 lines deleted...]
-      <c r="J7" t="s">
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...40 lines deleted...]
-      <c r="J8" t="s">
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>117</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>450</v>
+      </c>
+      <c r="M74" t="s">
+        <v>93</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>451</v>
+      </c>
+      <c r="P74" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>453</v>
+      </c>
+      <c r="B75" t="s">
+        <v>116</v>
+      </c>
+      <c r="C75" t="s">
+        <v>88</v>
+      </c>
+      <c r="D75" t="s">
+        <v>134</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...38 lines deleted...]
-      <c r="J9" t="s">
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>91</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>118</v>
+      </c>
+      <c r="M75" t="s">
+        <v>422</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>454</v>
+      </c>
+      <c r="P75" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>456</v>
+      </c>
+      <c r="B76" t="s">
+        <v>457</v>
+      </c>
+      <c r="C76" t="s">
+        <v>88</v>
+      </c>
+      <c r="D76" t="s">
+        <v>129</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...38 lines deleted...]
-      <c r="J10" t="s">
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2014</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>117</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>124</v>
+      </c>
+      <c r="M76" t="s">
+        <v>422</v>
+      </c>
+      <c r="N76" t="s">
+        <v>94</v>
+      </c>
+      <c r="O76" t="s">
+        <v>458</v>
+      </c>
+      <c r="P76" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>460</v>
+      </c>
+      <c r="B77" t="s">
+        <v>461</v>
+      </c>
+      <c r="C77" t="s">
+        <v>88</v>
+      </c>
+      <c r="D77" t="s">
+        <v>462</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...38 lines deleted...]
-      <c r="J11" t="s">
+      <c r="G77" t="s">
+        <v>300</v>
+      </c>
+      <c r="H77" t="s">
+        <v>463</v>
+      </c>
+      <c r="I77">
+        <v>2024</v>
+      </c>
+      <c r="J77" t="s">
+        <v>464</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>422</v>
+      </c>
+      <c r="N77" t="s">
+        <v>94</v>
+      </c>
+      <c r="O77" t="s">
+        <v>465</v>
+      </c>
+      <c r="P77" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>467</v>
+      </c>
+      <c r="B78" t="s">
+        <v>468</v>
+      </c>
+      <c r="C78" t="s">
+        <v>88</v>
+      </c>
+      <c r="D78" t="s">
+        <v>123</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...38 lines deleted...]
-      <c r="J12" t="s">
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2014</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>117</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>469</v>
+      </c>
+      <c r="M78" t="s">
+        <v>422</v>
+      </c>
+      <c r="N78" t="s">
+        <v>94</v>
+      </c>
+      <c r="O78" t="s">
+        <v>470</v>
+      </c>
+      <c r="P78" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>472</v>
+      </c>
+      <c r="B79" t="s">
+        <v>473</v>
+      </c>
+      <c r="C79" t="s">
+        <v>88</v>
+      </c>
+      <c r="D79" t="s">
+        <v>221</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...38 lines deleted...]
-      <c r="J13" t="s">
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2015</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>117</v>
+      </c>
+      <c r="K79" t="s">
+        <v>222</v>
+      </c>
+      <c r="L79" t="s">
+        <v>474</v>
+      </c>
+      <c r="M79" t="s">
+        <v>93</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>475</v>
+      </c>
+      <c r="P79" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>477</v>
+      </c>
+      <c r="B80" t="s">
+        <v>478</v>
+      </c>
+      <c r="C80" t="s">
+        <v>88</v>
+      </c>
+      <c r="D80" t="s">
+        <v>403</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...38 lines deleted...]
-      <c r="J14" t="s">
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2015</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>117</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>479</v>
+      </c>
+      <c r="M80" t="s">
+        <v>93</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>480</v>
+      </c>
+      <c r="P80" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>482</v>
+      </c>
+      <c r="B81" t="s">
+        <v>483</v>
+      </c>
+      <c r="C81" t="s">
+        <v>88</v>
+      </c>
+      <c r="D81" t="s">
+        <v>140</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...38 lines deleted...]
-      <c r="J15" t="s">
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2016</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>117</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>484</v>
+      </c>
+      <c r="M81" t="s">
+        <v>422</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>485</v>
+      </c>
+      <c r="P81" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>487</v>
+      </c>
+      <c r="B82" t="s">
+        <v>488</v>
+      </c>
+      <c r="C82" t="s">
+        <v>88</v>
+      </c>
+      <c r="D82" t="s">
+        <v>165</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...34 lines deleted...]
-      <c r="H16">
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
         <v>2016</v>
       </c>
-      <c r="I16" t="s">
-[...2 lines deleted...]
-      <c r="J16" t="s">
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>117</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>489</v>
+      </c>
+      <c r="M82" t="s">
+        <v>422</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>490</v>
+      </c>
+      <c r="P82" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>492</v>
+      </c>
+      <c r="B83" t="s">
+        <v>493</v>
+      </c>
+      <c r="C83" t="s">
+        <v>88</v>
+      </c>
+      <c r="D83" t="s">
+        <v>444</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...13 lines deleted...]
-      <c r="A17" t="s">
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2017</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>117</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>494</v>
+      </c>
+      <c r="M83" t="s">
+        <v>422</v>
+      </c>
+      <c r="N83" t="s">
+        <v>94</v>
+      </c>
+      <c r="O83" t="s">
+        <v>495</v>
+      </c>
+      <c r="P83" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>497</v>
+      </c>
+      <c r="B84" t="s">
+        <v>498</v>
+      </c>
+      <c r="C84" t="s">
         <v>88</v>
       </c>
-      <c r="B17" t="s">
-[...23 lines deleted...]
-      <c r="J17" t="s">
+      <c r="D84" t="s">
+        <v>499</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...13 lines deleted...]
-      <c r="A18" t="s">
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2019</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
         <v>91</v>
       </c>
-      <c r="B18" t="s">
-[...21 lines deleted...]
-      <c r="J18" t="s">
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>500</v>
+      </c>
+      <c r="M84" t="s">
+        <v>422</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>501</v>
+      </c>
+      <c r="P84" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>503</v>
+      </c>
+      <c r="B85" t="s">
+        <v>170</v>
+      </c>
+      <c r="C85" t="s">
+        <v>88</v>
+      </c>
+      <c r="D85" t="s">
+        <v>111</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
         <v>21</v>
       </c>
-      <c r="K18" t="s">
-[...8 lines deleted...]
-      <c r="N18" t="s">
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2020</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>91</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>171</v>
+      </c>
+      <c r="M85" t="s">
+        <v>422</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>504</v>
+      </c>
+      <c r="P85" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>506</v>
+      </c>
+      <c r="B86" t="s">
+        <v>104</v>
+      </c>
+      <c r="C86" t="s">
+        <v>88</v>
+      </c>
+      <c r="D86" t="s">
+        <v>105</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2020</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>91</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>106</v>
+      </c>
+      <c r="M86" t="s">
+        <v>422</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>507</v>
+      </c>
+      <c r="P86" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>509</v>
+      </c>
+      <c r="B87" t="s">
+        <v>180</v>
+      </c>
+      <c r="C87" t="s">
+        <v>88</v>
+      </c>
+      <c r="D87" t="s">
+        <v>181</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2020</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>91</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>182</v>
+      </c>
+      <c r="M87" t="s">
+        <v>422</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>510</v>
+      </c>
+      <c r="P87" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>512</v>
+      </c>
+      <c r="B88" t="s">
+        <v>513</v>
+      </c>
+      <c r="C88" t="s">
+        <v>88</v>
+      </c>
+      <c r="D88" t="s">
+        <v>514</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2020</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>91</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>515</v>
+      </c>
+      <c r="M88" t="s">
+        <v>422</v>
+      </c>
+      <c r="N88" t="s">
         <v>94</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J19" t="s">
+      <c r="O88" t="s">
+        <v>516</v>
+      </c>
+      <c r="P88" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>518</v>
+      </c>
+      <c r="B89" t="s">
+        <v>519</v>
+      </c>
+      <c r="C89" t="s">
+        <v>88</v>
+      </c>
+      <c r="D89" t="s">
+        <v>147</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
         <v>21</v>
       </c>
-      <c r="K19"/>
-[...36 lines deleted...]
-      <c r="J20" t="s">
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2020</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>91</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>520</v>
+      </c>
+      <c r="M89" t="s">
+        <v>422</v>
+      </c>
+      <c r="N89" t="s">
+        <v>94</v>
+      </c>
+      <c r="O89" t="s">
+        <v>521</v>
+      </c>
+      <c r="P89" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>523</v>
+      </c>
+      <c r="B90" t="s">
+        <v>524</v>
+      </c>
+      <c r="C90" t="s">
+        <v>88</v>
+      </c>
+      <c r="D90" t="s">
+        <v>514</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
         <v>21</v>
       </c>
-      <c r="K20"/>
-[...36 lines deleted...]
-      <c r="J21" t="s">
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2020</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>91</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>525</v>
+      </c>
+      <c r="M90" t="s">
+        <v>422</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>526</v>
+      </c>
+      <c r="P90" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>528</v>
+      </c>
+      <c r="B91" t="s">
+        <v>529</v>
+      </c>
+      <c r="C91" t="s">
+        <v>88</v>
+      </c>
+      <c r="D91" t="s">
+        <v>530</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...36 lines deleted...]
-      <c r="J22" t="s">
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2021</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>91</v>
+      </c>
+      <c r="K91" t="s">
+        <v>531</v>
+      </c>
+      <c r="L91" t="s">
+        <v>532</v>
+      </c>
+      <c r="M91" t="s">
+        <v>422</v>
+      </c>
+      <c r="N91" t="s">
+        <v>533</v>
+      </c>
+      <c r="O91" t="s">
+        <v>534</v>
+      </c>
+      <c r="P91" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>536</v>
+      </c>
+      <c r="B92" t="s">
+        <v>537</v>
+      </c>
+      <c r="C92" t="s">
+        <v>88</v>
+      </c>
+      <c r="D92" t="s">
+        <v>233</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...36 lines deleted...]
-      <c r="J23" t="s">
+      <c r="G92" t="s">
+        <v>538</v>
+      </c>
+      <c r="H92">
+        <v>2019</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>539</v>
+      </c>
+      <c r="K92" t="s">
+        <v>235</v>
+      </c>
+      <c r="L92" t="s">
+        <v>540</v>
+      </c>
+      <c r="M92" t="s">
+        <v>422</v>
+      </c>
+      <c r="N92" t="s">
+        <v>237</v>
+      </c>
+      <c r="O92" t="s">
+        <v>541</v>
+      </c>
+      <c r="P92" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>543</v>
+      </c>
+      <c r="B93" t="s">
+        <v>544</v>
+      </c>
+      <c r="C93" t="s">
+        <v>88</v>
+      </c>
+      <c r="D93" t="s">
+        <v>415</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
         <v>21</v>
       </c>
-      <c r="K23"/>
-[...36 lines deleted...]
-      <c r="J24" t="s">
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2020</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>91</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>171</v>
+      </c>
+      <c r="M93" t="s">
+        <v>422</v>
+      </c>
+      <c r="N93" t="s">
+        <v>94</v>
+      </c>
+      <c r="O93" t="s">
+        <v>545</v>
+      </c>
+      <c r="P93" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>547</v>
+      </c>
+      <c r="B94" t="s">
+        <v>548</v>
+      </c>
+      <c r="C94" t="s">
+        <v>88</v>
+      </c>
+      <c r="D94" t="s">
+        <v>176</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...38 lines deleted...]
-      <c r="J25" t="s">
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2021</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>91</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>171</v>
+      </c>
+      <c r="M94" t="s">
+        <v>422</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>549</v>
+      </c>
+      <c r="P94" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>551</v>
+      </c>
+      <c r="B95" t="s">
+        <v>552</v>
+      </c>
+      <c r="C95" t="s">
+        <v>88</v>
+      </c>
+      <c r="D95" t="s">
+        <v>553</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...38 lines deleted...]
-      <c r="J26" t="s">
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2021</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>141</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>554</v>
+      </c>
+      <c r="M95" t="s">
+        <v>555</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>556</v>
+      </c>
+      <c r="P95" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>558</v>
+      </c>
+      <c r="B96" t="s">
+        <v>559</v>
+      </c>
+      <c r="C96" t="s">
+        <v>560</v>
+      </c>
+      <c r="D96" t="s">
+        <v>336</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>254</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2025</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>351</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>561</v>
+      </c>
+      <c r="M96" t="s">
+        <v>562</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>563</v>
+      </c>
+      <c r="P96" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>565</v>
+      </c>
+      <c r="B97" t="s">
+        <v>566</v>
+      </c>
+      <c r="C97" t="s">
+        <v>383</v>
+      </c>
+      <c r="D97" t="s">
+        <v>567</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...38 lines deleted...]
-      <c r="J27" t="s">
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2022</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>568</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>387</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>569</v>
+      </c>
+      <c r="P97" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>571</v>
+      </c>
+      <c r="B98" t="s">
+        <v>572</v>
+      </c>
+      <c r="C98" t="s">
+        <v>383</v>
+      </c>
+      <c r="D98" t="s">
+        <v>32</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...3018 lines deleted...]
-        <v>2012</v>
+      <c r="G98" t="s">
+        <v>22</v>
       </c>
       <c r="H98">
         <v>2012</v>
       </c>
-      <c r="I98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I98"/>
       <c r="J98" t="s">
+        <v>385</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>34</v>
+      </c>
+      <c r="M98" t="s">
+        <v>387</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>573</v>
+      </c>
+      <c r="P98" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>575</v>
+      </c>
+      <c r="B99" t="s">
+        <v>576</v>
+      </c>
+      <c r="C99" t="s">
+        <v>383</v>
+      </c>
+      <c r="D99" t="s">
+        <v>61</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>254</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2019</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>385</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>577</v>
+      </c>
+      <c r="M99" t="s">
+        <v>387</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>578</v>
+      </c>
+      <c r="P99" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>580</v>
+      </c>
+      <c r="B100" t="s">
+        <v>581</v>
+      </c>
+      <c r="C100" t="s">
+        <v>560</v>
+      </c>
+      <c r="D100" t="s">
+        <v>377</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>254</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2018</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>33</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>582</v>
+      </c>
+      <c r="M100" t="s">
+        <v>562</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>583</v>
+      </c>
+      <c r="P100" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>585</v>
+      </c>
+      <c r="B101" t="s">
+        <v>586</v>
+      </c>
+      <c r="C101" t="s">
+        <v>560</v>
+      </c>
+      <c r="D101" t="s">
+        <v>587</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>254</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2013</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>33</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>588</v>
+      </c>
+      <c r="M101" t="s">
+        <v>562</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>589</v>
+      </c>
+      <c r="P101" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>591</v>
+      </c>
+      <c r="B102" t="s">
+        <v>592</v>
+      </c>
+      <c r="C102" t="s">
+        <v>560</v>
+      </c>
+      <c r="D102" t="s">
+        <v>593</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>254</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2020</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>33</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>594</v>
+      </c>
+      <c r="M102" t="s">
+        <v>562</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>595</v>
+      </c>
+      <c r="P102" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>597</v>
+      </c>
+      <c r="B103" t="s">
+        <v>598</v>
+      </c>
+      <c r="C103" t="s">
+        <v>560</v>
+      </c>
+      <c r="D103" t="s">
+        <v>187</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>254</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2020</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>33</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>599</v>
+      </c>
+      <c r="M103" t="s">
+        <v>562</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>600</v>
+      </c>
+      <c r="P103" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>602</v>
+      </c>
+      <c r="B104" t="s">
+        <v>603</v>
+      </c>
+      <c r="C104" t="s">
+        <v>560</v>
+      </c>
+      <c r="D104" t="s">
+        <v>604</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
         <v>21</v>
       </c>
-      <c r="K98"/>
-[...17 lines deleted...]
-      <c r="C99" t="s">
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2015</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>33</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>605</v>
+      </c>
+      <c r="M104" t="s">
+        <v>562</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>606</v>
+      </c>
+      <c r="P104" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>608</v>
+      </c>
+      <c r="B105" t="s">
+        <v>609</v>
+      </c>
+      <c r="C105" t="s">
+        <v>286</v>
+      </c>
+      <c r="D105" t="s">
+        <v>359</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>254</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2021</v>
+      </c>
+      <c r="I105">
+        <v>2024</v>
+      </c>
+      <c r="J105" t="s">
+        <v>610</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>611</v>
+      </c>
+      <c r="M105" t="s">
+        <v>289</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>612</v>
+      </c>
+      <c r="P105" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>614</v>
+      </c>
+      <c r="B106" t="s">
+        <v>615</v>
+      </c>
+      <c r="C106" t="s">
+        <v>286</v>
+      </c>
+      <c r="D106" t="s">
+        <v>377</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>254</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2023</v>
+      </c>
+      <c r="I106">
+        <v>2024</v>
+      </c>
+      <c r="J106" t="s">
+        <v>610</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>616</v>
+      </c>
+      <c r="M106" t="s">
+        <v>289</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>617</v>
+      </c>
+      <c r="P106" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>619</v>
+      </c>
+      <c r="B107" t="s">
+        <v>620</v>
+      </c>
+      <c r="C107" t="s">
+        <v>286</v>
+      </c>
+      <c r="D107" t="s">
+        <v>204</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>254</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2024</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>610</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>621</v>
+      </c>
+      <c r="M107" t="s">
+        <v>289</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>622</v>
+      </c>
+      <c r="P107" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>624</v>
+      </c>
+      <c r="B108" t="s">
+        <v>625</v>
+      </c>
+      <c r="C108" t="s">
+        <v>286</v>
+      </c>
+      <c r="D108" t="s">
+        <v>626</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>254</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2023</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>288</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>627</v>
+      </c>
+      <c r="M108" t="s">
+        <v>289</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>628</v>
+      </c>
+      <c r="P108" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>630</v>
+      </c>
+      <c r="B109" t="s">
+        <v>631</v>
+      </c>
+      <c r="C109" t="s">
+        <v>632</v>
+      </c>
+      <c r="D109" t="s">
+        <v>444</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>254</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2024</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>610</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>633</v>
+      </c>
+      <c r="M109" t="s">
+        <v>289</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>634</v>
+      </c>
+      <c r="P109" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>636</v>
+      </c>
+      <c r="B110" t="s">
+        <v>637</v>
+      </c>
+      <c r="C110" t="s">
+        <v>286</v>
+      </c>
+      <c r="D110" t="s">
+        <v>638</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>254</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2021</v>
+      </c>
+      <c r="I110">
+        <v>2024</v>
+      </c>
+      <c r="J110" t="s">
+        <v>610</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>639</v>
+      </c>
+      <c r="M110" t="s">
+        <v>289</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>640</v>
+      </c>
+      <c r="P110" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>642</v>
+      </c>
+      <c r="B111" t="s">
+        <v>643</v>
+      </c>
+      <c r="C111" t="s">
+        <v>286</v>
+      </c>
+      <c r="D111" t="s">
+        <v>644</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>254</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2021</v>
+      </c>
+      <c r="I111">
+        <v>2024</v>
+      </c>
+      <c r="J111" t="s">
+        <v>610</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>645</v>
+      </c>
+      <c r="M111" t="s">
+        <v>289</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>646</v>
+      </c>
+      <c r="P111" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>648</v>
+      </c>
+      <c r="B112" t="s">
+        <v>649</v>
+      </c>
+      <c r="C112" t="s">
+        <v>286</v>
+      </c>
+      <c r="D112" t="s">
+        <v>371</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>254</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2021</v>
+      </c>
+      <c r="I112">
+        <v>2024</v>
+      </c>
+      <c r="J112" t="s">
+        <v>610</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>650</v>
+      </c>
+      <c r="M112" t="s">
+        <v>289</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>651</v>
+      </c>
+      <c r="P112" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>653</v>
+      </c>
+      <c r="B113" t="s">
+        <v>653</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>654</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>90</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>1990</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>192</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>655</v>
+      </c>
+      <c r="M113" t="s">
+        <v>26</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>656</v>
+      </c>
+      <c r="P113" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>658</v>
+      </c>
+      <c r="B114" t="s">
+        <v>658</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>377</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>90</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>1990</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>192</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>659</v>
+      </c>
+      <c r="M114" t="s">
+        <v>26</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>660</v>
+      </c>
+      <c r="P114" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>662</v>
+      </c>
+      <c r="B115" t="s">
+        <v>663</v>
+      </c>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>530</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>90</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>1987</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>192</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>664</v>
+      </c>
+      <c r="M115" t="s">
+        <v>26</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>665</v>
+      </c>
+      <c r="P115" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>667</v>
+      </c>
+      <c r="B116" t="s">
+        <v>668</v>
+      </c>
+      <c r="C116" t="s">
+        <v>669</v>
+      </c>
+      <c r="D116" t="s">
+        <v>67</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>90</v>
+      </c>
+      <c r="G116" t="s">
+        <v>300</v>
+      </c>
+      <c r="H116">
+        <v>2008</v>
+      </c>
+      <c r="I116">
+        <v>2014</v>
+      </c>
+      <c r="J116" t="s">
+        <v>385</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>670</v>
+      </c>
+      <c r="M116" t="s">
+        <v>671</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>672</v>
+      </c>
+      <c r="P116" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>674</v>
+      </c>
+      <c r="B117" t="s">
+        <v>675</v>
+      </c>
+      <c r="C117" t="s">
+        <v>669</v>
+      </c>
+      <c r="D117" t="s">
+        <v>676</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>90</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2025</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>309</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>671</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>677</v>
+      </c>
+      <c r="P117" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>678</v>
+      </c>
+      <c r="B118" t="s">
+        <v>679</v>
+      </c>
+      <c r="C118" t="s">
+        <v>669</v>
+      </c>
+      <c r="D118" t="s">
+        <v>680</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>90</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2024</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>309</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>671</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>681</v>
+      </c>
+      <c r="P118" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>682</v>
+      </c>
+      <c r="B119" t="s">
+        <v>683</v>
+      </c>
+      <c r="C119" t="s">
+        <v>669</v>
+      </c>
+      <c r="D119" t="s">
+        <v>644</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>90</v>
+      </c>
+      <c r="G119" t="s">
+        <v>300</v>
+      </c>
+      <c r="H119">
+        <v>2008</v>
+      </c>
+      <c r="I119">
+        <v>2014</v>
+      </c>
+      <c r="J119" t="s">
+        <v>385</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>684</v>
+      </c>
+      <c r="M119" t="s">
+        <v>671</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>685</v>
+      </c>
+      <c r="P119" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>686</v>
+      </c>
+      <c r="B120" t="s">
+        <v>687</v>
+      </c>
+      <c r="C120" t="s">
+        <v>669</v>
+      </c>
+      <c r="D120" t="s">
+        <v>371</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>90</v>
+      </c>
+      <c r="G120" t="s">
+        <v>300</v>
+      </c>
+      <c r="H120">
+        <v>2014</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>385</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>688</v>
+      </c>
+      <c r="M120" t="s">
+        <v>671</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>689</v>
+      </c>
+      <c r="P120" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>690</v>
+      </c>
+      <c r="B121" t="s">
+        <v>691</v>
+      </c>
+      <c r="C121" t="s">
+        <v>669</v>
+      </c>
+      <c r="D121" t="s">
+        <v>105</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>90</v>
+      </c>
+      <c r="G121" t="s">
+        <v>300</v>
+      </c>
+      <c r="H121">
+        <v>2021</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>385</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>692</v>
+      </c>
+      <c r="M121" t="s">
+        <v>671</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>693</v>
+      </c>
+      <c r="P121" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>694</v>
+      </c>
+      <c r="B122" t="s">
+        <v>695</v>
+      </c>
+      <c r="C122" t="s">
+        <v>669</v>
+      </c>
+      <c r="D122" t="s">
+        <v>696</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>90</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2025</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>309</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>671</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>697</v>
+      </c>
+      <c r="P122" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>698</v>
+      </c>
+      <c r="B123" t="s">
+        <v>699</v>
+      </c>
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
+        <v>204</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>254</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2013</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>192</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>700</v>
+      </c>
+      <c r="M123" t="s">
+        <v>26</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>701</v>
+      </c>
+      <c r="P123" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>703</v>
+      </c>
+      <c r="B124" t="s">
+        <v>704</v>
+      </c>
+      <c r="C124" t="s">
+        <v>316</v>
+      </c>
+      <c r="D124" t="s">
+        <v>705</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2012</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>325</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>320</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>706</v>
+      </c>
+      <c r="P124" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>707</v>
+      </c>
+      <c r="B125" t="s">
+        <v>708</v>
+      </c>
+      <c r="C125" t="s">
+        <v>316</v>
+      </c>
+      <c r="D125" t="s">
+        <v>709</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2009</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>325</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>320</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>710</v>
+      </c>
+      <c r="P125" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>711</v>
+      </c>
+      <c r="B126" t="s">
+        <v>712</v>
+      </c>
+      <c r="C126" t="s">
+        <v>18</v>
+      </c>
+      <c r="D126" t="s">
+        <v>713</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2002</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>192</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>26</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>714</v>
+      </c>
+      <c r="P126" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>716</v>
+      </c>
+      <c r="B127" t="s">
+        <v>717</v>
+      </c>
+      <c r="C127" t="s">
+        <v>669</v>
+      </c>
+      <c r="D127" t="s">
+        <v>676</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2025</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>309</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>671</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>718</v>
+      </c>
+      <c r="P127" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>720</v>
+      </c>
+      <c r="B128" t="s">
+        <v>721</v>
+      </c>
+      <c r="C128" t="s">
+        <v>722</v>
+      </c>
+      <c r="D128" t="s">
+        <v>638</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2018</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>288</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>723</v>
+      </c>
+      <c r="M128" t="s">
+        <v>724</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>725</v>
+      </c>
+      <c r="P128" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>727</v>
+      </c>
+      <c r="B129" t="s">
+        <v>728</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>729</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2013</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>192</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>730</v>
+      </c>
+      <c r="M129" t="s">
+        <v>26</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>731</v>
+      </c>
+      <c r="P129" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>733</v>
+      </c>
+      <c r="B130" t="s">
+        <v>315</v>
+      </c>
+      <c r="C130" t="s">
+        <v>316</v>
+      </c>
+      <c r="D130" t="s">
+        <v>317</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2009</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>325</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>319</v>
+      </c>
+      <c r="M130" t="s">
+        <v>320</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>734</v>
+      </c>
+      <c r="P130" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>735</v>
+      </c>
+      <c r="B131" t="s">
+        <v>329</v>
+      </c>
+      <c r="C131" t="s">
+        <v>316</v>
+      </c>
+      <c r="D131" t="s">
+        <v>330</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2009</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>23</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>331</v>
+      </c>
+      <c r="M131" t="s">
+        <v>320</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>736</v>
+      </c>
+      <c r="P131" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>737</v>
+      </c>
+      <c r="B132" t="s">
+        <v>738</v>
+      </c>
+      <c r="C132" t="s">
+        <v>316</v>
+      </c>
+      <c r="D132" t="s">
+        <v>415</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2011</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>325</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>320</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>739</v>
+      </c>
+      <c r="P132" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>740</v>
+      </c>
+      <c r="B133" t="s">
+        <v>741</v>
+      </c>
+      <c r="C133" t="s">
+        <v>722</v>
+      </c>
+      <c r="D133" t="s">
+        <v>742</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2018</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>288</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>743</v>
+      </c>
+      <c r="M133" t="s">
+        <v>724</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>744</v>
+      </c>
+      <c r="P133" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>745</v>
+      </c>
+      <c r="B134" t="s">
+        <v>746</v>
+      </c>
+      <c r="C134" t="s">
+        <v>722</v>
+      </c>
+      <c r="D134" t="s">
+        <v>52</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2018</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>288</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>747</v>
+      </c>
+      <c r="M134" t="s">
+        <v>724</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>748</v>
+      </c>
+      <c r="P134" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>749</v>
+      </c>
+      <c r="B135" t="s">
+        <v>750</v>
+      </c>
+      <c r="C135" t="s">
+        <v>316</v>
+      </c>
+      <c r="D135" t="s">
+        <v>340</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2004</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>23</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>341</v>
+      </c>
+      <c r="M135" t="s">
+        <v>320</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>751</v>
+      </c>
+      <c r="P135" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>752</v>
+      </c>
+      <c r="B136" t="s">
+        <v>753</v>
+      </c>
+      <c r="C136" t="s">
+        <v>722</v>
+      </c>
+      <c r="D136" t="s">
+        <v>39</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2018</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>288</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
+        <v>754</v>
+      </c>
+      <c r="M136" t="s">
+        <v>724</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>755</v>
+      </c>
+      <c r="P136" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>756</v>
+      </c>
+      <c r="B137" t="s">
+        <v>757</v>
+      </c>
+      <c r="C137" t="s">
+        <v>669</v>
+      </c>
+      <c r="D137" t="s">
+        <v>680</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>300</v>
+      </c>
+      <c r="H137">
+        <v>2024</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>309</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>671</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>758</v>
+      </c>
+      <c r="P137" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>759</v>
+      </c>
+      <c r="B138" t="s">
+        <v>760</v>
+      </c>
+      <c r="C138" t="s">
+        <v>18</v>
+      </c>
+      <c r="D138" t="s">
+        <v>153</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2008</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>192</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138" t="s">
+        <v>761</v>
+      </c>
+      <c r="M138" t="s">
+        <v>26</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>762</v>
+      </c>
+      <c r="P138" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>764</v>
+      </c>
+      <c r="B139" t="s">
+        <v>765</v>
+      </c>
+      <c r="C139" t="s">
+        <v>316</v>
+      </c>
+      <c r="D139" t="s">
+        <v>153</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2015</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>325</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>320</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>766</v>
+      </c>
+      <c r="P139" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>767</v>
+      </c>
+      <c r="B140" t="s">
+        <v>768</v>
+      </c>
+      <c r="C140" t="s">
+        <v>669</v>
+      </c>
+      <c r="D140" t="s">
+        <v>371</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140"/>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>309</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>671</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>769</v>
+      </c>
+      <c r="P140" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>770</v>
+      </c>
+      <c r="B141" t="s">
+        <v>771</v>
+      </c>
+      <c r="C141" t="s">
+        <v>669</v>
+      </c>
+      <c r="D141" t="s">
+        <v>123</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>300</v>
+      </c>
+      <c r="H141">
+        <v>2018</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>385</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" t="s">
+        <v>772</v>
+      </c>
+      <c r="M141" t="s">
+        <v>671</v>
+      </c>
+      <c r="N141" t="s">
+        <v>94</v>
+      </c>
+      <c r="O141" t="s">
+        <v>773</v>
+      </c>
+      <c r="P141" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>774</v>
+      </c>
+      <c r="B142" t="s">
+        <v>775</v>
+      </c>
+      <c r="C142" t="s">
+        <v>669</v>
+      </c>
+      <c r="D142" t="s">
+        <v>105</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>300</v>
+      </c>
+      <c r="H142">
+        <v>2021</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>385</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>776</v>
+      </c>
+      <c r="M142" t="s">
+        <v>671</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>777</v>
+      </c>
+      <c r="P142" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>779</v>
+      </c>
+      <c r="B143" t="s">
+        <v>780</v>
+      </c>
+      <c r="C143" t="s">
+        <v>316</v>
+      </c>
+      <c r="D143" t="s">
+        <v>345</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2009</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>325</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143" t="s">
+        <v>346</v>
+      </c>
+      <c r="M143" t="s">
+        <v>320</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>781</v>
+      </c>
+      <c r="P143" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>782</v>
+      </c>
+      <c r="B144" t="s">
+        <v>783</v>
+      </c>
+      <c r="C144" t="s">
+        <v>669</v>
+      </c>
+      <c r="D144" t="s">
+        <v>696</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2025</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>309</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>671</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>784</v>
+      </c>
+      <c r="P144" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>785</v>
+      </c>
+      <c r="B145" t="s">
+        <v>786</v>
+      </c>
+      <c r="C145" t="s">
+        <v>392</v>
+      </c>
+      <c r="D145" t="s">
+        <v>330</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>254</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2021</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>141</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145" t="s">
+        <v>787</v>
+      </c>
+      <c r="M145" t="s">
+        <v>788</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>789</v>
+      </c>
+      <c r="P145" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>791</v>
+      </c>
+      <c r="B146" t="s">
+        <v>792</v>
+      </c>
+      <c r="C146" t="s">
+        <v>392</v>
+      </c>
+      <c r="D146" t="s">
+        <v>644</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>254</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2021</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>141</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>793</v>
+      </c>
+      <c r="M146" t="s">
+        <v>788</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>794</v>
+      </c>
+      <c r="P146" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>796</v>
+      </c>
+      <c r="B147" t="s">
+        <v>797</v>
+      </c>
+      <c r="C147" t="s">
+        <v>392</v>
+      </c>
+      <c r="D147" t="s">
+        <v>187</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>254</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2021</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>141</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>798</v>
+      </c>
+      <c r="M147" t="s">
+        <v>788</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>799</v>
+      </c>
+      <c r="P147" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>801</v>
+      </c>
+      <c r="B148" t="s">
+        <v>802</v>
+      </c>
+      <c r="C148" t="s">
+        <v>803</v>
+      </c>
+      <c r="D148" t="s">
+        <v>644</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>254</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2024</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>610</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>804</v>
+      </c>
+      <c r="M148" t="s">
+        <v>805</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>806</v>
+      </c>
+      <c r="P148" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>808</v>
+      </c>
+      <c r="B149"/>
+      <c r="C149" t="s">
+        <v>809</v>
+      </c>
+      <c r="D149" t="s">
+        <v>810</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2021</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>141</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>811</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>812</v>
+      </c>
+      <c r="P149" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>814</v>
+      </c>
+      <c r="B150" t="s">
+        <v>815</v>
+      </c>
+      <c r="C150" t="s">
+        <v>809</v>
+      </c>
+      <c r="D150" t="s">
+        <v>415</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2003</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>141</v>
+      </c>
+      <c r="K150" t="s">
+        <v>816</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>811</v>
+      </c>
+      <c r="N150" t="s">
+        <v>94</v>
+      </c>
+      <c r="O150" t="s">
+        <v>817</v>
+      </c>
+      <c r="P150" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>818</v>
+      </c>
+      <c r="B151" t="s">
+        <v>819</v>
+      </c>
+      <c r="C151" t="s">
+        <v>809</v>
+      </c>
+      <c r="D151" t="s">
+        <v>245</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2018</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>141</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>811</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>820</v>
+      </c>
+      <c r="P151" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>821</v>
+      </c>
+      <c r="B152" t="s">
+        <v>822</v>
+      </c>
+      <c r="C152" t="s">
+        <v>809</v>
+      </c>
+      <c r="D152" t="s">
+        <v>245</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2016</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>141</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>811</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>823</v>
+      </c>
+      <c r="P152" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>824</v>
+      </c>
+      <c r="B153"/>
+      <c r="C153" t="s">
+        <v>809</v>
+      </c>
+      <c r="D153" t="s">
+        <v>52</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2010</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>141</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>811</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>825</v>
+      </c>
+      <c r="P153" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>826</v>
+      </c>
+      <c r="B154"/>
+      <c r="C154" t="s">
+        <v>809</v>
+      </c>
+      <c r="D154" t="s">
+        <v>359</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2011</v>
+      </c>
+      <c r="I154">
+        <v>2016</v>
+      </c>
+      <c r="J154" t="s">
+        <v>141</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>811</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>827</v>
+      </c>
+      <c r="P154" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>828</v>
+      </c>
+      <c r="B155"/>
+      <c r="C155" t="s">
+        <v>809</v>
+      </c>
+      <c r="D155" t="s">
+        <v>76</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2015</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>141</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155" t="s">
+        <v>811</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>829</v>
+      </c>
+      <c r="P155" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>830</v>
+      </c>
+      <c r="B156"/>
+      <c r="C156" t="s">
+        <v>809</v>
+      </c>
+      <c r="D156" t="s">
+        <v>198</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2015</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>141</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>811</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>831</v>
+      </c>
+      <c r="P156" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>832</v>
+      </c>
+      <c r="B157"/>
+      <c r="C157" t="s">
+        <v>809</v>
+      </c>
+      <c r="D157" t="s">
+        <v>713</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2009</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>141</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>811</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>833</v>
+      </c>
+      <c r="P157" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>834</v>
+      </c>
+      <c r="B158"/>
+      <c r="C158" t="s">
+        <v>809</v>
+      </c>
+      <c r="D158" t="s">
+        <v>52</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2012</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>141</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>811</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>835</v>
+      </c>
+      <c r="P158" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>836</v>
+      </c>
+      <c r="B159"/>
+      <c r="C159" t="s">
+        <v>809</v>
+      </c>
+      <c r="D159" t="s">
+        <v>837</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2014</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>141</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159" t="s">
+        <v>811</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>838</v>
+      </c>
+      <c r="P159" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>839</v>
+      </c>
+      <c r="B160" t="s">
+        <v>840</v>
+      </c>
+      <c r="C160" t="s">
+        <v>809</v>
+      </c>
+      <c r="D160" t="s">
+        <v>841</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2002</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>141</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>811</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>842</v>
+      </c>
+      <c r="P160"/>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>843</v>
+      </c>
+      <c r="B161"/>
+      <c r="C161" t="s">
+        <v>809</v>
+      </c>
+      <c r="D161" t="s">
+        <v>187</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2020</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>141</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>811</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>844</v>
+      </c>
+      <c r="P161" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>845</v>
+      </c>
+      <c r="B162"/>
+      <c r="C162" t="s">
+        <v>809</v>
+      </c>
+      <c r="D162" t="s">
+        <v>846</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2010</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>141</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>811</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>847</v>
+      </c>
+      <c r="P162" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>848</v>
+      </c>
+      <c r="B163"/>
+      <c r="C163" t="s">
+        <v>809</v>
+      </c>
+      <c r="D163" t="s">
+        <v>245</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2018</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>141</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>811</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>849</v>
+      </c>
+      <c r="P163" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>850</v>
+      </c>
+      <c r="B164" t="s">
+        <v>851</v>
+      </c>
+      <c r="C164" t="s">
+        <v>809</v>
+      </c>
+      <c r="D164" t="s">
+        <v>267</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2020</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>141</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>811</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>852</v>
+      </c>
+      <c r="P164" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>853</v>
+      </c>
+      <c r="B165" t="s">
+        <v>854</v>
+      </c>
+      <c r="C165" t="s">
+        <v>809</v>
+      </c>
+      <c r="D165" t="s">
+        <v>67</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2002</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>141</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>811</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>855</v>
+      </c>
+      <c r="P165" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>856</v>
+      </c>
+      <c r="B166" t="s">
+        <v>857</v>
+      </c>
+      <c r="C166" t="s">
+        <v>392</v>
+      </c>
+      <c r="D166" t="s">
+        <v>858</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>254</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2021</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>141</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>393</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>859</v>
+      </c>
+      <c r="P166" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>861</v>
+      </c>
+      <c r="B167" t="s">
+        <v>862</v>
+      </c>
+      <c r="C167" t="s">
+        <v>863</v>
+      </c>
+      <c r="D167" t="s">
+        <v>67</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>864</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2009</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>865</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>866</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>867</v>
+      </c>
+      <c r="P167" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>869</v>
+      </c>
+      <c r="B168" t="s">
+        <v>870</v>
+      </c>
+      <c r="C168" t="s">
+        <v>803</v>
+      </c>
+      <c r="D168" t="s">
+        <v>871</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>254</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2014</v>
+      </c>
+      <c r="I168">
+        <v>2024</v>
+      </c>
+      <c r="J168" t="s">
+        <v>610</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>872</v>
+      </c>
+      <c r="M168" t="s">
+        <v>805</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>873</v>
+      </c>
+      <c r="P168" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>875</v>
+      </c>
+      <c r="B169" t="s">
+        <v>876</v>
+      </c>
+      <c r="C169" t="s">
+        <v>803</v>
+      </c>
+      <c r="D169" t="s">
+        <v>67</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>254</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2014</v>
+      </c>
+      <c r="I169">
+        <v>2024</v>
+      </c>
+      <c r="J169" t="s">
+        <v>610</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>877</v>
+      </c>
+      <c r="M169" t="s">
+        <v>805</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>878</v>
+      </c>
+      <c r="P169" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>880</v>
+      </c>
+      <c r="B170" t="s">
+        <v>881</v>
+      </c>
+      <c r="C170" t="s">
+        <v>286</v>
+      </c>
+      <c r="D170" t="s">
+        <v>713</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>90</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2002</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>274</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>289</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>882</v>
+      </c>
+      <c r="P170" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>884</v>
+      </c>
+      <c r="B171" t="s">
+        <v>885</v>
+      </c>
+      <c r="C171" t="s">
+        <v>286</v>
+      </c>
+      <c r="D171" t="s">
+        <v>39</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>90</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2006</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>274</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>886</v>
+      </c>
+      <c r="M171" t="s">
+        <v>289</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>887</v>
+      </c>
+      <c r="P171" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>889</v>
+      </c>
+      <c r="B172" t="s">
+        <v>890</v>
+      </c>
+      <c r="C172" t="s">
+        <v>286</v>
+      </c>
+      <c r="D172" t="s">
+        <v>713</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>90</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2007</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>274</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>891</v>
+      </c>
+      <c r="M172" t="s">
+        <v>289</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>892</v>
+      </c>
+      <c r="P172" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>893</v>
+      </c>
+      <c r="B173" t="s">
+        <v>894</v>
+      </c>
+      <c r="C173" t="s">
+        <v>286</v>
+      </c>
+      <c r="D173" t="s">
+        <v>371</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>90</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2013</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>274</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>895</v>
+      </c>
+      <c r="M173" t="s">
+        <v>289</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>896</v>
+      </c>
+      <c r="P173" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>898</v>
+      </c>
+      <c r="B174" t="s">
+        <v>899</v>
+      </c>
+      <c r="C174" t="s">
+        <v>286</v>
+      </c>
+      <c r="D174" t="s">
+        <v>61</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>90</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2013</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>274</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>900</v>
+      </c>
+      <c r="M174" t="s">
+        <v>289</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>901</v>
+      </c>
+      <c r="P174" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>903</v>
+      </c>
+      <c r="B175" t="s">
+        <v>904</v>
+      </c>
+      <c r="C175" t="s">
+        <v>286</v>
+      </c>
+      <c r="D175" t="s">
+        <v>377</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>90</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2013</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>274</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>905</v>
+      </c>
+      <c r="M175" t="s">
+        <v>289</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>906</v>
+      </c>
+      <c r="P175" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>908</v>
+      </c>
+      <c r="B176" t="s">
+        <v>909</v>
+      </c>
+      <c r="C176" t="s">
+        <v>910</v>
+      </c>
+      <c r="D176" t="s">
+        <v>911</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>254</v>
+      </c>
+      <c r="G176" t="s">
+        <v>300</v>
+      </c>
+      <c r="H176">
+        <v>2024</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>912</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>913</v>
+      </c>
+      <c r="M176" t="s">
+        <v>914</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>915</v>
+      </c>
+      <c r="P176" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>917</v>
+      </c>
+      <c r="B177" t="s">
+        <v>918</v>
+      </c>
+      <c r="C177" t="s">
+        <v>910</v>
+      </c>
+      <c r="D177" t="s">
+        <v>919</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>920</v>
+      </c>
+      <c r="G177" t="s">
+        <v>300</v>
+      </c>
+      <c r="H177">
+        <v>2024</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>912</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>921</v>
+      </c>
+      <c r="M177" t="s">
+        <v>914</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>922</v>
+      </c>
+      <c r="P177" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>923</v>
+      </c>
+      <c r="B178" t="s">
+        <v>924</v>
+      </c>
+      <c r="C178" t="s">
+        <v>809</v>
+      </c>
+      <c r="D178" t="s">
+        <v>403</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>90</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2016</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>192</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>811</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>925</v>
+      </c>
+      <c r="P178" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>927</v>
+      </c>
+      <c r="B179" t="s">
+        <v>928</v>
+      </c>
+      <c r="C179" t="s">
+        <v>809</v>
+      </c>
+      <c r="D179" t="s">
+        <v>403</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>90</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2016</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>192</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179"/>
+      <c r="M179" t="s">
+        <v>811</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>929</v>
+      </c>
+      <c r="P179" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>931</v>
+      </c>
+      <c r="B180" t="s">
+        <v>932</v>
+      </c>
+      <c r="C180" t="s">
+        <v>809</v>
+      </c>
+      <c r="D180" t="s">
+        <v>198</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>254</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2015</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>192</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>811</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>933</v>
+      </c>
+      <c r="P180" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>934</v>
+      </c>
+      <c r="B181" t="s">
+        <v>935</v>
+      </c>
+      <c r="C181" t="s">
+        <v>809</v>
+      </c>
+      <c r="D181" t="s">
+        <v>403</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>254</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2018</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>192</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181" t="s">
+        <v>811</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>936</v>
+      </c>
+      <c r="P181" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>938</v>
+      </c>
+      <c r="B182" t="s">
+        <v>939</v>
+      </c>
+      <c r="C182" t="s">
+        <v>722</v>
+      </c>
+      <c r="D182" t="s">
+        <v>940</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>90</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2018</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>255</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>724</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>941</v>
+      </c>
+      <c r="P182" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>943</v>
+      </c>
+      <c r="B183" t="s">
+        <v>943</v>
+      </c>
+      <c r="C183" t="s">
+        <v>944</v>
+      </c>
+      <c r="D183" t="s">
+        <v>713</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>254</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2012</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>33</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>945</v>
+      </c>
+      <c r="M183" t="s">
+        <v>946</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>947</v>
+      </c>
+      <c r="P183" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>949</v>
+      </c>
+      <c r="B184" t="s">
+        <v>949</v>
+      </c>
+      <c r="C184" t="s">
+        <v>944</v>
+      </c>
+      <c r="D184" t="s">
+        <v>67</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>254</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2018</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>33</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184"/>
+      <c r="M184" t="s">
+        <v>946</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>950</v>
+      </c>
+      <c r="P184" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>952</v>
+      </c>
+      <c r="B185" t="s">
+        <v>953</v>
+      </c>
+      <c r="C185" t="s">
+        <v>944</v>
+      </c>
+      <c r="D185" t="s">
+        <v>954</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>254</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2011</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>33</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>955</v>
+      </c>
+      <c r="M185" t="s">
+        <v>946</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>956</v>
+      </c>
+      <c r="P185" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>958</v>
+      </c>
+      <c r="B186" t="s">
+        <v>959</v>
+      </c>
+      <c r="C186" t="s">
+        <v>944</v>
+      </c>
+      <c r="D186" t="s">
+        <v>39</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>254</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2016</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>960</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186" t="s">
+        <v>946</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>961</v>
+      </c>
+      <c r="P186" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>963</v>
+      </c>
+      <c r="B187" t="s">
+        <v>964</v>
+      </c>
+      <c r="C187" t="s">
+        <v>944</v>
+      </c>
+      <c r="D187" t="s">
+        <v>644</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>254</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2020</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>33</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>965</v>
+      </c>
+      <c r="M187" t="s">
+        <v>946</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>966</v>
+      </c>
+      <c r="P187" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>968</v>
+      </c>
+      <c r="B188" t="s">
+        <v>969</v>
+      </c>
+      <c r="C188" t="s">
+        <v>273</v>
+      </c>
+      <c r="D188" t="s">
         <v>99</v>
       </c>
-      <c r="D99" t="s">
-[...52 lines deleted...]
-      <c r="G100">
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2014</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>288</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188" t="s">
+        <v>970</v>
+      </c>
+      <c r="M188" t="s">
+        <v>275</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>971</v>
+      </c>
+      <c r="P188" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>973</v>
+      </c>
+      <c r="B189" t="s">
+        <v>974</v>
+      </c>
+      <c r="C189" t="s">
+        <v>273</v>
+      </c>
+      <c r="D189" t="s">
+        <v>159</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2017</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>274</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>275</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>975</v>
+      </c>
+      <c r="P189" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>977</v>
+      </c>
+      <c r="B190" t="s">
+        <v>978</v>
+      </c>
+      <c r="C190" t="s">
+        <v>273</v>
+      </c>
+      <c r="D190" t="s">
+        <v>111</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2019</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>351</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>275</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>979</v>
+      </c>
+      <c r="P190" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>981</v>
+      </c>
+      <c r="B191" t="s">
+        <v>982</v>
+      </c>
+      <c r="C191" t="s">
+        <v>273</v>
+      </c>
+      <c r="D191" t="s">
+        <v>983</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>300</v>
+      </c>
+      <c r="H191">
+        <v>2021</v>
+      </c>
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>288</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>275</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>984</v>
+      </c>
+      <c r="P191" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>986</v>
+      </c>
+      <c r="B192" t="s">
+        <v>987</v>
+      </c>
+      <c r="C192" t="s">
+        <v>273</v>
+      </c>
+      <c r="D192" t="s">
+        <v>988</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>300</v>
+      </c>
+      <c r="H192">
+        <v>2021</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>288</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>275</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>989</v>
+      </c>
+      <c r="P192" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>991</v>
+      </c>
+      <c r="B193" t="s">
+        <v>992</v>
+      </c>
+      <c r="C193" t="s">
+        <v>273</v>
+      </c>
+      <c r="D193" t="s">
+        <v>67</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>300</v>
+      </c>
+      <c r="H193">
+        <v>2021</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>288</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193"/>
+      <c r="M193" t="s">
+        <v>275</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>993</v>
+      </c>
+      <c r="P193" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>995</v>
+      </c>
+      <c r="B194" t="s">
+        <v>996</v>
+      </c>
+      <c r="C194" t="s">
+        <v>273</v>
+      </c>
+      <c r="D194" t="s">
+        <v>198</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
         <v>2009</v>
       </c>
-      <c r="H100"/>
-[...3 lines deleted...]
-      <c r="J100" t="s">
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>274</v>
+      </c>
+      <c r="K194" t="s">
+        <v>997</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>275</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>998</v>
+      </c>
+      <c r="P194" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C195" t="s">
+        <v>273</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
         <v>21</v>
       </c>
-      <c r="K100" t="s">
-[...40 lines deleted...]
-      <c r="J101" t="s">
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2012</v>
+      </c>
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>288</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1003</v>
+      </c>
+      <c r="M195" t="s">
+        <v>275</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1004</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C196" t="s">
+        <v>273</v>
+      </c>
+      <c r="D196" t="s">
+        <v>371</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
         <v>21</v>
       </c>
-      <c r="K101" t="s">
-[...40 lines deleted...]
-      <c r="J102" t="s">
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
+        <v>2012</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>288</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>275</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1008</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C197" t="s">
+        <v>273</v>
+      </c>
+      <c r="D197" t="s">
+        <v>359</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
         <v>21</v>
       </c>
-      <c r="K102" t="s">
-[...38 lines deleted...]
-      <c r="J103" t="s">
+      <c r="G197" t="s">
+        <v>300</v>
+      </c>
+      <c r="H197">
+        <v>2021</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>288</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M197" t="s">
+        <v>275</v>
+      </c>
+      <c r="N197" t="s">
+        <v>94</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C198" t="s">
+        <v>863</v>
+      </c>
+      <c r="D198" t="s">
+        <v>67</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
         <v>21</v>
       </c>
-      <c r="K103" t="s">
-[...40 lines deleted...]
-      <c r="J104" t="s">
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>2023</v>
+      </c>
+      <c r="I198"/>
+      <c r="J198" t="s">
+        <v>385</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>1017</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C199" t="s">
+        <v>863</v>
+      </c>
+      <c r="D199" t="s">
+        <v>644</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
         <v>21</v>
       </c>
-      <c r="K104"/>
-[...36 lines deleted...]
-      <c r="J105" t="s">
+      <c r="G199" t="s">
+        <v>300</v>
+      </c>
+      <c r="H199">
+        <v>2004</v>
+      </c>
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>351</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1022</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1023</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1024</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C200" t="s">
+        <v>863</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
         <v>21</v>
       </c>
-      <c r="K105"/>
-[...1926 lines deleted...]
-      <c r="H150">
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
         <v>2017</v>
       </c>
-      <c r="I150" t="s">
-[...2175 lines deleted...]
-      </c>
+      <c r="I200"/>
       <c r="J200" t="s">
-        <v>21</v>
+        <v>1029</v>
       </c>
       <c r="K200" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L200"/>
       <c r="M200" t="s">
-        <v>24</v>
+        <v>1023</v>
       </c>
       <c r="N200" t="s">
-        <v>717</v>
-[...4508 lines deleted...]
-      <c r="N305" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
         <v>1030</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A306" t="s">
+      <c r="P200" t="s">
         <v>1031</v>
       </c>
-      <c r="B306" t="s">
-[...6083 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>