--- v1 (2025-11-29)
+++ v2 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1032">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1025">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1061,79 +1061,50 @@
     <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
   </si>
   <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
-  </si>
-[...27 lines deleted...]
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
@@ -1159,50 +1130,53 @@
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
   </si>
   <si>
     <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
   </si>
   <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
     <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
@@ -1475,50 +1449,53 @@
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
     <t>This policy covers cage three-phase high voltage induction motors.</t>
   </si>
   <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
     <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
@@ -1725,76 +1702,89 @@
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
     <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2022L00182</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
@@ -1802,50 +1792,53 @@
   <si>
     <t>https://www.legislation.gov.au/Details/F2012L02124</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
     <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2019L01066</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
@@ -1877,80 +1870,60 @@
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
-[...8 lines deleted...]
-b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
   </si>
   <si>
     <t>January 2025</t>
-  </si>
-[...15 lines deleted...]
-    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
@@ -2125,60 +2098,60 @@
     <t>MELS for Casement and Window Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>IEC 62552:2007
@@ -2193,60 +2166,60 @@
   </si>
   <si>
     <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
     <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
     <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
@@ -2426,126 +2399,129 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
@@ -3625,65 +3601,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P200"/>
+  <dimension ref="A1:P199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -6378,6789 +6354,6741 @@
       </c>
       <c r="O57" t="s">
         <v>347</v>
       </c>
       <c r="P57" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>348</v>
       </c>
       <c r="B58" t="s">
         <v>349</v>
       </c>
       <c r="C58" t="s">
         <v>299</v>
       </c>
       <c r="D58" t="s">
         <v>350</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>21</v>
+        <v>254</v>
       </c>
       <c r="G58" t="s">
-        <v>300</v>
+        <v>22</v>
       </c>
       <c r="H58">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>351</v>
       </c>
       <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="M58" t="s">
         <v>303</v>
       </c>
       <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>353</v>
+      </c>
+      <c r="P58" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="B59" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C59" t="s">
         <v>299</v>
       </c>
       <c r="D59" t="s">
-        <v>359</v>
+        <v>67</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>254</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I59"/>
+        <v>2015</v>
+      </c>
+      <c r="I59">
+        <v>2022</v>
+      </c>
       <c r="J59" t="s">
-        <v>360</v>
+        <v>141</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="M59" t="s">
         <v>303</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="P59" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B60" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="C60" t="s">
         <v>299</v>
       </c>
       <c r="D60" t="s">
-        <v>67</v>
+        <v>362</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>254</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>141</v>
+        <v>351</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="M60" t="s">
         <v>303</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="P60" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="B61" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="C61" t="s">
         <v>299</v>
       </c>
       <c r="D61" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>254</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2023</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="M61" t="s">
         <v>303</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="P61" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>373</v>
+      </c>
+      <c r="B62" t="s">
+        <v>374</v>
+      </c>
+      <c r="C62" t="s">
         <v>375</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>254</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>351</v>
+        <v>377</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
         <v>378</v>
       </c>
       <c r="M62" t="s">
-        <v>303</v>
+        <v>379</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P62" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B63" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C63" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D63" t="s">
-        <v>384</v>
+        <v>99</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>254</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
+        <v>369</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
         <v>385</v>
       </c>
-      <c r="K63" t="s">
-[...2 lines deleted...]
-      <c r="L63" t="s">
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
         <v>386</v>
       </c>
-      <c r="M63" t="s">
+      <c r="P63" t="s">
         <v>387</v>
-      </c>
-[...7 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B64" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="C64" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="D64" t="s">
-        <v>99</v>
+        <v>362</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>254</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2023</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="P64" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="B65" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="C65" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="D65" t="s">
-        <v>371</v>
+        <v>395</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>254</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="P65" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C66" t="s">
-        <v>392</v>
+        <v>88</v>
       </c>
       <c r="D66" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>254</v>
+        <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>300</v>
       </c>
       <c r="H66">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>351</v>
+        <v>400</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66"/>
+      <c r="L66" t="s">
+        <v>401</v>
+      </c>
       <c r="M66" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
+        <v>403</v>
+      </c>
+      <c r="P66" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>405</v>
       </c>
       <c r="B67" t="s">
         <v>406</v>
       </c>
       <c r="C67" t="s">
         <v>88</v>
       </c>
       <c r="D67" t="s">
         <v>407</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>300</v>
+        <v>22</v>
       </c>
       <c r="H67">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I67"/>
+        <v>2010</v>
+      </c>
+      <c r="I67">
+        <v>2021</v>
+      </c>
       <c r="J67" t="s">
+        <v>91</v>
+      </c>
+      <c r="K67" t="s">
+        <v>222</v>
+      </c>
+      <c r="L67" t="s">
         <v>408</v>
       </c>
-      <c r="K67" t="s">
-[...2 lines deleted...]
-      <c r="L67" t="s">
+      <c r="M67" t="s">
+        <v>93</v>
+      </c>
+      <c r="N67" t="s">
+        <v>94</v>
+      </c>
+      <c r="O67" t="s">
         <v>409</v>
       </c>
-      <c r="M67" t="s">
+      <c r="P67" t="s">
         <v>410</v>
-      </c>
-[...7 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B68" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C68" t="s">
         <v>88</v>
       </c>
       <c r="D68" t="s">
-        <v>415</v>
+        <v>407</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2010</v>
       </c>
-      <c r="I68">
-[...1 lines deleted...]
-      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="K68" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="M68" t="s">
-        <v>93</v>
+        <v>414</v>
       </c>
       <c r="N68" t="s">
         <v>94</v>
       </c>
       <c r="O68" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="P68" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B69" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="C69" t="s">
         <v>88</v>
       </c>
       <c r="D69" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>117</v>
+        <v>91</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
+        <v>420</v>
+      </c>
+      <c r="M69" t="s">
+        <v>414</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
         <v>421</v>
       </c>
-      <c r="M69" t="s">
+      <c r="P69" t="s">
         <v>422</v>
-      </c>
-[...7 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B70" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="C70" t="s">
         <v>88</v>
       </c>
       <c r="D70" t="s">
-        <v>427</v>
+        <v>233</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>91</v>
       </c>
       <c r="K70" t="s">
-        <v>24</v>
+        <v>235</v>
       </c>
       <c r="L70" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="M70" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N70" t="s">
-        <v>27</v>
+        <v>237</v>
       </c>
       <c r="O70" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="P70" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B71" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C71" t="s">
         <v>88</v>
       </c>
       <c r="D71" t="s">
-        <v>233</v>
+        <v>430</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>91</v>
       </c>
       <c r="K71" t="s">
-        <v>235</v>
+        <v>24</v>
       </c>
       <c r="L71" t="s">
+        <v>431</v>
+      </c>
+      <c r="M71" t="s">
+        <v>414</v>
+      </c>
+      <c r="N71" t="s">
+        <v>94</v>
+      </c>
+      <c r="O71" t="s">
+        <v>432</v>
+      </c>
+      <c r="P71" t="s">
         <v>433</v>
-      </c>
-[...10 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="B72" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C72" t="s">
         <v>88</v>
       </c>
       <c r="D72" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>91</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="M72" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N72" t="s">
         <v>94</v>
       </c>
       <c r="O72" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="P72" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B73" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="C73" t="s">
         <v>88</v>
       </c>
       <c r="D73" t="s">
-        <v>444</v>
+        <v>45</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="M73" t="s">
-        <v>422</v>
+        <v>93</v>
       </c>
       <c r="N73" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="P73" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B74" t="s">
-        <v>449</v>
+        <v>116</v>
       </c>
       <c r="C74" t="s">
         <v>88</v>
       </c>
       <c r="D74" t="s">
-        <v>45</v>
+        <v>134</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2013</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>117</v>
+        <v>91</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>450</v>
+        <v>118</v>
       </c>
       <c r="M74" t="s">
-        <v>93</v>
+        <v>414</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="P74" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="B75" t="s">
-        <v>116</v>
+        <v>449</v>
       </c>
       <c r="C75" t="s">
         <v>88</v>
       </c>
       <c r="D75" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="M75" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N75" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="O75" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="P75" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="B76" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="C76" t="s">
         <v>88</v>
       </c>
       <c r="D76" t="s">
-        <v>129</v>
+        <v>454</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="I76"/>
+        <v>300</v>
+      </c>
+      <c r="H76" t="s">
+        <v>455</v>
+      </c>
+      <c r="I76">
+        <v>2024</v>
+      </c>
       <c r="J76" t="s">
-        <v>117</v>
+        <v>456</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
-      <c r="L76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N76" t="s">
         <v>94</v>
       </c>
       <c r="O76" t="s">
+        <v>457</v>
+      </c>
+      <c r="P76" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
+        <v>459</v>
+      </c>
+      <c r="B77" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="C77" t="s">
         <v>88</v>
       </c>
       <c r="D77" t="s">
-        <v>462</v>
+        <v>123</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>300</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2014</v>
+      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>464</v>
+        <v>117</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
-      <c r="L77"/>
+      <c r="L77" t="s">
+        <v>461</v>
+      </c>
       <c r="M77" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N77" t="s">
         <v>94</v>
       </c>
       <c r="O77" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="P77" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="B78" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="C78" t="s">
         <v>88</v>
       </c>
       <c r="D78" t="s">
-        <v>123</v>
+        <v>221</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>22</v>
+        <v>466</v>
       </c>
       <c r="H78">
         <v>2014</v>
       </c>
-      <c r="I78"/>
+      <c r="I78">
+        <v>2015</v>
+      </c>
       <c r="J78" t="s">
         <v>117</v>
       </c>
       <c r="K78" t="s">
-        <v>24</v>
+        <v>222</v>
       </c>
       <c r="L78" t="s">
+        <v>467</v>
+      </c>
+      <c r="M78" t="s">
+        <v>93</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>468</v>
+      </c>
+      <c r="P78" t="s">
         <v>469</v>
-      </c>
-[...10 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="B79" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="C79" t="s">
         <v>88</v>
       </c>
       <c r="D79" t="s">
-        <v>221</v>
+        <v>395</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2015</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>117</v>
       </c>
       <c r="K79" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="M79" t="s">
         <v>93</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="P79" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="B80" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C80" t="s">
         <v>88</v>
       </c>
       <c r="D80" t="s">
-        <v>403</v>
+        <v>140</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>117</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
+        <v>477</v>
+      </c>
+      <c r="M80" t="s">
+        <v>414</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>478</v>
+      </c>
+      <c r="P80" t="s">
         <v>479</v>
-      </c>
-[...10 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B81" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="C81" t="s">
         <v>88</v>
       </c>
       <c r="D81" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2016</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>117</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
+        <v>482</v>
+      </c>
+      <c r="M81" t="s">
+        <v>414</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>483</v>
+      </c>
+      <c r="P81" t="s">
         <v>484</v>
-      </c>
-[...10 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B82" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C82" t="s">
         <v>88</v>
       </c>
       <c r="D82" t="s">
-        <v>165</v>
+        <v>436</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>117</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
+        <v>487</v>
+      </c>
+      <c r="M82" t="s">
+        <v>414</v>
+      </c>
+      <c r="N82" t="s">
+        <v>94</v>
+      </c>
+      <c r="O82" t="s">
+        <v>488</v>
+      </c>
+      <c r="P82" t="s">
         <v>489</v>
-      </c>
-[...10 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B83" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C83" t="s">
         <v>88</v>
       </c>
       <c r="D83" t="s">
-        <v>444</v>
+        <v>492</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>117</v>
+        <v>91</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
+        <v>493</v>
+      </c>
+      <c r="M83" t="s">
+        <v>414</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
         <v>494</v>
       </c>
-      <c r="M83" t="s">
-[...5 lines deleted...]
-      <c r="O83" t="s">
+      <c r="P83" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B84" t="s">
-        <v>498</v>
+        <v>170</v>
       </c>
       <c r="C84" t="s">
         <v>88</v>
       </c>
       <c r="D84" t="s">
-        <v>499</v>
+        <v>111</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>466</v>
       </c>
       <c r="H84">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>91</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>500</v>
+        <v>171</v>
       </c>
       <c r="M84" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="P84" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="B85" t="s">
-        <v>170</v>
+        <v>104</v>
       </c>
       <c r="C85" t="s">
         <v>88</v>
       </c>
       <c r="D85" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2020</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>91</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>171</v>
+        <v>106</v>
       </c>
       <c r="M85" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="P85" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="B86" t="s">
-        <v>104</v>
+        <v>180</v>
       </c>
       <c r="C86" t="s">
         <v>88</v>
       </c>
       <c r="D86" t="s">
-        <v>105</v>
+        <v>181</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2020</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>91</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>106</v>
+        <v>182</v>
       </c>
       <c r="M86" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="P86" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="B87" t="s">
-        <v>180</v>
+        <v>506</v>
       </c>
       <c r="C87" t="s">
         <v>88</v>
       </c>
       <c r="D87" t="s">
-        <v>181</v>
+        <v>507</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2020</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>91</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>182</v>
+        <v>508</v>
       </c>
       <c r="M87" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N87" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="O87" t="s">
+        <v>509</v>
+      </c>
+      <c r="P87" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
+        <v>511</v>
+      </c>
+      <c r="B88" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="C88" t="s">
         <v>88</v>
       </c>
       <c r="D88" t="s">
-        <v>514</v>
+        <v>147</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2020</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>91</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="M88" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N88" t="s">
         <v>94</v>
       </c>
       <c r="O88" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="P88" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="B89" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C89" t="s">
         <v>88</v>
       </c>
       <c r="D89" t="s">
-        <v>147</v>
+        <v>507</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2020</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>91</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
+        <v>518</v>
+      </c>
+      <c r="M89" t="s">
+        <v>414</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>519</v>
+      </c>
+      <c r="P89" t="s">
         <v>520</v>
-      </c>
-[...10 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="B90" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C90" t="s">
         <v>88</v>
       </c>
       <c r="D90" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>22</v>
+        <v>466</v>
       </c>
       <c r="H90">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>91</v>
       </c>
       <c r="K90" t="s">
-        <v>24</v>
+        <v>524</v>
       </c>
       <c r="L90" t="s">
         <v>525</v>
       </c>
       <c r="M90" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N90" t="s">
-        <v>27</v>
+        <v>526</v>
       </c>
       <c r="O90" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="P90" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B91" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C91" t="s">
         <v>88</v>
       </c>
       <c r="D91" t="s">
-        <v>530</v>
+        <v>233</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
-        <v>22</v>
+        <v>531</v>
       </c>
       <c r="H91">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>91</v>
+        <v>532</v>
       </c>
       <c r="K91" t="s">
-        <v>531</v>
+        <v>235</v>
       </c>
       <c r="L91" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="M91" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N91" t="s">
-        <v>533</v>
+        <v>237</v>
       </c>
       <c r="O91" t="s">
         <v>534</v>
       </c>
       <c r="P91" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>536</v>
       </c>
       <c r="B92" t="s">
         <v>537</v>
       </c>
       <c r="C92" t="s">
         <v>88</v>
       </c>
       <c r="D92" t="s">
-        <v>233</v>
+        <v>407</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
-        <v>538</v>
+        <v>22</v>
       </c>
       <c r="H92">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
+        <v>91</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>171</v>
+      </c>
+      <c r="M92" t="s">
+        <v>414</v>
+      </c>
+      <c r="N92" t="s">
+        <v>94</v>
+      </c>
+      <c r="O92" t="s">
+        <v>538</v>
+      </c>
+      <c r="P92" t="s">
         <v>539</v>
-      </c>
-[...16 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="B93" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="C93" t="s">
         <v>88</v>
       </c>
       <c r="D93" t="s">
-        <v>415</v>
+        <v>176</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>91</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
         <v>171</v>
       </c>
       <c r="M93" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="N93" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="P93" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="B94" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="C94" t="s">
         <v>88</v>
       </c>
       <c r="D94" t="s">
-        <v>176</v>
+        <v>546</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2021</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>91</v>
+        <v>141</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>171</v>
+        <v>547</v>
       </c>
       <c r="M94" t="s">
-        <v>422</v>
+        <v>548</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
         <v>549</v>
       </c>
       <c r="P94" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>551</v>
       </c>
       <c r="B95" t="s">
         <v>552</v>
       </c>
       <c r="C95" t="s">
-        <v>88</v>
+        <v>553</v>
       </c>
       <c r="D95" t="s">
-        <v>553</v>
+        <v>221</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>21</v>
+        <v>254</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>141</v>
+        <v>369</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
-      <c r="L95" t="s">
+      <c r="L95"/>
+      <c r="M95" t="s">
         <v>554</v>
       </c>
-      <c r="M95" t="s">
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
         <v>555</v>
       </c>
-      <c r="N95" t="s">
-[...2 lines deleted...]
-      <c r="O95" t="s">
+      <c r="P95" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
+        <v>557</v>
+      </c>
+      <c r="B96" t="s">
         <v>558</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="D96" t="s">
         <v>336</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>254</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2025</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="M96" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="P96" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="B97" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="C97" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D97" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2022</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="P97" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="B98" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="C98" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D98" t="s">
         <v>32</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2012</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
         <v>34</v>
       </c>
       <c r="M98" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="P98" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="B99" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="C99" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D99" t="s">
         <v>61</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>254</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2019</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="M99" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="P99" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="B100" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="C100" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="D100" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>254</v>
       </c>
       <c r="G100" t="s">
-        <v>22</v>
+        <v>578</v>
       </c>
       <c r="H100">
         <v>2018</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
         <v>33</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="M100" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="P100" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="B101" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="C101" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="D101" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>254</v>
       </c>
       <c r="G101" t="s">
-        <v>22</v>
+        <v>578</v>
       </c>
       <c r="H101">
         <v>2013</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>33</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="M101" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="P101" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B102" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="C102" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="D102" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>254</v>
       </c>
       <c r="G102" t="s">
-        <v>22</v>
+        <v>578</v>
       </c>
       <c r="H102">
         <v>2020</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
         <v>33</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="M102" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="P102" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="B103" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="C103" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="D103" t="s">
         <v>187</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>254</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2020</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>33</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="M103" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="P103" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="B104" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="C104" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="D104" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2015</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
         <v>33</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="M104" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="P104" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="B105" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="C105" t="s">
         <v>286</v>
       </c>
       <c r="D105" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>254</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I105">
         <v>2024</v>
       </c>
       <c r="J105" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="M105" t="s">
         <v>289</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="P105" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="B106" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="C106" t="s">
         <v>286</v>
       </c>
       <c r="D106" t="s">
-        <v>377</v>
+        <v>204</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>254</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I106">
         <v>2024</v>
       </c>
+      <c r="I106"/>
       <c r="J106" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="M106" t="s">
         <v>289</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="P106" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="B107" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="C107" t="s">
         <v>286</v>
       </c>
       <c r="D107" t="s">
-        <v>204</v>
+        <v>618</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>254</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>610</v>
+        <v>288</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="M107" t="s">
         <v>289</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="P107" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
+        <v>622</v>
+      </c>
+      <c r="B108" t="s">
+        <v>623</v>
+      </c>
+      <c r="C108" t="s">
         <v>624</v>
       </c>
-      <c r="B108" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D108" t="s">
-        <v>626</v>
+        <v>436</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>254</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>288</v>
+        <v>607</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="M108" t="s">
         <v>289</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="P108" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
+        <v>628</v>
+      </c>
+      <c r="B109" t="s">
+        <v>629</v>
+      </c>
+      <c r="C109" t="s">
+        <v>286</v>
+      </c>
+      <c r="D109" t="s">
         <v>630</v>
-      </c>
-[...7 lines deleted...]
-        <v>444</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>254</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
+        <v>2021</v>
+      </c>
+      <c r="I109">
         <v>2024</v>
       </c>
-      <c r="I109"/>
       <c r="J109" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="M109" t="s">
         <v>289</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="P109" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="B110" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="C110" t="s">
         <v>286</v>
       </c>
       <c r="D110" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>254</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2021</v>
       </c>
       <c r="I110">
         <v>2024</v>
       </c>
       <c r="J110" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="M110" t="s">
         <v>289</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="P110" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="B111" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="C111" t="s">
         <v>286</v>
       </c>
       <c r="D111" t="s">
-        <v>644</v>
+        <v>362</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>254</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2021</v>
       </c>
       <c r="I111">
         <v>2024</v>
       </c>
       <c r="J111" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="M111" t="s">
         <v>289</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="P111" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
+        <v>645</v>
+      </c>
+      <c r="B112" t="s">
+        <v>645</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>646</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>90</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>1990</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>192</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>647</v>
+      </c>
+      <c r="M112" t="s">
+        <v>26</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
         <v>648</v>
       </c>
-      <c r="B112" t="s">
+      <c r="P112" t="s">
         <v>649</v>
-      </c>
-[...40 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="B113" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>654</v>
+        <v>368</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>90</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>1990</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>192</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="M113" t="s">
         <v>26</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="P113" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="B114" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
-        <v>377</v>
+        <v>523</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>90</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>192</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="M114" t="s">
         <v>26</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="P114" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B115" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="C115" t="s">
-        <v>18</v>
+        <v>661</v>
       </c>
       <c r="D115" t="s">
-        <v>530</v>
+        <v>67</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>90</v>
       </c>
       <c r="G115" t="s">
-        <v>22</v>
+        <v>300</v>
       </c>
       <c r="H115">
-        <v>1987</v>
-[...1 lines deleted...]
-      <c r="I115"/>
+        <v>2008</v>
+      </c>
+      <c r="I115">
+        <v>2014</v>
+      </c>
       <c r="J115" t="s">
-        <v>192</v>
+        <v>377</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
+        <v>662</v>
+      </c>
+      <c r="M115" t="s">
+        <v>663</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
         <v>664</v>
       </c>
-      <c r="M115" t="s">
-[...5 lines deleted...]
-      <c r="O115" t="s">
+      <c r="P115" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
+        <v>666</v>
+      </c>
+      <c r="B116" t="s">
         <v>667</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
+        <v>661</v>
+      </c>
+      <c r="D116" t="s">
         <v>668</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>90</v>
       </c>
       <c r="G116" t="s">
-        <v>300</v>
+        <v>22</v>
       </c>
       <c r="H116">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I116"/>
       <c r="J116" t="s">
-        <v>385</v>
+        <v>309</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
-      <c r="L116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L116"/>
       <c r="M116" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="P116" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="B117" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="C117" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="D117" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>90</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
-      <c r="H117">
-[...2 lines deleted...]
-      <c r="I117"/>
+      <c r="H117"/>
+      <c r="I117">
+        <v>2024</v>
+      </c>
       <c r="J117" t="s">
         <v>309</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="P117" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="B118" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="C118" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="D118" t="s">
-        <v>680</v>
+        <v>636</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>90</v>
       </c>
       <c r="G118" t="s">
-        <v>22</v>
+        <v>300</v>
       </c>
       <c r="H118">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I118"/>
+        <v>2008</v>
+      </c>
+      <c r="I118">
+        <v>2014</v>
+      </c>
       <c r="J118" t="s">
-        <v>309</v>
+        <v>377</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
-      <c r="L118"/>
+      <c r="L118" t="s">
+        <v>676</v>
+      </c>
       <c r="M118" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="P118" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="B119" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="C119" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="D119" t="s">
-        <v>644</v>
+        <v>362</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>90</v>
       </c>
       <c r="G119" t="s">
         <v>300</v>
       </c>
       <c r="H119">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I119">
         <v>2014</v>
       </c>
+      <c r="I119"/>
       <c r="J119" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="M119" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="P119" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="B120" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="C120" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="D120" t="s">
-        <v>371</v>
+        <v>105</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>90</v>
       </c>
       <c r="G120" t="s">
         <v>300</v>
       </c>
       <c r="H120">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="M120" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="P120" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="B121" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="C121" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="D121" t="s">
-        <v>105</v>
+        <v>688</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>90</v>
       </c>
       <c r="G121" t="s">
         <v>300</v>
       </c>
       <c r="H121">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>385</v>
+        <v>309</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
-      <c r="L121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L121"/>
       <c r="M121" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="P121" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="B122" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="C122" t="s">
-        <v>669</v>
+        <v>18</v>
       </c>
       <c r="D122" t="s">
-        <v>696</v>
+        <v>204</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>90</v>
+        <v>254</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>309</v>
+        <v>192</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
-      <c r="L122"/>
+      <c r="L122" t="s">
+        <v>692</v>
+      </c>
       <c r="M122" t="s">
-        <v>671</v>
+        <v>26</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="P122" t="s">
-        <v>673</v>
+        <v>694</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="B123" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="C123" t="s">
-        <v>18</v>
+        <v>316</v>
       </c>
       <c r="D123" t="s">
-        <v>204</v>
+        <v>697</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>254</v>
+        <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>192</v>
+        <v>325</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
-      <c r="L123" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L123"/>
       <c r="M123" t="s">
-        <v>26</v>
+        <v>320</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="P123" t="s">
-        <v>702</v>
+        <v>333</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="B124" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="C124" t="s">
         <v>316</v>
       </c>
       <c r="D124" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>21</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
         <v>325</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
         <v>320</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="P124" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="B125" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="C125" t="s">
-        <v>316</v>
+        <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>21</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>325</v>
+        <v>192</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>320</v>
+        <v>26</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="P125" t="s">
-        <v>333</v>
+        <v>707</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="B126" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="C126" t="s">
-        <v>18</v>
+        <v>661</v>
       </c>
       <c r="D126" t="s">
-        <v>713</v>
+        <v>668</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>21</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
-        <v>2002</v>
+        <v>2025</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>192</v>
+        <v>309</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>26</v>
+        <v>663</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="P126" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="B127" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="C127" t="s">
-        <v>669</v>
+        <v>714</v>
       </c>
       <c r="D127" t="s">
-        <v>676</v>
+        <v>630</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>21</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>309</v>
+        <v>288</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
-      <c r="L127"/>
+      <c r="L127" t="s">
+        <v>715</v>
+      </c>
       <c r="M127" t="s">
-        <v>671</v>
+        <v>716</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
+        <v>717</v>
+      </c>
+      <c r="P127" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
+        <v>719</v>
+      </c>
+      <c r="B128" t="s">
         <v>720</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
         <v>721</v>
-      </c>
-[...4 lines deleted...]
-        <v>638</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>288</v>
+        <v>192</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
+        <v>722</v>
+      </c>
+      <c r="M128" t="s">
+        <v>26</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
         <v>723</v>
       </c>
-      <c r="M128" t="s">
+      <c r="P128" t="s">
         <v>724</v>
-      </c>
-[...7 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B129" t="s">
-        <v>728</v>
+        <v>315</v>
       </c>
       <c r="C129" t="s">
-        <v>18</v>
+        <v>316</v>
       </c>
       <c r="D129" t="s">
-        <v>729</v>
+        <v>317</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>192</v>
+        <v>325</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>730</v>
+        <v>319</v>
       </c>
       <c r="M129" t="s">
-        <v>26</v>
+        <v>320</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="P129" t="s">
-        <v>732</v>
+        <v>333</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
       <c r="B130" t="s">
-        <v>315</v>
+        <v>329</v>
       </c>
       <c r="C130" t="s">
         <v>316</v>
       </c>
       <c r="D130" t="s">
-        <v>317</v>
+        <v>330</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2009</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>325</v>
+        <v>23</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
       <c r="M130" t="s">
         <v>320</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="P130" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
       <c r="B131" t="s">
-        <v>329</v>
+        <v>730</v>
       </c>
       <c r="C131" t="s">
         <v>316</v>
       </c>
       <c r="D131" t="s">
-        <v>330</v>
+        <v>407</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>23</v>
+        <v>325</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
-      <c r="L131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L131"/>
       <c r="M131" t="s">
         <v>320</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="P131" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="B132" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="C132" t="s">
-        <v>316</v>
+        <v>714</v>
       </c>
       <c r="D132" t="s">
-        <v>415</v>
+        <v>734</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>325</v>
+        <v>288</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
-      <c r="L132"/>
+      <c r="L132" t="s">
+        <v>735</v>
+      </c>
       <c r="M132" t="s">
-        <v>320</v>
+        <v>716</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="P132" t="s">
-        <v>333</v>
+        <v>718</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="B133" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="C133" t="s">
-        <v>722</v>
+        <v>714</v>
       </c>
       <c r="D133" t="s">
-        <v>742</v>
+        <v>52</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2018</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
         <v>288</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="M133" t="s">
-        <v>724</v>
+        <v>716</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="P133" t="s">
-        <v>726</v>
+        <v>718</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="B134" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="C134" t="s">
-        <v>722</v>
+        <v>316</v>
       </c>
       <c r="D134" t="s">
-        <v>52</v>
+        <v>340</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
-        <v>2018</v>
+        <v>2004</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>288</v>
+        <v>23</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>747</v>
+        <v>341</v>
       </c>
       <c r="M134" t="s">
-        <v>724</v>
+        <v>320</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="P134" t="s">
-        <v>726</v>
+        <v>333</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="B135" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="C135" t="s">
-        <v>316</v>
+        <v>714</v>
       </c>
       <c r="D135" t="s">
-        <v>340</v>
+        <v>39</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>23</v>
+        <v>288</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>341</v>
+        <v>746</v>
       </c>
       <c r="M135" t="s">
-        <v>320</v>
+        <v>716</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="P135" t="s">
-        <v>333</v>
+        <v>718</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="B136" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="C136" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="D136" t="s">
-        <v>39</v>
+        <v>672</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
-        <v>22</v>
+        <v>300</v>
       </c>
       <c r="H136">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>288</v>
+        <v>309</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
-      <c r="L136" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L136"/>
       <c r="M136" t="s">
-        <v>724</v>
+        <v>663</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="P136" t="s">
-        <v>726</v>
+        <v>711</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
       <c r="B137" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="C137" t="s">
-        <v>669</v>
+        <v>18</v>
       </c>
       <c r="D137" t="s">
-        <v>680</v>
+        <v>153</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
-        <v>300</v>
+        <v>22</v>
       </c>
       <c r="H137">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>309</v>
+        <v>192</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
-      <c r="L137"/>
+      <c r="L137" t="s">
+        <v>753</v>
+      </c>
       <c r="M137" t="s">
-        <v>671</v>
+        <v>26</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
       <c r="P137" t="s">
-        <v>719</v>
+        <v>755</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="B138" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="C138" t="s">
-        <v>18</v>
+        <v>316</v>
       </c>
       <c r="D138" t="s">
         <v>153</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>192</v>
+        <v>325</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
-      <c r="L138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L138"/>
       <c r="M138" t="s">
-        <v>26</v>
+        <v>320</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="P138" t="s">
-        <v>763</v>
+        <v>333</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="B139" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="C139" t="s">
-        <v>316</v>
+        <v>661</v>
       </c>
       <c r="D139" t="s">
-        <v>153</v>
+        <v>362</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>325</v>
+        <v>309</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>320</v>
+        <v>663</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="P139" t="s">
-        <v>333</v>
+        <v>711</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="B140" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="C140" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="D140" t="s">
-        <v>371</v>
+        <v>123</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H140"/>
+        <v>300</v>
+      </c>
+      <c r="H140">
+        <v>2018</v>
+      </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>309</v>
+        <v>377</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
-      <c r="L140"/>
+      <c r="L140" t="s">
+        <v>764</v>
+      </c>
       <c r="M140" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="N140" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="O140" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="P140" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="B141" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="C141" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="D141" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>300</v>
       </c>
       <c r="H141">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="M141" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="N141" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="P141" t="s">
-        <v>719</v>
+        <v>770</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="B142" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="C142" t="s">
-        <v>669</v>
+        <v>316</v>
       </c>
       <c r="D142" t="s">
-        <v>105</v>
+        <v>345</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
-        <v>300</v>
+        <v>22</v>
       </c>
       <c r="H142">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>385</v>
+        <v>325</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>776</v>
+        <v>346</v>
       </c>
       <c r="M142" t="s">
-        <v>671</v>
+        <v>320</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="P142" t="s">
-        <v>778</v>
+        <v>333</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="B143" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="C143" t="s">
-        <v>316</v>
+        <v>661</v>
       </c>
       <c r="D143" t="s">
-        <v>345</v>
+        <v>688</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
-        <v>2009</v>
+        <v>2025</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>325</v>
+        <v>309</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
-      <c r="L143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>320</v>
+        <v>663</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="P143" t="s">
-        <v>333</v>
+        <v>711</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="B144" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="C144" t="s">
-        <v>669</v>
+        <v>384</v>
       </c>
       <c r="D144" t="s">
-        <v>696</v>
+        <v>330</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>21</v>
+        <v>254</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>309</v>
+        <v>141</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
-      <c r="L144"/>
+      <c r="L144" t="s">
+        <v>779</v>
+      </c>
       <c r="M144" t="s">
-        <v>671</v>
+        <v>780</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="P144" t="s">
-        <v>719</v>
+        <v>782</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="B145" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="C145" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="D145" t="s">
-        <v>330</v>
+        <v>636</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>254</v>
       </c>
       <c r="G145" t="s">
-        <v>22</v>
+        <v>785</v>
       </c>
       <c r="H145">
         <v>2021</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>141</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
+        <v>786</v>
+      </c>
+      <c r="M145" t="s">
+        <v>780</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
         <v>787</v>
       </c>
-      <c r="M145" t="s">
+      <c r="P145" t="s">
         <v>788</v>
-      </c>
-[...7 lines deleted...]
-        <v>790</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B146" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C146" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="D146" t="s">
-        <v>644</v>
+        <v>187</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>254</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2021</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
         <v>141</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
+        <v>791</v>
+      </c>
+      <c r="M146" t="s">
+        <v>780</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>792</v>
+      </c>
+      <c r="P146" t="s">
         <v>793</v>
-      </c>
-[...10 lines deleted...]
-        <v>795</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
+        <v>794</v>
+      </c>
+      <c r="B147" t="s">
+        <v>795</v>
+      </c>
+      <c r="C147" t="s">
         <v>796</v>
       </c>
-      <c r="B147" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D147" t="s">
-        <v>187</v>
+        <v>636</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>254</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>141</v>
+        <v>607</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
+        <v>797</v>
+      </c>
+      <c r="M147" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
         <v>799</v>
       </c>
       <c r="P147" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
         <v>801</v>
       </c>
-      <c r="B148" t="s">
+      <c r="B148"/>
+      <c r="C148" t="s">
         <v>802</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
         <v>803</v>
       </c>
-      <c r="D148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
-        <v>254</v>
+        <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>610</v>
+        <v>141</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
-      <c r="L148" t="s">
+      <c r="L148"/>
+      <c r="M148" t="s">
         <v>804</v>
       </c>
-      <c r="M148" t="s">
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
         <v>805</v>
       </c>
-      <c r="N148" t="s">
-[...2 lines deleted...]
-      <c r="O148" t="s">
+      <c r="P148" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
+        <v>807</v>
+      </c>
+      <c r="B149" t="s">
         <v>808</v>
       </c>
-      <c r="B149"/>
       <c r="C149" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D149" t="s">
-        <v>810</v>
+        <v>407</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
-        <v>2021</v>
+        <v>2003</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
         <v>141</v>
       </c>
       <c r="K149" t="s">
-        <v>24</v>
+        <v>809</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N149" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="O149" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="P149" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="B150" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="C150" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D150" t="s">
-        <v>415</v>
+        <v>245</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
         <v>141</v>
       </c>
       <c r="K150" t="s">
-        <v>816</v>
+        <v>24</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N150" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="P150" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="B151" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="C151" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D151" t="s">
         <v>245</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>21</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
         <v>141</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="P151" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>821</v>
-[...3 lines deleted...]
-      </c>
+        <v>817</v>
+      </c>
+      <c r="B152"/>
       <c r="C152" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D152" t="s">
-        <v>245</v>
+        <v>52</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
         <v>141</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>823</v>
+        <v>818</v>
       </c>
       <c r="P152" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>824</v>
+        <v>819</v>
       </c>
       <c r="B153"/>
       <c r="C153" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D153" t="s">
-        <v>52</v>
+        <v>350</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I153"/>
+        <v>2011</v>
+      </c>
+      <c r="I153">
+        <v>2016</v>
+      </c>
       <c r="J153" t="s">
         <v>141</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>825</v>
+        <v>820</v>
       </c>
       <c r="P153" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>826</v>
+        <v>821</v>
       </c>
       <c r="B154"/>
       <c r="C154" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D154" t="s">
-        <v>359</v>
+        <v>76</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>21</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I154"/>
       <c r="J154" t="s">
         <v>141</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
       <c r="P154" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
       <c r="B155"/>
       <c r="C155" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D155" t="s">
-        <v>76</v>
+        <v>198</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>21</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>2015</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
         <v>141</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="P155" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>830</v>
+        <v>825</v>
       </c>
       <c r="B156"/>
       <c r="C156" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D156" t="s">
-        <v>198</v>
+        <v>705</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
         <v>141</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="P156" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
       <c r="B157"/>
       <c r="C157" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D157" t="s">
-        <v>713</v>
+        <v>52</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>21</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
         <v>141</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="P157" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>834</v>
+        <v>829</v>
       </c>
       <c r="B158"/>
       <c r="C158" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D158" t="s">
-        <v>52</v>
+        <v>830</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>21</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
         <v>141</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="P158" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="B159"/>
+        <v>832</v>
+      </c>
+      <c r="B159" t="s">
+        <v>833</v>
+      </c>
       <c r="C159" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D159" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
         <v>141</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>838</v>
-[...3 lines deleted...]
-      </c>
+        <v>835</v>
+      </c>
+      <c r="P159"/>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>839</v>
-[...3 lines deleted...]
-      </c>
+        <v>836</v>
+      </c>
+      <c r="B160"/>
       <c r="C160" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D160" t="s">
-        <v>841</v>
+        <v>187</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
-        <v>2002</v>
+        <v>2020</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
         <v>141</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>842</v>
-[...1 lines deleted...]
-      <c r="P160"/>
+        <v>837</v>
+      </c>
+      <c r="P160" t="s">
+        <v>806</v>
+      </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="B161"/>
       <c r="C161" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D161" t="s">
-        <v>187</v>
+        <v>839</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
         <v>141</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
       <c r="P161" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="B162"/>
       <c r="C162" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D162" t="s">
-        <v>846</v>
+        <v>245</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
         <v>141</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="P162" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>848</v>
-[...1 lines deleted...]
-      <c r="B163"/>
+        <v>843</v>
+      </c>
+      <c r="B163" t="s">
+        <v>844</v>
+      </c>
       <c r="C163" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D163" t="s">
-        <v>245</v>
+        <v>267</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
         <v>141</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="P163" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="B164" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="C164" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D164" t="s">
-        <v>267</v>
+        <v>67</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>21</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
-        <v>2020</v>
+        <v>2002</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
         <v>141</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="P164" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="B165" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="C165" t="s">
-        <v>809</v>
+        <v>384</v>
       </c>
       <c r="D165" t="s">
-        <v>67</v>
+        <v>851</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
-        <v>21</v>
+        <v>254</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
-        <v>2002</v>
+        <v>2021</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
         <v>141</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
-        <v>811</v>
+        <v>385</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="P165" t="s">
-        <v>813</v>
+        <v>853</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
+        <v>854</v>
+      </c>
+      <c r="B166" t="s">
+        <v>855</v>
+      </c>
+      <c r="C166" t="s">
         <v>856</v>
       </c>
-      <c r="B166" t="s">
+      <c r="D166" t="s">
+        <v>67</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
         <v>857</v>
       </c>
-      <c r="C166" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>141</v>
+        <v>858</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
-        <v>393</v>
+        <v>859</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="P166" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B167" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C167" t="s">
-        <v>863</v>
+        <v>796</v>
       </c>
       <c r="D167" t="s">
-        <v>67</v>
+        <v>864</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>864</v>
+        <v>254</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I167"/>
+        <v>2014</v>
+      </c>
+      <c r="I167">
+        <v>2024</v>
+      </c>
       <c r="J167" t="s">
+        <v>607</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
         <v>865</v>
       </c>
-      <c r="K167" t="s">
-[...2 lines deleted...]
-      <c r="L167"/>
       <c r="M167" t="s">
+        <v>798</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
         <v>866</v>
       </c>
-      <c r="N167" t="s">
-[...2 lines deleted...]
-      <c r="O167" t="s">
+      <c r="P167" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
+        <v>868</v>
+      </c>
+      <c r="B168" t="s">
         <v>869</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="D168" t="s">
-        <v>871</v>
+        <v>67</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>254</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>2014</v>
       </c>
       <c r="I168">
         <v>2024</v>
       </c>
       <c r="J168" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168" t="s">
+        <v>870</v>
+      </c>
+      <c r="M168" t="s">
+        <v>798</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>871</v>
+      </c>
+      <c r="P168" t="s">
         <v>872</v>
-      </c>
-[...10 lines deleted...]
-        <v>874</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
+        <v>873</v>
+      </c>
+      <c r="B169" t="s">
+        <v>874</v>
+      </c>
+      <c r="C169" t="s">
+        <v>286</v>
+      </c>
+      <c r="D169" t="s">
+        <v>705</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>90</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2002</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>274</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169"/>
+      <c r="M169" t="s">
+        <v>289</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
         <v>875</v>
       </c>
-      <c r="B169" t="s">
+      <c r="P169" t="s">
         <v>876</v>
-      </c>
-[...40 lines deleted...]
-        <v>879</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="B170" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="C170" t="s">
         <v>286</v>
       </c>
       <c r="D170" t="s">
-        <v>713</v>
+        <v>39</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>90</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
         <v>274</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
-      <c r="L170"/>
+      <c r="L170" t="s">
+        <v>879</v>
+      </c>
       <c r="M170" t="s">
         <v>289</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="P170" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="B171" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="C171" t="s">
         <v>286</v>
       </c>
       <c r="D171" t="s">
-        <v>39</v>
+        <v>705</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>90</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
         <v>274</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="M171" t="s">
         <v>289</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="P171" t="s">
-        <v>888</v>
+        <v>881</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="B172" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="C172" t="s">
         <v>286</v>
       </c>
       <c r="D172" t="s">
-        <v>713</v>
+        <v>362</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>90</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>274</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="M172" t="s">
         <v>289</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="P172" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="B173" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="C173" t="s">
         <v>286</v>
       </c>
       <c r="D173" t="s">
-        <v>371</v>
+        <v>61</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>90</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>2013</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
         <v>274</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="M173" t="s">
         <v>289</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="P173" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="B174" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="C174" t="s">
         <v>286</v>
       </c>
       <c r="D174" t="s">
-        <v>61</v>
+        <v>368</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>90</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174">
         <v>2013</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
         <v>274</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="M174" t="s">
         <v>289</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="P174" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
+        <v>901</v>
+      </c>
+      <c r="B175" t="s">
+        <v>902</v>
+      </c>
+      <c r="C175" t="s">
         <v>903</v>
       </c>
-      <c r="B175" t="s">
+      <c r="D175" t="s">
         <v>904</v>
       </c>
-      <c r="C175" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
-        <v>90</v>
+        <v>254</v>
       </c>
       <c r="G175" t="s">
-        <v>22</v>
+        <v>300</v>
       </c>
       <c r="H175">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>274</v>
+        <v>905</v>
       </c>
       <c r="K175" t="s">
         <v>24</v>
       </c>
       <c r="L175" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="M175" t="s">
-        <v>289</v>
+        <v>907</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="P175" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="B176" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="C176" t="s">
-        <v>910</v>
+        <v>903</v>
       </c>
       <c r="D176" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
-        <v>254</v>
+        <v>913</v>
       </c>
       <c r="G176" t="s">
         <v>300</v>
       </c>
       <c r="H176">
         <v>2024</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
-        <v>912</v>
+        <v>905</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="M176" t="s">
-        <v>914</v>
+        <v>907</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
         <v>915</v>
       </c>
       <c r="P176" t="s">
-        <v>916</v>
+        <v>909</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
+        <v>916</v>
+      </c>
+      <c r="B177" t="s">
         <v>917</v>
       </c>
-      <c r="B177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" t="s">
-        <v>910</v>
+        <v>802</v>
       </c>
       <c r="D177" t="s">
-        <v>919</v>
+        <v>395</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
-        <v>920</v>
+        <v>90</v>
       </c>
       <c r="G177" t="s">
-        <v>300</v>
+        <v>22</v>
       </c>
       <c r="H177">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>912</v>
+        <v>192</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
-      <c r="L177" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L177"/>
       <c r="M177" t="s">
-        <v>914</v>
+        <v>804</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="P177" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="B178" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="C178" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D178" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>90</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178">
         <v>2016</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
         <v>192</v>
       </c>
       <c r="K178" t="s">
         <v>24</v>
       </c>
       <c r="L178"/>
       <c r="M178" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="P178" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="B179" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="C179" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D179" t="s">
-        <v>403</v>
+        <v>198</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
-        <v>90</v>
+        <v>254</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
         <v>192</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="P179" t="s">
-        <v>930</v>
+        <v>806</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="B180" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="C180" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D180" t="s">
-        <v>198</v>
+        <v>395</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
         <v>254</v>
       </c>
       <c r="G180" t="s">
         <v>22</v>
       </c>
       <c r="H180">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
         <v>192</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="P180" t="s">
-        <v>813</v>
+        <v>930</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="B181" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="C181" t="s">
-        <v>809</v>
+        <v>714</v>
       </c>
       <c r="D181" t="s">
-        <v>403</v>
+        <v>933</v>
       </c>
       <c r="E181" t="s">
         <v>20</v>
       </c>
       <c r="F181" t="s">
-        <v>254</v>
+        <v>90</v>
       </c>
       <c r="G181" t="s">
         <v>22</v>
       </c>
       <c r="H181">
         <v>2018</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>192</v>
+        <v>255</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181"/>
       <c r="M181" t="s">
-        <v>811</v>
+        <v>716</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="P181" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="B182" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="C182" t="s">
-        <v>722</v>
+        <v>937</v>
       </c>
       <c r="D182" t="s">
-        <v>940</v>
+        <v>705</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
-        <v>90</v>
+        <v>254</v>
       </c>
       <c r="G182" t="s">
         <v>22</v>
       </c>
       <c r="H182">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>255</v>
+        <v>33</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
-      <c r="L182"/>
+      <c r="L182" t="s">
+        <v>938</v>
+      </c>
       <c r="M182" t="s">
-        <v>724</v>
+        <v>939</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
+        <v>940</v>
+      </c>
+      <c r="P182" t="s">
         <v>941</v>
-      </c>
-[...1 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="B183" t="s">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="C183" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="D183" t="s">
-        <v>713</v>
+        <v>67</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
         <v>254</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
       <c r="H183">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
         <v>33</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
-      <c r="L183" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L183"/>
       <c r="M183" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="P183" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="B184" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="C184" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="D184" t="s">
-        <v>67</v>
+        <v>947</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
         <v>254</v>
       </c>
       <c r="G184" t="s">
         <v>22</v>
       </c>
       <c r="H184">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
         <v>33</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
-      <c r="L184"/>
+      <c r="L184" t="s">
+        <v>948</v>
+      </c>
       <c r="M184" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
+        <v>949</v>
+      </c>
+      <c r="P184" t="s">
         <v>950</v>
-      </c>
-[...1 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
+        <v>951</v>
+      </c>
+      <c r="B185" t="s">
         <v>952</v>
       </c>
-      <c r="B185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="D185" t="s">
-        <v>954</v>
+        <v>39</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>254</v>
       </c>
       <c r="G185" t="s">
         <v>22</v>
       </c>
       <c r="H185">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
-        <v>33</v>
+        <v>953</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
-      <c r="L185" t="s">
+      <c r="L185"/>
+      <c r="M185" t="s">
+        <v>939</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>954</v>
+      </c>
+      <c r="P185" t="s">
         <v>955</v>
-      </c>
-[...10 lines deleted...]
-        <v>957</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="B186" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="C186" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="D186" t="s">
-        <v>39</v>
+        <v>636</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>254</v>
       </c>
       <c r="G186" t="s">
         <v>22</v>
       </c>
       <c r="H186">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
+        <v>33</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>958</v>
+      </c>
+      <c r="M186" t="s">
+        <v>939</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>959</v>
+      </c>
+      <c r="P186" t="s">
         <v>960</v>
-      </c>
-[...14 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="B187" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="C187" t="s">
-        <v>944</v>
+        <v>273</v>
       </c>
       <c r="D187" t="s">
-        <v>644</v>
+        <v>99</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
-        <v>254</v>
+        <v>21</v>
       </c>
       <c r="G187" t="s">
         <v>22</v>
       </c>
       <c r="H187">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>33</v>
+        <v>288</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187" t="s">
+        <v>963</v>
+      </c>
+      <c r="M187" t="s">
+        <v>275</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>964</v>
+      </c>
+      <c r="P187" t="s">
         <v>965</v>
-      </c>
-[...10 lines deleted...]
-        <v>967</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="B188" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="C188" t="s">
         <v>273</v>
       </c>
       <c r="D188" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
         <v>21</v>
       </c>
       <c r="G188" t="s">
         <v>22</v>
       </c>
       <c r="H188">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>288</v>
+        <v>274</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
-      <c r="L188" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L188"/>
       <c r="M188" t="s">
         <v>275</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="P188" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="B189" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="C189" t="s">
         <v>273</v>
       </c>
       <c r="D189" t="s">
-        <v>159</v>
+        <v>111</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>21</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
       <c r="H189">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>274</v>
+        <v>369</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189"/>
       <c r="M189" t="s">
         <v>275</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="P189" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="B190" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C190" t="s">
         <v>273</v>
       </c>
       <c r="D190" t="s">
-        <v>111</v>
+        <v>976</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>21</v>
       </c>
       <c r="G190" t="s">
-        <v>22</v>
+        <v>300</v>
       </c>
       <c r="H190">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="I190"/>
       <c r="J190" t="s">
-        <v>351</v>
+        <v>288</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
         <v>275</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="P190" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="B191" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="C191" t="s">
         <v>273</v>
       </c>
       <c r="D191" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>21</v>
       </c>
       <c r="G191" t="s">
         <v>300</v>
       </c>
       <c r="H191">
         <v>2021</v>
       </c>
       <c r="I191"/>
       <c r="J191" t="s">
         <v>288</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
         <v>275</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>984</v>
+        <v>982</v>
       </c>
       <c r="P191" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="B192" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
       <c r="C192" t="s">
         <v>273</v>
       </c>
       <c r="D192" t="s">
-        <v>988</v>
+        <v>67</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>21</v>
       </c>
       <c r="G192" t="s">
         <v>300</v>
       </c>
       <c r="H192">
         <v>2021</v>
       </c>
       <c r="I192"/>
       <c r="J192" t="s">
         <v>288</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
         <v>275</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="P192" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="B193" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="C193" t="s">
         <v>273</v>
       </c>
       <c r="D193" t="s">
-        <v>67</v>
+        <v>198</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
         <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>300</v>
+        <v>22</v>
       </c>
       <c r="H193">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>288</v>
+        <v>274</v>
       </c>
       <c r="K193" t="s">
-        <v>24</v>
+        <v>990</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
         <v>275</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="P193" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B194" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="C194" t="s">
         <v>273</v>
       </c>
       <c r="D194" t="s">
-        <v>198</v>
+        <v>995</v>
       </c>
       <c r="E194" t="s">
         <v>20</v>
       </c>
       <c r="F194" t="s">
         <v>21</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
-        <v>274</v>
+        <v>288</v>
       </c>
       <c r="K194" t="s">
-        <v>997</v>
-[...1 lines deleted...]
-      <c r="L194"/>
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>996</v>
+      </c>
       <c r="M194" t="s">
         <v>275</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
+        <v>997</v>
+      </c>
+      <c r="P194" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
+        <v>999</v>
+      </c>
+      <c r="B195" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="C195" t="s">
         <v>273</v>
       </c>
       <c r="D195" t="s">
-        <v>1002</v>
+        <v>362</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
         <v>21</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195">
         <v>2012</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
         <v>288</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
-      <c r="L195" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L195"/>
       <c r="M195" t="s">
         <v>275</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="P195" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="B196" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="C196" t="s">
         <v>273</v>
       </c>
       <c r="D196" t="s">
-        <v>371</v>
+        <v>350</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
         <v>21</v>
       </c>
       <c r="G196" t="s">
-        <v>22</v>
+        <v>300</v>
       </c>
       <c r="H196">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
         <v>288</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
-      <c r="L196"/>
+      <c r="L196" t="s">
+        <v>1005</v>
+      </c>
       <c r="M196" t="s">
         <v>275</v>
       </c>
       <c r="N196" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="O196" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="P196" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="B197" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="C197" t="s">
-        <v>273</v>
+        <v>856</v>
       </c>
       <c r="D197" t="s">
-        <v>359</v>
+        <v>67</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
         <v>21</v>
       </c>
       <c r="G197" t="s">
-        <v>300</v>
+        <v>22</v>
       </c>
       <c r="H197">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
-        <v>288</v>
+        <v>377</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
-      <c r="L197" t="s">
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>1010</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1011</v>
+      </c>
+      <c r="P197" t="s">
         <v>1012</v>
-      </c>
-[...10 lines deleted...]
-        <v>1014</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="B198" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="C198" t="s">
-        <v>863</v>
+        <v>856</v>
       </c>
       <c r="D198" t="s">
-        <v>67</v>
+        <v>636</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
         <v>21</v>
       </c>
       <c r="G198" t="s">
-        <v>22</v>
+        <v>578</v>
       </c>
       <c r="H198">
-        <v>2023</v>
+        <v>2004</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="K198" t="s">
         <v>24</v>
       </c>
-      <c r="L198"/>
+      <c r="L198" t="s">
+        <v>1015</v>
+      </c>
       <c r="M198" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
         <v>1017</v>
       </c>
-      <c r="N198" t="s">
-[...2 lines deleted...]
-      <c r="O198" t="s">
+      <c r="P198" t="s">
         <v>1018</v>
-      </c>
-[...1 lines deleted...]
-        <v>1019</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B199" t="s">
         <v>1020</v>
       </c>
-      <c r="B199" t="s">
+      <c r="C199" t="s">
+        <v>856</v>
+      </c>
+      <c r="D199" t="s">
         <v>1021</v>
-      </c>
-[...4 lines deleted...]
-        <v>644</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
-        <v>300</v>
+        <v>22</v>
       </c>
       <c r="H199">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="I199"/>
       <c r="J199" t="s">
-        <v>351</v>
+        <v>1022</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
-      <c r="L199" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L199"/>
       <c r="M199" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
         <v>1023</v>
       </c>
-      <c r="N199" t="s">
-[...2 lines deleted...]
-      <c r="O199" t="s">
+      <c r="P199" t="s">
         <v>1024</v>
-      </c>
-[...47 lines deleted...]
-        <v>1031</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">