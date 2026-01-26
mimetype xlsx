--- v0 (2025-10-12)
+++ v1 (2026-01-26)
@@ -12,4837 +12,3970 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1527">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1263">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cfl-standard</t>
   </si>
   <si>
-    <t>CNS 11010-89: Electric Water Heaters</t>
-[...14 lines deleted...]
-    <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
+  </si>
+  <si>
+    <t>Apply to sealed insulating glass unit</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Windows</t>
+    <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>CQC 3117-2020</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
+  </si>
+  <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>CQC3153-2015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
+  </si>
+  <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>CQC 3122-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
+  </si>
+  <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>GB 19576-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
+  </si>
+  <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>Other</t>
-[...14 lines deleted...]
-    <t>Doors</t>
+    <t>GB/T 19411-2003, GB/T 20109-2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
+  </si>
+  <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>GB 37479-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
+  </si>
+  <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>CQC 2209-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
+  </si>
+  <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
+    <t>GB 30721-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
+  </si>
+  <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
+    <t>Industrial Blowers</t>
+  </si>
+  <si>
+    <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
+    <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
+  </si>
+  <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>GB 26920.3-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
+  </si>
+  <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>CQC 3168-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
+  </si>
+  <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
+    <t>CQC 3176-2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
+  </si>
+  <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>GB 28736-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
+  </si>
+  <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>CQC 3133-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
+  </si>
+  <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>GB 30978-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
+  </si>
+  <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
+    <t>Solar Inverters</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>CQC3188-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
+  </si>
+  <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
+    <t>Networking Equipment</t>
+  </si>
+  <si>
+    <t>CQC 3140-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>GB 17896-2012; GB/T 15144-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
+    <t>Uninterruptable Power Supply</t>
+  </si>
+  <si>
+    <t>CQC 3108-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
+  </si>
+  <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
+    <t>Lighting Controls</t>
+  </si>
+  <si>
+    <t>CQC3146-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
+  </si>
+  <si>
+    <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...670 lines deleted...]
-    <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
+    <t>China Quality Certification Centre</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
-    <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
   </si>
   <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
-    <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
   </si>
   <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
-    <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
   </si>
   <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
-    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
   </si>
   <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
-    <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
-[...12 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
   </si>
   <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
+    <t>Servers</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
-    <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
-[...5 lines deleted...]
-    <t>QB/T 1224-2012</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
+  </si>
+  <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads</t>
+  </si>
+  <si>
+    <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
-[...10 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
-    <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
+    <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
+  </si>
+  <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
+    <t>GB 28378-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
+    <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
+  </si>
+  <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>GB 28379-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
+  </si>
+  <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
+    <t>GB/T 8464-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
+  </si>
+  <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
+    <t>GB 25501-2019; GB 18145-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
+    <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
+  </si>
+  <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
+    <t>GB34914-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
+  </si>
+  <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
+    <t>CJ/T 133-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB 30531-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
+    <t>GB 20665-2015; CQC 5105-2015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
+  </si>
+  <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
+    <t>Projectors</t>
+  </si>
+  <si>
+    <t>GB 32028-2015; CQC 6102-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
+    <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
+  </si>
+  <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
+    <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
+  </si>
+  <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>GB 38383-2019</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Bidets</t>
+  </si>
+  <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
-    <t>GBT 26730-2011; GBT 6952-2015</t>
-[...86 lines deleted...]
-    <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Computers</t>
+  </si>
+  <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Cordless/Corded Phones</t>
+  </si>
+  <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
+    <t>Telephony</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-cordlesscorded-phones</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for DVD Players</t>
+  </si>
+  <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
+    <t>DVD|Blu-Ray Players</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-dvd-players</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
+  </si>
+  <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-energy-saving-controlling</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Fax Machine</t>
+  </si>
+  <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Home Audio Products</t>
+  </si>
+  <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Home Gateway</t>
+  </si>
+  <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Microwave Ovens</t>
+  </si>
+  <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-microwave-ovens</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Modem</t>
+  </si>
+  <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Monitors</t>
+  </si>
+  <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Multifunctional devices</t>
+  </si>
+  <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Printers</t>
+  </si>
+  <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Scanners</t>
+  </si>
+  <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Set-Top Boxes</t>
+  </si>
+  <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Televisions</t>
+  </si>
+  <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Refrigerators</t>
+  </si>
+  <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>GB 12021.2-2015; GB 19606-2004</t>
-[...280 lines deleted...]
-  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
-    <t>Energy Conservation Label - Television</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
-[...11 lines deleted...]
-    <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
+  </si>
+  <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
+    <t>Duct Fans</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
-[...29 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
-[...8 lines deleted...]
-    <t>Energy Efficiency Label No5 for Air Purifiers</t>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Label No5 for Short Pans</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
-    <t>March 2022</t>
-[...11 lines deleted...]
-    <t>Energy Efficiency Label No5 for Cooktop</t>
+    <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
-    <t>TIS 2589-2556 (2013)
-[...66 lines deleted...]
-  <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
-    <t>Energy Efficiency Label No5 for TVs</t>
-[...99 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
-    <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
   </si>
   <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
-    <t>Energy Saving Labeling Program - Air Conditioners</t>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
+    <t>Energy-Saving Labeling Program - Space heaters</t>
+  </si>
+  <si>
+    <t>Space heaters using gas or oil for fuel</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
-    <t>November 2019</t>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
-[...94 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
-    <t>Fans - Taiwan</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/fans-taiwan</t>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
-    <t>Fluorescent tubes</t>
-[...4 lines deleted...]
-  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
-    <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
-[...61 lines deleted...]
-  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
-    <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
-[...47 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenmark-n102-electric-cookers</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
-    <t>Greenmark N108 - Gas Stoves</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
   </si>
   <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
-    <t>Greenmark N131 - Range Hoods</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
   </si>
   <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
+    <t>Hard-Drives</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
-    <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenmark-n145-electric-ovens</t>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
   </si>
   <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
-    <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
-[...82 lines deleted...]
-  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
-    <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
-[...53 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
   </si>
   <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
-    <t>Greenmark N78 - Image Output Devices</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
   </si>
   <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
-    <t>Greenmark N88 - Scanners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
   </si>
   <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-2</t>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-5</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-8</t>
+    <t>Ventilation fans</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
-[...68 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
-    <t>Incandescent light bulb energy consumption efficiency standards</t>
-[...53 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
+    <t>https://item.jd.com/10054560130198.html</t>
   </si>
   <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
+    <t>March 2022</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
-    <t>RACs Packaged Terminal - Taiwan</t>
-[...29 lines deleted...]
-    <t>Refrigerators-Freezers - Taiwan</t>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
+    <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
+  </si>
+  <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
+    <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
+  </si>
+  <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
+    <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
+  </si>
+  <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Agricultural Pumps</t>
+  </si>
+  <si>
+    <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 14 - Laptop/Notebook Computers</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
+    <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
+  </si>
+  <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
+    <t>IEC 62301:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 17 - Solid state inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
+    <t>IS 13314:1992</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 21 - Chillers</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
+    <t>IS 16590:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-21-chillers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 22 - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
+    <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
+  </si>
+  <si>
+    <t>Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 25 - Deep Freezers</t>
+  </si>
+  <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan</t>
-[...179 lines deleted...]
-    <t>Schedule 24 - Light Commercial Air Conditioners</t>
+    <t>IS 7872 with all amendments, IS 302-2-24</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-25-deep-freezers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
+    <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 27 - Positive Displacement Air Compressors</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
+    <t>Motors and Motor Driven Equipment</t>
+  </si>
+  <si>
+    <t>IS/ISO 1217, IS 5456</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
+  </si>
+  <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 30 Tyres</t>
+  </si>
+  <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
+    <t>IS 15633</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 36 Packaged Boiler</t>
+  </si>
+  <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
-    <t>IS 1391 (Part 2): 2018</t>
-[...46 lines deleted...]
-  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
-    <t>Schedule 7 - Agricultural Pump Sets</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/schedule-7-agricultural-pump-sets</t>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
   </si>
   <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
+    <t>Mobility</t>
+  </si>
+  <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
-    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
-    <t>Singapore Green Labelling Scheme: LEDs</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
-    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
-    <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
+    <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>SLS 1530: 2016</t>
+    <t>February 2021</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
+    <t>Thailand Environment Institute (TEI)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
-[...31 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
+  </si>
+  <si>
+    <t>Irons</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
+  </si>
+  <si>
+    <t>Hair Dryers</t>
+  </si>
+  <si>
+    <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
-[...12 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
-[...22 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
-    <t>The Energy Efficiency for No. 5 Label for CFLs</t>
-[...22 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-conditioners</t>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>Air Cleaners</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
-    <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
-[...196 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
   </si>
   <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
-    <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
   </si>
   <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
-    <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
+    <t>Water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
-    <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -5106,20811 +4239,11174 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N488"/>
+  <dimension ref="A1:P234"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...34 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>47</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>47</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>47</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>47</v>
+      </c>
+      <c r="N12" t="s">
+        <v>96</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>47</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>44</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>47</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>47</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>47</v>
+      </c>
+      <c r="N16" t="s">
+        <v>96</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>71</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>125</v>
+      </c>
+      <c r="M17" t="s">
+        <v>47</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>71</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>131</v>
+      </c>
+      <c r="M18" t="s">
+        <v>47</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K19" t="s">
+        <v>137</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>47</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" t="s">
+        <v>143</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>44</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>47</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" t="s">
+        <v>149</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>44</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>150</v>
+      </c>
+      <c r="M21" t="s">
+        <v>47</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>41</v>
+      </c>
+      <c r="D22" t="s">
+        <v>155</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>71</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>156</v>
+      </c>
+      <c r="M22" t="s">
+        <v>47</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>157</v>
+      </c>
+      <c r="P22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>41</v>
+      </c>
+      <c r="D23" t="s">
+        <v>161</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>71</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>162</v>
+      </c>
+      <c r="M23" t="s">
+        <v>47</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>41</v>
+      </c>
+      <c r="D24" t="s">
+        <v>167</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>168</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>169</v>
+      </c>
+      <c r="M24" t="s">
+        <v>170</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>41</v>
+      </c>
+      <c r="D25" t="s">
+        <v>175</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>71</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>176</v>
+      </c>
+      <c r="M25" t="s">
+        <v>47</v>
+      </c>
+      <c r="N25" t="s">
+        <v>96</v>
+      </c>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>179</v>
+      </c>
+      <c r="B26" t="s">
+        <v>180</v>
+      </c>
+      <c r="C26" t="s">
+        <v>41</v>
+      </c>
+      <c r="D26" t="s">
+        <v>118</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>44</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
+      <c r="M26" t="s">
+        <v>47</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>182</v>
+      </c>
+      <c r="P26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>184</v>
+      </c>
+      <c r="B27" t="s">
+        <v>185</v>
+      </c>
+      <c r="C27" t="s">
+        <v>41</v>
+      </c>
+      <c r="D27" t="s">
+        <v>118</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>44</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>186</v>
+      </c>
+      <c r="M27" t="s">
+        <v>47</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>187</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>190</v>
+      </c>
+      <c r="C28" t="s">
+        <v>41</v>
+      </c>
+      <c r="D28" t="s">
+        <v>191</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>168</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>192</v>
+      </c>
+      <c r="M28" t="s">
+        <v>170</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>41</v>
+      </c>
+      <c r="D29" t="s">
+        <v>197</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2018</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>44</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>198</v>
+      </c>
+      <c r="M29" t="s">
+        <v>47</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>199</v>
+      </c>
+      <c r="P29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>201</v>
+      </c>
+      <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>41</v>
+      </c>
+      <c r="D30" t="s">
+        <v>203</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>44</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>204</v>
+      </c>
+      <c r="M30" t="s">
+        <v>47</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>205</v>
+      </c>
+      <c r="P30" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>207</v>
+      </c>
+      <c r="B31" t="s">
+        <v>208</v>
+      </c>
+      <c r="C31" t="s">
+        <v>41</v>
+      </c>
+      <c r="D31" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...79 lines deleted...]
-      <c r="E5" t="s">
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>43</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>71</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>209</v>
+      </c>
+      <c r="M31" t="s">
+        <v>47</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>210</v>
+      </c>
+      <c r="P31" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>212</v>
+      </c>
+      <c r="B32" t="s">
+        <v>213</v>
+      </c>
+      <c r="C32" t="s">
         <v>41</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5">
+      <c r="D32" t="s">
+        <v>149</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>43</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>71</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>214</v>
+      </c>
+      <c r="M32" t="s">
+        <v>47</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>215</v>
+      </c>
+      <c r="P32" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>217</v>
+      </c>
+      <c r="B33" t="s">
+        <v>218</v>
+      </c>
+      <c r="C33" t="s">
+        <v>41</v>
+      </c>
+      <c r="D33" t="s">
+        <v>219</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>43</v>
       </c>
-      <c r="K5" t="s">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>71</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>220</v>
+      </c>
+      <c r="M33" t="s">
+        <v>47</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>221</v>
+      </c>
+      <c r="P33" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>223</v>
+      </c>
+      <c r="B34" t="s">
+        <v>224</v>
+      </c>
+      <c r="C34" t="s">
+        <v>41</v>
+      </c>
+      <c r="D34" t="s">
+        <v>225</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>71</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>226</v>
+      </c>
+      <c r="M34" t="s">
+        <v>47</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>227</v>
+      </c>
+      <c r="P34" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>229</v>
+      </c>
+      <c r="B35" t="s">
+        <v>230</v>
+      </c>
+      <c r="C35" t="s">
+        <v>41</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>43</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>71</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>231</v>
+      </c>
+      <c r="M35" t="s">
+        <v>47</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>41</v>
+      </c>
+      <c r="D36" t="s">
+        <v>236</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>71</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>237</v>
+      </c>
+      <c r="M36" t="s">
+        <v>47</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>41</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>43</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
         <v>44</v>
       </c>
-      <c r="L5" t="s">
-[...10 lines deleted...]
-      <c r="A6" t="s">
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>242</v>
+      </c>
+      <c r="M37" t="s">
         <v>47</v>
       </c>
-      <c r="B6" t="s">
-[...8 lines deleted...]
-      <c r="E6" t="s">
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>243</v>
+      </c>
+      <c r="P37" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>245</v>
+      </c>
+      <c r="B38" t="s">
+        <v>246</v>
+      </c>
+      <c r="C38" t="s">
         <v>41</v>
       </c>
-      <c r="F6" t="s">
-[...11 lines deleted...]
-      <c r="J6" t="s">
+      <c r="D38" t="s">
+        <v>236</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>43</v>
       </c>
-      <c r="K6" t="s">
-[...1372 lines deleted...]
-        <v>2012</v>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2016</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K38" t="s">
-        <v>165</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>45</v>
+        <v>247</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N38" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>248</v>
+      </c>
+      <c r="P38" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>167</v>
+        <v>250</v>
       </c>
       <c r="B39" t="s">
-        <v>39</v>
+        <v>251</v>
       </c>
       <c r="C39" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>236</v>
       </c>
       <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2019</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>71</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>252</v>
+      </c>
+      <c r="M39" t="s">
+        <v>47</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>253</v>
+      </c>
+      <c r="P39" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>255</v>
+      </c>
+      <c r="B40" t="s">
+        <v>256</v>
+      </c>
+      <c r="C40" t="s">
         <v>41</v>
       </c>
-      <c r="F39" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>219</v>
       </c>
       <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>43</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40">
+        <v>2017</v>
+      </c>
+      <c r="J40" t="s">
+        <v>44</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>257</v>
+      </c>
+      <c r="M40" t="s">
+        <v>47</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>258</v>
+      </c>
+      <c r="P40" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>260</v>
+      </c>
+      <c r="B41" t="s">
+        <v>261</v>
+      </c>
+      <c r="C41" t="s">
         <v>41</v>
       </c>
-      <c r="F40" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>219</v>
       </c>
       <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2019</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>44</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>262</v>
+      </c>
+      <c r="M41" t="s">
+        <v>47</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>263</v>
+      </c>
+      <c r="P41" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>265</v>
+      </c>
+      <c r="B42" t="s">
+        <v>266</v>
+      </c>
+      <c r="C42" t="s">
         <v>41</v>
       </c>
-      <c r="F41" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="E42" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>43</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2014</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K42" t="s">
-        <v>179</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>45</v>
+        <v>267</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N42" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>268</v>
+      </c>
+      <c r="P42" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>181</v>
+        <v>270</v>
       </c>
       <c r="B43" t="s">
-        <v>39</v>
+        <v>271</v>
       </c>
       <c r="C43" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="E43" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>43</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2017</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K43" t="s">
-        <v>182</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
+        <v>272</v>
+      </c>
+      <c r="M43" t="s">
+        <v>47</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>273</v>
+      </c>
+      <c r="P43" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>275</v>
+      </c>
+      <c r="B44" t="s">
+        <v>276</v>
+      </c>
+      <c r="C44" t="s">
+        <v>41</v>
+      </c>
+      <c r="D44" t="s">
+        <v>277</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2017</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>44</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>278</v>
+      </c>
+      <c r="M44" t="s">
+        <v>47</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>279</v>
+      </c>
+      <c r="P44" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>281</v>
+      </c>
+      <c r="B45" t="s">
+        <v>282</v>
+      </c>
+      <c r="C45" t="s">
+        <v>41</v>
+      </c>
+      <c r="D45" t="s">
         <v>45</v>
       </c>
-      <c r="M43" t="s">
-[...19 lines deleted...]
-      <c r="E44" t="s">
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2018</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>168</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>283</v>
+      </c>
+      <c r="M45" t="s">
+        <v>170</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>284</v>
+      </c>
+      <c r="P45" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>286</v>
+      </c>
+      <c r="B46" t="s">
+        <v>287</v>
+      </c>
+      <c r="C46" t="s">
         <v>41</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44">
+      <c r="D46" t="s">
+        <v>45</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>43</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2018</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>168</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>288</v>
+      </c>
+      <c r="M46" t="s">
+        <v>170</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>289</v>
+      </c>
+      <c r="P46" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>291</v>
+      </c>
+      <c r="B47" t="s">
+        <v>292</v>
+      </c>
+      <c r="C47" t="s">
+        <v>41</v>
+      </c>
+      <c r="D47" t="s">
+        <v>293</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>43</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2018</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>44</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>294</v>
+      </c>
+      <c r="M47" t="s">
+        <v>47</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>295</v>
+      </c>
+      <c r="P47" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>297</v>
+      </c>
+      <c r="B48" t="s">
+        <v>298</v>
+      </c>
+      <c r="C48" t="s">
+        <v>41</v>
+      </c>
+      <c r="D48" t="s">
+        <v>299</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>43</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2021</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>44</v>
+      </c>
+      <c r="K48" t="s">
+        <v>45</v>
+      </c>
+      <c r="L48" t="s">
+        <v>300</v>
+      </c>
+      <c r="M48" t="s">
+        <v>47</v>
+      </c>
+      <c r="N48" t="s">
+        <v>301</v>
+      </c>
+      <c r="O48" t="s">
+        <v>302</v>
+      </c>
+      <c r="P48" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>304</v>
+      </c>
+      <c r="B49" t="s">
+        <v>305</v>
+      </c>
+      <c r="C49" t="s">
+        <v>41</v>
+      </c>
+      <c r="D49" t="s">
+        <v>306</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>43</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>44</v>
+      </c>
+      <c r="K49" t="s">
+        <v>45</v>
+      </c>
+      <c r="L49" t="s">
+        <v>307</v>
+      </c>
+      <c r="M49" t="s">
+        <v>47</v>
+      </c>
+      <c r="N49" t="s">
+        <v>301</v>
+      </c>
+      <c r="O49" t="s">
+        <v>308</v>
+      </c>
+      <c r="P49" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>310</v>
+      </c>
+      <c r="B50" t="s">
+        <v>311</v>
+      </c>
+      <c r="C50" t="s">
+        <v>41</v>
+      </c>
+      <c r="D50" t="s">
+        <v>299</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>43</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2021</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>44</v>
+      </c>
+      <c r="K50" t="s">
+        <v>45</v>
+      </c>
+      <c r="L50" t="s">
+        <v>312</v>
+      </c>
+      <c r="M50" t="s">
+        <v>47</v>
+      </c>
+      <c r="N50" t="s">
+        <v>301</v>
+      </c>
+      <c r="O50" t="s">
+        <v>313</v>
+      </c>
+      <c r="P50" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>315</v>
+      </c>
+      <c r="B51" t="s">
+        <v>316</v>
+      </c>
+      <c r="C51" t="s">
+        <v>41</v>
+      </c>
+      <c r="D51" t="s">
+        <v>317</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>43</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2016</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>44</v>
+      </c>
+      <c r="K51" t="s">
+        <v>45</v>
+      </c>
+      <c r="L51" t="s">
+        <v>318</v>
+      </c>
+      <c r="M51" t="s">
+        <v>47</v>
+      </c>
+      <c r="N51" t="s">
+        <v>301</v>
+      </c>
+      <c r="O51" t="s">
+        <v>319</v>
+      </c>
+      <c r="P51" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>321</v>
+      </c>
+      <c r="B52" t="s">
+        <v>322</v>
+      </c>
+      <c r="C52" t="s">
+        <v>41</v>
+      </c>
+      <c r="D52" t="s">
+        <v>317</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>44</v>
+      </c>
+      <c r="K52" t="s">
+        <v>45</v>
+      </c>
+      <c r="L52" t="s">
+        <v>323</v>
+      </c>
+      <c r="M52" t="s">
+        <v>47</v>
+      </c>
+      <c r="N52" t="s">
+        <v>301</v>
+      </c>
+      <c r="O52" t="s">
+        <v>324</v>
+      </c>
+      <c r="P52" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>326</v>
+      </c>
+      <c r="B53" t="s">
+        <v>327</v>
+      </c>
+      <c r="C53" t="s">
+        <v>41</v>
+      </c>
+      <c r="D53" t="s">
+        <v>317</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>43</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2021</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>44</v>
+      </c>
+      <c r="K53" t="s">
+        <v>45</v>
+      </c>
+      <c r="L53" t="s">
+        <v>328</v>
+      </c>
+      <c r="M53" t="s">
+        <v>47</v>
+      </c>
+      <c r="N53" t="s">
+        <v>301</v>
+      </c>
+      <c r="O53" t="s">
+        <v>329</v>
+      </c>
+      <c r="P53" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>331</v>
+      </c>
+      <c r="B54" t="s">
+        <v>332</v>
+      </c>
+      <c r="C54" t="s">
+        <v>41</v>
+      </c>
+      <c r="D54" t="s">
+        <v>130</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>43</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2016</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>71</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>333</v>
+      </c>
+      <c r="M54" t="s">
+        <v>47</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>334</v>
+      </c>
+      <c r="P54" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>336</v>
+      </c>
+      <c r="B55" t="s">
+        <v>337</v>
+      </c>
+      <c r="C55" t="s">
+        <v>41</v>
+      </c>
+      <c r="D55" t="s">
+        <v>277</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>43</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2013</v>
       </c>
-      <c r="H44"/>
-[...32 lines deleted...]
-      <c r="E45" t="s">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>44</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>338</v>
+      </c>
+      <c r="M55" t="s">
+        <v>47</v>
+      </c>
+      <c r="N55" t="s">
+        <v>301</v>
+      </c>
+      <c r="O55" t="s">
+        <v>339</v>
+      </c>
+      <c r="P55" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>341</v>
+      </c>
+      <c r="B56" t="s">
+        <v>342</v>
+      </c>
+      <c r="C56" t="s">
         <v>41</v>
       </c>
-      <c r="F45" t="s">
-[...40 lines deleted...]
-      <c r="E46" t="s">
+      <c r="D56" t="s">
+        <v>343</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>71</v>
+      </c>
+      <c r="K56" t="s">
+        <v>344</v>
+      </c>
+      <c r="L56" t="s">
+        <v>345</v>
+      </c>
+      <c r="M56" t="s">
+        <v>47</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>346</v>
+      </c>
+      <c r="P56" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>348</v>
+      </c>
+      <c r="B57" t="s">
+        <v>349</v>
+      </c>
+      <c r="C57" t="s">
         <v>41</v>
       </c>
-      <c r="F46" t="s">
-[...5 lines deleted...]
-      <c r="H46">
+      <c r="D57" t="s">
+        <v>124</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>43</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>71</v>
+      </c>
+      <c r="K57" t="s">
+        <v>344</v>
+      </c>
+      <c r="L57" t="s">
+        <v>350</v>
+      </c>
+      <c r="M57" t="s">
+        <v>47</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>351</v>
+      </c>
+      <c r="P57" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>353</v>
+      </c>
+      <c r="B58" t="s">
+        <v>354</v>
+      </c>
+      <c r="C58" t="s">
+        <v>41</v>
+      </c>
+      <c r="D58" t="s">
+        <v>355</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2009</v>
+      </c>
+      <c r="I58">
+        <v>2016</v>
+      </c>
+      <c r="J58" t="s">
+        <v>44</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>356</v>
+      </c>
+      <c r="M58" t="s">
+        <v>47</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>357</v>
+      </c>
+      <c r="P58" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>359</v>
+      </c>
+      <c r="B59" t="s">
+        <v>360</v>
+      </c>
+      <c r="C59" t="s">
+        <v>41</v>
+      </c>
+      <c r="D59" t="s">
+        <v>361</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>43</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2019</v>
       </c>
-      <c r="I46" t="s">
-[...31 lines deleted...]
-      <c r="E47" t="s">
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>44</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>362</v>
+      </c>
+      <c r="M59" t="s">
+        <v>47</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>363</v>
+      </c>
+      <c r="P59" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>365</v>
+      </c>
+      <c r="B60" t="s">
+        <v>366</v>
+      </c>
+      <c r="C60" t="s">
         <v>41</v>
       </c>
-      <c r="F47" t="s">
-[...445 lines deleted...]
-      <c r="H57">
+      <c r="D60" t="s">
+        <v>367</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>43</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>2020</v>
       </c>
-      <c r="I57" t="s">
-[...131 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K60" t="s">
-        <v>246</v>
+        <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>45</v>
+        <v>368</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N60" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>369</v>
+      </c>
+      <c r="O60" t="s">
+        <v>370</v>
+      </c>
+      <c r="P60" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>248</v>
+        <v>372</v>
       </c>
       <c r="B61" t="s">
-        <v>39</v>
+        <v>373</v>
       </c>
       <c r="C61" t="s">
-        <v>245</v>
+        <v>374</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>375</v>
       </c>
       <c r="E61" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>43</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
       </c>
       <c r="H61">
         <v>2010</v>
       </c>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
+        <v>376</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>377</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>378</v>
+      </c>
+      <c r="P61" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>380</v>
+      </c>
+      <c r="B62" t="s">
+        <v>381</v>
+      </c>
+      <c r="C62" t="s">
+        <v>374</v>
+      </c>
+      <c r="D62" t="s">
+        <v>382</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>43</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2009</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>376</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>377</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>383</v>
+      </c>
+      <c r="P62" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>384</v>
+      </c>
+      <c r="B63" t="s">
+        <v>385</v>
+      </c>
+      <c r="C63" t="s">
+        <v>374</v>
+      </c>
+      <c r="D63" t="s">
+        <v>386</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>43</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2010</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>376</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>377</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>387</v>
+      </c>
+      <c r="P63" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>388</v>
+      </c>
+      <c r="B64" t="s">
+        <v>389</v>
+      </c>
+      <c r="C64" t="s">
+        <v>374</v>
+      </c>
+      <c r="D64" t="s">
+        <v>390</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>43</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2010</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>376</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>377</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>391</v>
+      </c>
+      <c r="P64" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>392</v>
+      </c>
+      <c r="B65" t="s">
+        <v>393</v>
+      </c>
+      <c r="C65" t="s">
+        <v>374</v>
+      </c>
+      <c r="D65" t="s">
+        <v>175</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>43</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2009</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>376</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>377</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>394</v>
+      </c>
+      <c r="P65" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>395</v>
+      </c>
+      <c r="B66" t="s">
+        <v>396</v>
+      </c>
+      <c r="C66" t="s">
+        <v>374</v>
+      </c>
+      <c r="D66" t="s">
+        <v>397</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>43</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2010</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>376</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>377</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>398</v>
+      </c>
+      <c r="P66" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>399</v>
+      </c>
+      <c r="B67" t="s">
+        <v>400</v>
+      </c>
+      <c r="C67" t="s">
+        <v>374</v>
+      </c>
+      <c r="D67" t="s">
+        <v>401</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>43</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2010</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>376</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>377</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>402</v>
+      </c>
+      <c r="P67" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>403</v>
+      </c>
+      <c r="B68" t="s">
+        <v>404</v>
+      </c>
+      <c r="C68" t="s">
+        <v>374</v>
+      </c>
+      <c r="D68" t="s">
+        <v>143</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>43</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2010</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>376</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>377</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>405</v>
+      </c>
+      <c r="P68" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>406</v>
+      </c>
+      <c r="B69" t="s">
+        <v>407</v>
+      </c>
+      <c r="C69" t="s">
+        <v>374</v>
+      </c>
+      <c r="D69" t="s">
+        <v>408</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>43</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2009</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>376</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>377</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>409</v>
+      </c>
+      <c r="P69" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>410</v>
+      </c>
+      <c r="B70" t="s">
+        <v>411</v>
+      </c>
+      <c r="C70" t="s">
+        <v>374</v>
+      </c>
+      <c r="D70" t="s">
+        <v>143</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>43</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2010</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>376</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>377</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>412</v>
+      </c>
+      <c r="P70" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>413</v>
+      </c>
+      <c r="B71" t="s">
+        <v>414</v>
+      </c>
+      <c r="C71" t="s">
+        <v>374</v>
+      </c>
+      <c r="D71" t="s">
+        <v>415</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>43</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2009</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>376</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>377</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>416</v>
+      </c>
+      <c r="P71" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>417</v>
+      </c>
+      <c r="B72" t="s">
+        <v>418</v>
+      </c>
+      <c r="C72" t="s">
+        <v>374</v>
+      </c>
+      <c r="D72" t="s">
+        <v>397</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2009</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>376</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>377</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>419</v>
+      </c>
+      <c r="P72" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>420</v>
+      </c>
+      <c r="B73" t="s">
+        <v>421</v>
+      </c>
+      <c r="C73" t="s">
+        <v>374</v>
+      </c>
+      <c r="D73" t="s">
+        <v>397</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>43</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2009</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>376</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>377</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>422</v>
+      </c>
+      <c r="P73" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>423</v>
+      </c>
+      <c r="B74" t="s">
+        <v>424</v>
+      </c>
+      <c r="C74" t="s">
+        <v>374</v>
+      </c>
+      <c r="D74" t="s">
+        <v>397</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>43</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2010</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>376</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>377</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>425</v>
+      </c>
+      <c r="P74" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>426</v>
+      </c>
+      <c r="B75" t="s">
+        <v>427</v>
+      </c>
+      <c r="C75" t="s">
+        <v>374</v>
+      </c>
+      <c r="D75" t="s">
+        <v>428</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>43</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2010</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>376</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>377</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>429</v>
+      </c>
+      <c r="P75" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>430</v>
+      </c>
+      <c r="B76" t="s">
+        <v>431</v>
+      </c>
+      <c r="C76" t="s">
+        <v>374</v>
+      </c>
+      <c r="D76" t="s">
+        <v>432</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>43</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2008</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>376</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>377</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>433</v>
+      </c>
+      <c r="P76" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>434</v>
+      </c>
+      <c r="B77" t="s">
+        <v>435</v>
+      </c>
+      <c r="C77" t="s">
+        <v>32</v>
+      </c>
+      <c r="D77" t="s">
+        <v>436</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>43</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>1995</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>34</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>437</v>
+      </c>
+      <c r="M77" t="s">
+        <v>36</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>438</v>
+      </c>
+      <c r="P77" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>440</v>
+      </c>
+      <c r="B78" t="s">
+        <v>441</v>
+      </c>
+      <c r="C78" t="s">
+        <v>32</v>
+      </c>
+      <c r="D78" t="s">
+        <v>219</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>43</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2013</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>34</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>442</v>
+      </c>
+      <c r="M78" t="s">
+        <v>36</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>443</v>
+      </c>
+      <c r="P78" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>445</v>
+      </c>
+      <c r="B79" t="s">
+        <v>446</v>
+      </c>
+      <c r="C79" t="s">
+        <v>32</v>
+      </c>
+      <c r="D79" t="s">
+        <v>236</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>43</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2013</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>34</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>447</v>
+      </c>
+      <c r="M79" t="s">
+        <v>36</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>448</v>
+      </c>
+      <c r="P79" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>450</v>
+      </c>
+      <c r="B80" t="s">
+        <v>451</v>
+      </c>
+      <c r="C80" t="s">
+        <v>32</v>
+      </c>
+      <c r="D80" t="s">
+        <v>401</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>43</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2008</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>34</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>452</v>
+      </c>
+      <c r="M80" t="s">
+        <v>36</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>453</v>
+      </c>
+      <c r="P80" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>455</v>
+      </c>
+      <c r="B81" t="s">
+        <v>456</v>
+      </c>
+      <c r="C81" t="s">
+        <v>32</v>
+      </c>
+      <c r="D81" t="s">
+        <v>457</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>43</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2013</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>34</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>458</v>
+      </c>
+      <c r="M81" t="s">
+        <v>459</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>460</v>
+      </c>
+      <c r="P81" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>462</v>
+      </c>
+      <c r="B82" t="s">
+        <v>463</v>
+      </c>
+      <c r="C82" t="s">
+        <v>32</v>
+      </c>
+      <c r="D82" t="s">
+        <v>464</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>43</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2013</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>34</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>458</v>
+      </c>
+      <c r="M82" t="s">
+        <v>459</v>
+      </c>
+      <c r="N82" t="s">
+        <v>96</v>
+      </c>
+      <c r="O82" t="s">
+        <v>465</v>
+      </c>
+      <c r="P82" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>467</v>
+      </c>
+      <c r="B83" t="s">
+        <v>468</v>
+      </c>
+      <c r="C83" t="s">
+        <v>32</v>
+      </c>
+      <c r="D83" t="s">
+        <v>19</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>43</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2010</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>34</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>469</v>
+      </c>
+      <c r="M83" t="s">
+        <v>459</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>470</v>
+      </c>
+      <c r="P83" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>472</v>
+      </c>
+      <c r="B84" t="s">
+        <v>473</v>
+      </c>
+      <c r="C84" t="s">
+        <v>32</v>
+      </c>
+      <c r="D84" t="s">
+        <v>70</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>43</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2010</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>34</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>474</v>
+      </c>
+      <c r="M84" t="s">
+        <v>36</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>475</v>
+      </c>
+      <c r="P84" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>477</v>
+      </c>
+      <c r="B85" t="s">
+        <v>478</v>
+      </c>
+      <c r="C85" t="s">
+        <v>32</v>
+      </c>
+      <c r="D85" t="s">
+        <v>479</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>43</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2011</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>34</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>480</v>
+      </c>
+      <c r="M85" t="s">
+        <v>459</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>481</v>
+      </c>
+      <c r="P85" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>483</v>
+      </c>
+      <c r="B86" t="s">
+        <v>484</v>
+      </c>
+      <c r="C86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D86" t="s">
+        <v>485</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>43</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2013</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>34</v>
+      </c>
+      <c r="K86" t="s">
+        <v>344</v>
+      </c>
+      <c r="L86" t="s">
+        <v>486</v>
+      </c>
+      <c r="M86" t="s">
+        <v>36</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>487</v>
+      </c>
+      <c r="P86" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>489</v>
+      </c>
+      <c r="B87" t="s">
+        <v>490</v>
+      </c>
+      <c r="C87" t="s">
+        <v>32</v>
+      </c>
+      <c r="D87" t="s">
+        <v>479</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>43</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2012</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>34</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>491</v>
+      </c>
+      <c r="M87" t="s">
+        <v>36</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>492</v>
+      </c>
+      <c r="P87" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>494</v>
+      </c>
+      <c r="B88" t="s">
+        <v>495</v>
+      </c>
+      <c r="C88" t="s">
+        <v>32</v>
+      </c>
+      <c r="D88" t="s">
+        <v>408</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>43</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2013</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>34</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>496</v>
+      </c>
+      <c r="M88" t="s">
+        <v>36</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>497</v>
+      </c>
+      <c r="P88" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>499</v>
+      </c>
+      <c r="B89" t="s">
+        <v>500</v>
+      </c>
+      <c r="C89" t="s">
+        <v>32</v>
+      </c>
+      <c r="D89" t="s">
+        <v>343</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>43</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2013</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>34</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>458</v>
+      </c>
+      <c r="M89" t="s">
+        <v>36</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>501</v>
+      </c>
+      <c r="P89" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>503</v>
+      </c>
+      <c r="B90" t="s">
+        <v>504</v>
+      </c>
+      <c r="C90" t="s">
+        <v>32</v>
+      </c>
+      <c r="D90" t="s">
+        <v>505</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>43</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2013</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>168</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>506</v>
+      </c>
+      <c r="M90" t="s">
+        <v>36</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>507</v>
+      </c>
+      <c r="P90" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>509</v>
+      </c>
+      <c r="B91" t="s">
+        <v>510</v>
+      </c>
+      <c r="C91" t="s">
+        <v>32</v>
+      </c>
+      <c r="D91" t="s">
+        <v>505</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>43</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2017</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>168</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>511</v>
+      </c>
+      <c r="M91" t="s">
+        <v>36</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>512</v>
+      </c>
+      <c r="P91" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>514</v>
+      </c>
+      <c r="B92" t="s">
+        <v>515</v>
+      </c>
+      <c r="C92" t="s">
+        <v>32</v>
+      </c>
+      <c r="D92" t="s">
+        <v>19</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>43</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2014</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>34</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>516</v>
+      </c>
+      <c r="M92" t="s">
+        <v>36</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>517</v>
+      </c>
+      <c r="P92" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>519</v>
+      </c>
+      <c r="B93" t="s">
+        <v>520</v>
+      </c>
+      <c r="C93" t="s">
+        <v>32</v>
+      </c>
+      <c r="D93" t="s">
+        <v>505</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>43</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2017</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>168</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>511</v>
+      </c>
+      <c r="M93" t="s">
+        <v>36</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>521</v>
+      </c>
+      <c r="P93" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>523</v>
+      </c>
+      <c r="B94" t="s">
+        <v>524</v>
+      </c>
+      <c r="C94" t="s">
+        <v>525</v>
+      </c>
+      <c r="D94" t="s">
+        <v>526</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
         <v>21</v>
       </c>
-      <c r="K61" t="s">
-[...25 lines deleted...]
-      <c r="E62" t="s">
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2015</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>527</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>528</v>
+      </c>
+      <c r="M94" t="s">
+        <v>529</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>530</v>
+      </c>
+      <c r="P94" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>532</v>
+      </c>
+      <c r="B95" t="s">
+        <v>533</v>
+      </c>
+      <c r="C95" t="s">
+        <v>534</v>
+      </c>
+      <c r="D95" t="s">
+        <v>535</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>536</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2017</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>537</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>538</v>
+      </c>
+      <c r="M95" t="s">
+        <v>539</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>540</v>
+      </c>
+      <c r="P95" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>542</v>
+      </c>
+      <c r="B96" t="s">
+        <v>543</v>
+      </c>
+      <c r="C96" t="s">
+        <v>32</v>
+      </c>
+      <c r="D96" t="s">
+        <v>19</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>43</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2015</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>34</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>544</v>
+      </c>
+      <c r="M96" t="s">
+        <v>459</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>545</v>
+      </c>
+      <c r="P96" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>547</v>
+      </c>
+      <c r="B97" t="s">
+        <v>548</v>
+      </c>
+      <c r="C97" t="s">
+        <v>549</v>
+      </c>
+      <c r="D97" t="s">
+        <v>550</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2013</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" t="s">
+        <v>551</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>552</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>553</v>
+      </c>
+      <c r="P97" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>555</v>
+      </c>
+      <c r="B98" t="s">
+        <v>556</v>
+      </c>
+      <c r="C98" t="s">
+        <v>557</v>
+      </c>
+      <c r="D98" t="s">
+        <v>124</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2006</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>558</v>
+      </c>
+      <c r="K98" t="s">
+        <v>559</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>560</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>561</v>
+      </c>
+      <c r="P98" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>563</v>
+      </c>
+      <c r="B99" t="s">
+        <v>564</v>
+      </c>
+      <c r="C99" t="s">
+        <v>32</v>
+      </c>
+      <c r="D99" t="s">
+        <v>565</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>33</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2009</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>34</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>566</v>
+      </c>
+      <c r="M99" t="s">
+        <v>36</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>567</v>
+      </c>
+      <c r="P99" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>568</v>
+      </c>
+      <c r="B100" t="s">
+        <v>569</v>
+      </c>
+      <c r="C100" t="s">
+        <v>32</v>
+      </c>
+      <c r="D100" t="s">
+        <v>124</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>33</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2003</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>34</v>
+      </c>
+      <c r="K100" t="s">
+        <v>344</v>
+      </c>
+      <c r="L100" t="s">
+        <v>570</v>
+      </c>
+      <c r="M100" t="s">
+        <v>459</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>571</v>
+      </c>
+      <c r="P100" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>568</v>
+      </c>
+      <c r="B101" t="s">
+        <v>569</v>
+      </c>
+      <c r="C101" t="s">
+        <v>32</v>
+      </c>
+      <c r="D101" t="s">
+        <v>124</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>33</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2003</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>34</v>
+      </c>
+      <c r="K101" t="s">
+        <v>572</v>
+      </c>
+      <c r="L101" t="s">
+        <v>570</v>
+      </c>
+      <c r="M101" t="s">
+        <v>36</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>573</v>
+      </c>
+      <c r="P101" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>574</v>
+      </c>
+      <c r="B102" t="s">
+        <v>575</v>
+      </c>
+      <c r="C102" t="s">
         <v>41</v>
       </c>
-      <c r="F62" t="s">
-[...5 lines deleted...]
-      <c r="H62">
+      <c r="D102" t="s">
+        <v>576</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>43</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2018</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>168</v>
+      </c>
+      <c r="K102" t="s">
+        <v>137</v>
+      </c>
+      <c r="L102" t="s">
+        <v>577</v>
+      </c>
+      <c r="M102" t="s">
+        <v>578</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>579</v>
+      </c>
+      <c r="P102" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>581</v>
+      </c>
+      <c r="B103" t="s">
+        <v>582</v>
+      </c>
+      <c r="C103" t="s">
+        <v>41</v>
+      </c>
+      <c r="D103" t="s">
+        <v>583</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>43</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2021</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>168</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>584</v>
+      </c>
+      <c r="M103" t="s">
+        <v>578</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>585</v>
+      </c>
+      <c r="P103" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>587</v>
+      </c>
+      <c r="B104" t="s">
+        <v>588</v>
+      </c>
+      <c r="C104" t="s">
+        <v>41</v>
+      </c>
+      <c r="D104" t="s">
+        <v>589</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>33</v>
+      </c>
+      <c r="G104" t="s">
+        <v>590</v>
+      </c>
+      <c r="H104">
+        <v>2025</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>591</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>592</v>
+      </c>
+      <c r="M104" t="s">
+        <v>593</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>594</v>
+      </c>
+      <c r="P104" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>596</v>
+      </c>
+      <c r="B105" t="s">
+        <v>597</v>
+      </c>
+      <c r="C105" t="s">
+        <v>32</v>
+      </c>
+      <c r="D105" t="s">
+        <v>219</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>43</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2013</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>34</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>459</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>598</v>
+      </c>
+      <c r="P105" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>600</v>
+      </c>
+      <c r="B106" t="s">
+        <v>601</v>
+      </c>
+      <c r="C106" t="s">
+        <v>32</v>
+      </c>
+      <c r="D106" t="s">
+        <v>602</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>43</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2014</v>
       </c>
-      <c r="I62" t="s">
-[...34 lines deleted...]
-      <c r="F63" t="s">
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>34</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>36</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>603</v>
+      </c>
+      <c r="P106" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>605</v>
+      </c>
+      <c r="B107" t="s">
+        <v>606</v>
+      </c>
+      <c r="C107" t="s">
+        <v>32</v>
+      </c>
+      <c r="D107" t="s">
         <v>19</v>
       </c>
-      <c r="G63">
-[...44 lines deleted...]
-      <c r="H64">
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>43</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
         <v>2014</v>
       </c>
-      <c r="I64" t="s">
-[...339 lines deleted...]
-      <c r="G72">
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>34</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>459</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>607</v>
+      </c>
+      <c r="P107" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>609</v>
+      </c>
+      <c r="B108" t="s">
+        <v>610</v>
+      </c>
+      <c r="C108" t="s">
+        <v>32</v>
+      </c>
+      <c r="D108" t="s">
+        <v>611</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>43</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
         <v>2015</v>
       </c>
-      <c r="H72"/>
-[...634 lines deleted...]
-      <c r="G87">
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>34</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>459</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>612</v>
+      </c>
+      <c r="P108" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>614</v>
+      </c>
+      <c r="B109" t="s">
+        <v>615</v>
+      </c>
+      <c r="C109" t="s">
+        <v>32</v>
+      </c>
+      <c r="D109" t="s">
+        <v>616</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>43</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2016</v>
       </c>
-      <c r="H87"/>
-[...324 lines deleted...]
-      <c r="C95" t="s">
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>34</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>459</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>617</v>
+      </c>
+      <c r="P109" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>619</v>
+      </c>
+      <c r="B110" t="s">
+        <v>620</v>
+      </c>
+      <c r="C110" t="s">
+        <v>32</v>
+      </c>
+      <c r="D110" t="s">
+        <v>621</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
         <v>43</v>
       </c>
-      <c r="D95" t="s">
-[...38 lines deleted...]
-      <c r="C96" t="s">
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2016</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>34</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>459</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>622</v>
+      </c>
+      <c r="P110" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>624</v>
+      </c>
+      <c r="B111" t="s">
+        <v>625</v>
+      </c>
+      <c r="C111" t="s">
+        <v>32</v>
+      </c>
+      <c r="D111" t="s">
+        <v>626</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
         <v>43</v>
       </c>
-      <c r="D96" t="s">
-[...647 lines deleted...]
-        <v>1999</v>
+      <c r="G111" t="s">
+        <v>22</v>
       </c>
       <c r="H111">
         <v>2016</v>
       </c>
-      <c r="I111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I111"/>
       <c r="J111" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K111" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L111"/>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>459</v>
       </c>
       <c r="N111" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>627</v>
+      </c>
+      <c r="P111" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>421</v>
+        <v>628</v>
       </c>
       <c r="B112" t="s">
-        <v>39</v>
+        <v>629</v>
       </c>
       <c r="C112" t="s">
-        <v>418</v>
+        <v>32</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>408</v>
       </c>
       <c r="E112" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>1999</v>
+        <v>43</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
       </c>
       <c r="H112">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I112"/>
       <c r="J112" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K112" t="s">
-        <v>422</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L112"/>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N112" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>630</v>
+      </c>
+      <c r="P112" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>424</v>
+        <v>632</v>
       </c>
       <c r="B113" t="s">
-        <v>39</v>
+        <v>633</v>
       </c>
       <c r="C113" t="s">
-        <v>178</v>
+        <v>32</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>191</v>
       </c>
       <c r="E113" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>43</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
       </c>
       <c r="H113">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I113"/>
       <c r="J113" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K113" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N113" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>634</v>
+      </c>
+      <c r="P113" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>427</v>
+        <v>636</v>
       </c>
       <c r="B114" t="s">
-        <v>39</v>
+        <v>637</v>
       </c>
       <c r="C114" t="s">
-        <v>178</v>
+        <v>32</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>638</v>
       </c>
       <c r="E114" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>43</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
       </c>
       <c r="H114">
         <v>2015</v>
       </c>
-      <c r="I114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I114"/>
       <c r="J114" t="s">
-        <v>414</v>
+        <v>34</v>
       </c>
       <c r="K114" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="L114" t="s">
         <v>45</v>
       </c>
+      <c r="L114"/>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>459</v>
       </c>
       <c r="N114" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>639</v>
+      </c>
+      <c r="P114" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>430</v>
+        <v>641</v>
       </c>
       <c r="B115" t="s">
-        <v>39</v>
+        <v>642</v>
       </c>
       <c r="C115" t="s">
+        <v>32</v>
+      </c>
+      <c r="D115" t="s">
+        <v>479</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>43</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2011</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
         <v>34</v>
       </c>
-      <c r="D115" t="s">
-[...2 lines deleted...]
-      <c r="E115" t="s">
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>643</v>
+      </c>
+      <c r="M115" t="s">
+        <v>36</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>644</v>
+      </c>
+      <c r="P115" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>646</v>
+      </c>
+      <c r="B116" t="s">
+        <v>647</v>
+      </c>
+      <c r="C116" t="s">
+        <v>32</v>
+      </c>
+      <c r="D116" t="s">
+        <v>355</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>43</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2014</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>34</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>646</v>
+      </c>
+      <c r="M116" t="s">
+        <v>36</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>648</v>
+      </c>
+      <c r="P116" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>650</v>
+      </c>
+      <c r="B117" t="s">
+        <v>651</v>
+      </c>
+      <c r="C117" t="s">
+        <v>32</v>
+      </c>
+      <c r="D117" t="s">
+        <v>130</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>43</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2013</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>34</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>36</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>652</v>
+      </c>
+      <c r="P117" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>654</v>
+      </c>
+      <c r="B118" t="s">
+        <v>655</v>
+      </c>
+      <c r="C118" t="s">
+        <v>32</v>
+      </c>
+      <c r="D118" t="s">
+        <v>130</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>43</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2013</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>34</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>36</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>656</v>
+      </c>
+      <c r="P118" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>658</v>
+      </c>
+      <c r="B119" t="s">
+        <v>659</v>
+      </c>
+      <c r="C119" t="s">
+        <v>525</v>
+      </c>
+      <c r="D119" t="s">
+        <v>660</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2022</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>661</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>662</v>
+      </c>
+      <c r="M119" t="s">
+        <v>663</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>664</v>
+      </c>
+      <c r="P119" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>666</v>
+      </c>
+      <c r="B120" t="s">
+        <v>667</v>
+      </c>
+      <c r="C120" t="s">
+        <v>525</v>
+      </c>
+      <c r="D120" t="s">
+        <v>668</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2022</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>661</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>669</v>
+      </c>
+      <c r="M120" t="s">
+        <v>663</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>670</v>
+      </c>
+      <c r="P120" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>672</v>
+      </c>
+      <c r="B121" t="s">
+        <v>673</v>
+      </c>
+      <c r="C121" t="s">
+        <v>525</v>
+      </c>
+      <c r="D121" t="s">
+        <v>674</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2022</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>661</v>
+      </c>
+      <c r="K121" t="s">
+        <v>45</v>
+      </c>
+      <c r="L121" t="s">
+        <v>675</v>
+      </c>
+      <c r="M121" t="s">
+        <v>663</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>676</v>
+      </c>
+      <c r="P121" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>678</v>
+      </c>
+      <c r="B122" t="s">
+        <v>679</v>
+      </c>
+      <c r="C122" t="s">
+        <v>525</v>
+      </c>
+      <c r="D122" t="s">
+        <v>680</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2022</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>661</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>681</v>
+      </c>
+      <c r="M122" t="s">
+        <v>663</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>682</v>
+      </c>
+      <c r="P122" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>684</v>
+      </c>
+      <c r="B123" t="s">
+        <v>685</v>
+      </c>
+      <c r="C123" t="s">
+        <v>525</v>
+      </c>
+      <c r="D123" t="s">
+        <v>686</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2022</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>661</v>
+      </c>
+      <c r="K123" t="s">
+        <v>45</v>
+      </c>
+      <c r="L123" t="s">
+        <v>687</v>
+      </c>
+      <c r="M123" t="s">
+        <v>663</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>688</v>
+      </c>
+      <c r="P123" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>690</v>
+      </c>
+      <c r="B124" t="s">
+        <v>691</v>
+      </c>
+      <c r="C124" t="s">
+        <v>525</v>
+      </c>
+      <c r="D124" t="s">
+        <v>692</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2022</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>661</v>
+      </c>
+      <c r="K124" t="s">
+        <v>693</v>
+      </c>
+      <c r="L124" t="s">
+        <v>694</v>
+      </c>
+      <c r="M124" t="s">
+        <v>663</v>
+      </c>
+      <c r="N124" t="s">
+        <v>695</v>
+      </c>
+      <c r="O124" t="s">
+        <v>696</v>
+      </c>
+      <c r="P124" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>698</v>
+      </c>
+      <c r="B125" t="s">
+        <v>699</v>
+      </c>
+      <c r="C125" t="s">
+        <v>525</v>
+      </c>
+      <c r="D125" t="s">
+        <v>700</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2022</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>661</v>
+      </c>
+      <c r="K125" t="s">
+        <v>693</v>
+      </c>
+      <c r="L125" t="s">
+        <v>701</v>
+      </c>
+      <c r="M125" t="s">
+        <v>663</v>
+      </c>
+      <c r="N125" t="s">
+        <v>695</v>
+      </c>
+      <c r="O125" t="s">
+        <v>702</v>
+      </c>
+      <c r="P125" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>704</v>
+      </c>
+      <c r="B126" t="s">
+        <v>705</v>
+      </c>
+      <c r="C126" t="s">
+        <v>525</v>
+      </c>
+      <c r="D126" t="s">
+        <v>343</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2022</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>661</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>706</v>
+      </c>
+      <c r="M126" t="s">
+        <v>663</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>707</v>
+      </c>
+      <c r="P126" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>709</v>
+      </c>
+      <c r="B127" t="s">
+        <v>710</v>
+      </c>
+      <c r="C127" t="s">
+        <v>525</v>
+      </c>
+      <c r="D127" t="s">
+        <v>711</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2022</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>661</v>
+      </c>
+      <c r="K127" t="s">
+        <v>45</v>
+      </c>
+      <c r="L127" t="s">
+        <v>712</v>
+      </c>
+      <c r="M127" t="s">
+        <v>663</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>713</v>
+      </c>
+      <c r="P127" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>715</v>
+      </c>
+      <c r="B128" t="s">
+        <v>716</v>
+      </c>
+      <c r="C128" t="s">
+        <v>525</v>
+      </c>
+      <c r="D128" t="s">
+        <v>717</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2022</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>661</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>718</v>
+      </c>
+      <c r="M128" t="s">
+        <v>663</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>719</v>
+      </c>
+      <c r="P128" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>721</v>
+      </c>
+      <c r="B129" t="s">
+        <v>722</v>
+      </c>
+      <c r="C129" t="s">
+        <v>374</v>
+      </c>
+      <c r="D129" t="s">
+        <v>19</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>43</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2012</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>723</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>377</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>724</v>
+      </c>
+      <c r="P129" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>721</v>
+      </c>
+      <c r="B130" t="s">
+        <v>726</v>
+      </c>
+      <c r="C130" t="s">
+        <v>374</v>
+      </c>
+      <c r="D130" t="s">
+        <v>19</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>43</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2012</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>723</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>377</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>727</v>
+      </c>
+      <c r="P130" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>721</v>
+      </c>
+      <c r="B131" t="s">
+        <v>728</v>
+      </c>
+      <c r="C131" t="s">
+        <v>374</v>
+      </c>
+      <c r="D131" t="s">
+        <v>729</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>43</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2012</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>723</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>377</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>730</v>
+      </c>
+      <c r="P131" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>721</v>
+      </c>
+      <c r="B132" t="s">
+        <v>731</v>
+      </c>
+      <c r="C132" t="s">
+        <v>374</v>
+      </c>
+      <c r="D132" t="s">
+        <v>638</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>43</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2010</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>376</v>
+      </c>
+      <c r="K132" t="s">
+        <v>45</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>377</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>732</v>
+      </c>
+      <c r="P132" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>734</v>
+      </c>
+      <c r="B133" t="s">
+        <v>735</v>
+      </c>
+      <c r="C133" t="s">
         <v>41</v>
       </c>
-      <c r="F115" t="s">
-[...17 lines deleted...]
-      <c r="L115" t="s">
+      <c r="D133" t="s">
+        <v>736</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>737</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2022</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>738</v>
+      </c>
+      <c r="K133" t="s">
+        <v>137</v>
+      </c>
+      <c r="L133" t="s">
+        <v>739</v>
+      </c>
+      <c r="M133" t="s">
+        <v>740</v>
+      </c>
+      <c r="N133" t="s">
+        <v>741</v>
+      </c>
+      <c r="O133" t="s">
+        <v>742</v>
+      </c>
+      <c r="P133" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>744</v>
+      </c>
+      <c r="B134" t="s">
+        <v>745</v>
+      </c>
+      <c r="C134" t="s">
+        <v>32</v>
+      </c>
+      <c r="D134" t="s">
+        <v>70</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>33</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2011</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>34</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>474</v>
+      </c>
+      <c r="M134" t="s">
+        <v>36</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>746</v>
+      </c>
+      <c r="P134" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>747</v>
+      </c>
+      <c r="B135" t="s">
+        <v>748</v>
+      </c>
+      <c r="C135" t="s">
+        <v>32</v>
+      </c>
+      <c r="D135" t="s">
+        <v>361</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>33</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2003</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>34</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>749</v>
+      </c>
+      <c r="M135" t="s">
+        <v>459</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>750</v>
+      </c>
+      <c r="P135" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>751</v>
+      </c>
+      <c r="B136" t="s">
+        <v>752</v>
+      </c>
+      <c r="C136" t="s">
+        <v>549</v>
+      </c>
+      <c r="D136" t="s">
+        <v>550</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>33</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2013</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>23</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>552</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>753</v>
+      </c>
+      <c r="P136" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>754</v>
+      </c>
+      <c r="B137" t="s">
+        <v>755</v>
+      </c>
+      <c r="C137" t="s">
+        <v>525</v>
+      </c>
+      <c r="D137" t="s">
+        <v>638</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>756</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2018</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>757</v>
+      </c>
+      <c r="K137" t="s">
         <v>45</v>
       </c>
-      <c r="M115" t="s">
-[...22 lines deleted...]
-      <c r="F116" t="s">
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>663</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>758</v>
+      </c>
+      <c r="P137" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>760</v>
+      </c>
+      <c r="B138" t="s">
+        <v>761</v>
+      </c>
+      <c r="C138" t="s">
+        <v>525</v>
+      </c>
+      <c r="D138" t="s">
+        <v>762</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>756</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2009</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>661</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>663</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>763</v>
+      </c>
+      <c r="P138" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>765</v>
+      </c>
+      <c r="B139" t="s">
+        <v>766</v>
+      </c>
+      <c r="C139" t="s">
+        <v>525</v>
+      </c>
+      <c r="D139" t="s">
+        <v>149</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>756</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2015</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>661</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>663</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>767</v>
+      </c>
+      <c r="P139" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>769</v>
+      </c>
+      <c r="B140" t="s">
+        <v>770</v>
+      </c>
+      <c r="C140" t="s">
+        <v>525</v>
+      </c>
+      <c r="D140" t="s">
+        <v>771</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>756</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2009</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>661</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>663</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>772</v>
+      </c>
+      <c r="P140" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>774</v>
+      </c>
+      <c r="B141" t="s">
+        <v>775</v>
+      </c>
+      <c r="C141" t="s">
+        <v>525</v>
+      </c>
+      <c r="D141" t="s">
+        <v>776</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>756</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2009</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>757</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>663</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>777</v>
+      </c>
+      <c r="P141" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>779</v>
+      </c>
+      <c r="B142" t="s">
+        <v>780</v>
+      </c>
+      <c r="C142" t="s">
+        <v>525</v>
+      </c>
+      <c r="D142" t="s">
+        <v>781</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>756</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2015</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>661</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>782</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>783</v>
+      </c>
+      <c r="P142" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>785</v>
+      </c>
+      <c r="B143" t="s">
+        <v>786</v>
+      </c>
+      <c r="C143" t="s">
+        <v>525</v>
+      </c>
+      <c r="D143" t="s">
         <v>19</v>
       </c>
-      <c r="G116">
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>33</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
         <v>2015</v>
       </c>
-      <c r="H116"/>
-[...1120 lines deleted...]
-      </c>
+      <c r="I143"/>
       <c r="J143" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K143" t="s">
-        <v>513</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N143" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>787</v>
+      </c>
+      <c r="P143" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>515</v>
+        <v>789</v>
       </c>
       <c r="B144" t="s">
-        <v>27</v>
+        <v>790</v>
       </c>
       <c r="C144" t="s">
-        <v>209</v>
+        <v>525</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>781</v>
       </c>
       <c r="E144" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>756</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
       </c>
       <c r="H144">
         <v>2015</v>
       </c>
-      <c r="I144" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I144"/>
       <c r="J144" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K144" t="s">
-        <v>516</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L144"/>
       <c r="M144" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N144" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>791</v>
+      </c>
+      <c r="P144" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>518</v>
+        <v>793</v>
       </c>
       <c r="B145" t="s">
-        <v>27</v>
+        <v>794</v>
       </c>
       <c r="C145" t="s">
-        <v>174</v>
+        <v>525</v>
       </c>
       <c r="D145" t="s">
-        <v>17</v>
+        <v>795</v>
       </c>
       <c r="E145" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F145" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>756</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
       </c>
       <c r="H145">
         <v>2015</v>
       </c>
-      <c r="I145" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I145"/>
       <c r="J145" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K145" t="s">
-        <v>519</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L145"/>
       <c r="M145" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N145" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>796</v>
+      </c>
+      <c r="P145" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>521</v>
+        <v>798</v>
       </c>
       <c r="B146" t="s">
-        <v>27</v>
+        <v>799</v>
       </c>
       <c r="C146" t="s">
-        <v>476</v>
+        <v>525</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>800</v>
       </c>
       <c r="E146" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>756</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
       </c>
       <c r="H146">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I146"/>
       <c r="J146" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K146" t="s">
-        <v>522</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N146" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>801</v>
+      </c>
+      <c r="P146" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>524</v>
+        <v>803</v>
       </c>
       <c r="B147" t="s">
-        <v>27</v>
+        <v>804</v>
       </c>
       <c r="C147" t="s">
-        <v>309</v>
+        <v>525</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>781</v>
       </c>
       <c r="E147" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F147" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2015</v>
+      </c>
+      <c r="I147"/>
       <c r="J147" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>663</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>805</v>
+      </c>
+      <c r="P147" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>807</v>
+      </c>
+      <c r="B148" t="s">
+        <v>808</v>
+      </c>
+      <c r="C148" t="s">
         <v>525</v>
       </c>
-      <c r="L147" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>809</v>
       </c>
       <c r="E148" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F148" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>756</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
       </c>
       <c r="H148">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I148"/>
       <c r="J148" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K148" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L148"/>
       <c r="M148" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N148" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>810</v>
+      </c>
+      <c r="P148" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>531</v>
+        <v>812</v>
       </c>
       <c r="B149" t="s">
-        <v>27</v>
+        <v>813</v>
       </c>
       <c r="C149" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>814</v>
       </c>
       <c r="E149" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>756</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
       </c>
       <c r="H149">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I149"/>
       <c r="J149" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
       <c r="M149" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N149" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>815</v>
+      </c>
+      <c r="P149" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>534</v>
+        <v>817</v>
       </c>
       <c r="B150" t="s">
-        <v>27</v>
+        <v>818</v>
       </c>
       <c r="C150" t="s">
-        <v>329</v>
+        <v>525</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>819</v>
       </c>
       <c r="E150" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2015</v>
+      </c>
+      <c r="I150"/>
       <c r="J150" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K150" t="s">
-        <v>535</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L150"/>
       <c r="M150" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N150" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>820</v>
+      </c>
+      <c r="P150" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>537</v>
+        <v>822</v>
       </c>
       <c r="B151" t="s">
-        <v>27</v>
+        <v>823</v>
       </c>
       <c r="C151" t="s">
-        <v>483</v>
+        <v>525</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>824</v>
       </c>
       <c r="E151" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2015</v>
+      </c>
+      <c r="I151"/>
       <c r="J151" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K151" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L151"/>
       <c r="M151" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N151" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>825</v>
+      </c>
+      <c r="P151" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>540</v>
+        <v>827</v>
       </c>
       <c r="B152" t="s">
-        <v>27</v>
+        <v>828</v>
       </c>
       <c r="C152" t="s">
-        <v>89</v>
+        <v>525</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>717</v>
       </c>
       <c r="E152" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>756</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
       </c>
       <c r="H152">
         <v>2015</v>
       </c>
-      <c r="I152" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I152"/>
       <c r="J152" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K152" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L152"/>
       <c r="M152" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N152" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>829</v>
+      </c>
+      <c r="P152" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>543</v>
+        <v>831</v>
       </c>
       <c r="B153" t="s">
-        <v>27</v>
+        <v>832</v>
       </c>
       <c r="C153" t="s">
-        <v>174</v>
+        <v>525</v>
       </c>
       <c r="D153" t="s">
-        <v>17</v>
+        <v>833</v>
       </c>
       <c r="E153" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>756</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
       </c>
       <c r="H153">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I153"/>
       <c r="J153" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K153" t="s">
-        <v>544</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L153"/>
       <c r="M153" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N153" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>834</v>
+      </c>
+      <c r="P153" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>547</v>
+        <v>836</v>
       </c>
       <c r="B154" t="s">
-        <v>27</v>
+        <v>837</v>
       </c>
       <c r="C154" t="s">
-        <v>174</v>
+        <v>525</v>
       </c>
       <c r="D154" t="s">
-        <v>17</v>
+        <v>838</v>
       </c>
       <c r="E154" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>756</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
       </c>
       <c r="H154">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I154"/>
       <c r="J154" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K154" t="s">
-        <v>548</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L154"/>
       <c r="M154" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N154" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>839</v>
+      </c>
+      <c r="P154" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>550</v>
+        <v>841</v>
       </c>
       <c r="B155" t="s">
-        <v>27</v>
+        <v>842</v>
       </c>
       <c r="C155" t="s">
-        <v>551</v>
+        <v>525</v>
       </c>
       <c r="D155" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="E155" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2021</v>
+      </c>
+      <c r="I155"/>
       <c r="J155" t="s">
-        <v>21</v>
+        <v>757</v>
       </c>
       <c r="K155" t="s">
-        <v>552</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L155"/>
       <c r="M155" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N155" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>843</v>
+      </c>
+      <c r="P155" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>554</v>
+        <v>845</v>
       </c>
       <c r="B156" t="s">
-        <v>27</v>
+        <v>846</v>
       </c>
       <c r="C156" t="s">
-        <v>555</v>
+        <v>525</v>
       </c>
       <c r="D156" t="s">
-        <v>17</v>
+        <v>847</v>
       </c>
       <c r="E156" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F156" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2021</v>
+      </c>
+      <c r="I156"/>
       <c r="J156" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K156" t="s">
-        <v>552</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L156"/>
       <c r="M156" t="s">
-        <v>72</v>
+        <v>663</v>
       </c>
       <c r="N156" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>848</v>
+      </c>
+      <c r="P156" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>557</v>
+        <v>850</v>
       </c>
       <c r="B157" t="s">
-        <v>27</v>
+        <v>851</v>
       </c>
       <c r="C157" t="s">
-        <v>16</v>
+        <v>525</v>
       </c>
       <c r="D157" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E157" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F157" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2009</v>
+      </c>
+      <c r="I157"/>
       <c r="J157" t="s">
-        <v>21</v>
+        <v>757</v>
       </c>
       <c r="K157" t="s">
-        <v>558</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L157"/>
       <c r="M157" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N157" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>852</v>
+      </c>
+      <c r="P157" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>560</v>
+        <v>854</v>
       </c>
       <c r="B158" t="s">
-        <v>27</v>
+        <v>855</v>
       </c>
       <c r="C158" t="s">
-        <v>561</v>
+        <v>525</v>
       </c>
       <c r="D158" t="s">
-        <v>17</v>
+        <v>856</v>
       </c>
       <c r="E158" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>756</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
       </c>
       <c r="H158">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I158"/>
       <c r="J158" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
       <c r="M158" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N158" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>857</v>
+      </c>
+      <c r="P158" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>563</v>
+        <v>859</v>
       </c>
       <c r="B159" t="s">
-        <v>27</v>
+        <v>860</v>
       </c>
       <c r="C159" t="s">
-        <v>34</v>
+        <v>525</v>
       </c>
       <c r="D159" t="s">
-        <v>17</v>
+        <v>436</v>
       </c>
       <c r="E159" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F159" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>756</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
       </c>
       <c r="H159">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I159"/>
       <c r="J159" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K159" t="s">
-        <v>564</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L159"/>
       <c r="M159" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N159" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>861</v>
+      </c>
+      <c r="P159" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>566</v>
+        <v>863</v>
       </c>
       <c r="B160" t="s">
-        <v>27</v>
+        <v>864</v>
       </c>
       <c r="C160" t="s">
-        <v>34</v>
+        <v>525</v>
       </c>
       <c r="D160" t="s">
-        <v>17</v>
+        <v>865</v>
       </c>
       <c r="E160" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F160" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>756</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
       </c>
       <c r="H160">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I160"/>
       <c r="J160" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K160" t="s">
-        <v>567</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L160"/>
       <c r="M160" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N160" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>866</v>
+      </c>
+      <c r="P160" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>569</v>
+        <v>868</v>
       </c>
       <c r="B161" t="s">
-        <v>27</v>
+        <v>869</v>
       </c>
       <c r="C161" t="s">
-        <v>453</v>
+        <v>525</v>
       </c>
       <c r="D161" t="s">
-        <v>17</v>
+        <v>870</v>
       </c>
       <c r="E161" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F161" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>756</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
       </c>
       <c r="H161">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I161"/>
       <c r="J161" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K161" t="s">
-        <v>570</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L161"/>
       <c r="M161" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N161" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>871</v>
+      </c>
+      <c r="P161" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>572</v>
+        <v>873</v>
       </c>
       <c r="B162" t="s">
-        <v>27</v>
+        <v>874</v>
       </c>
       <c r="C162" t="s">
-        <v>174</v>
+        <v>525</v>
       </c>
       <c r="D162" t="s">
-        <v>17</v>
+        <v>833</v>
       </c>
       <c r="E162" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F162" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>756</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
       </c>
       <c r="H162">
         <v>2015</v>
       </c>
-      <c r="I162" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I162"/>
       <c r="J162" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="K162" t="s">
-        <v>573</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L162"/>
       <c r="M162" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N162" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>875</v>
+      </c>
+      <c r="P162" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>575</v>
+        <v>877</v>
       </c>
       <c r="B163" t="s">
-        <v>27</v>
+        <v>878</v>
       </c>
       <c r="C163" t="s">
-        <v>102</v>
+        <v>525</v>
       </c>
       <c r="D163" t="s">
-        <v>17</v>
+        <v>343</v>
       </c>
       <c r="E163" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F163" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2015</v>
+      </c>
+      <c r="I163"/>
       <c r="J163" t="s">
-        <v>21</v>
+        <v>757</v>
       </c>
       <c r="K163" t="s">
-        <v>576</v>
-[...3 lines deleted...]
-      </c>
+        <v>693</v>
+      </c>
+      <c r="L163"/>
       <c r="M163" t="s">
-        <v>24</v>
+        <v>663</v>
       </c>
       <c r="N163" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>879</v>
+      </c>
+      <c r="P163" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>578</v>
+        <v>881</v>
       </c>
       <c r="B164" t="s">
-        <v>27</v>
+        <v>882</v>
       </c>
       <c r="C164" t="s">
-        <v>205</v>
+        <v>525</v>
       </c>
       <c r="D164" t="s">
-        <v>17</v>
+        <v>883</v>
       </c>
       <c r="E164" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>756</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
       </c>
       <c r="H164">
         <v>2015</v>
       </c>
-      <c r="I164" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I164"/>
       <c r="J164" t="s">
+        <v>661</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>663</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>884</v>
+      </c>
+      <c r="P164" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>886</v>
+      </c>
+      <c r="B165" t="s">
+        <v>887</v>
+      </c>
+      <c r="C165" t="s">
+        <v>525</v>
+      </c>
+      <c r="D165" t="s">
+        <v>888</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>33</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2015</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>661</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>663</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>889</v>
+      </c>
+      <c r="P165" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>891</v>
+      </c>
+      <c r="B166" t="s">
+        <v>892</v>
+      </c>
+      <c r="C166" t="s">
+        <v>525</v>
+      </c>
+      <c r="D166" t="s">
+        <v>814</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>756</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2015</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>661</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>663</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>893</v>
+      </c>
+      <c r="P166" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>895</v>
+      </c>
+      <c r="B167" t="s">
+        <v>735</v>
+      </c>
+      <c r="C167" t="s">
+        <v>896</v>
+      </c>
+      <c r="D167" t="s">
+        <v>897</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>737</v>
+      </c>
+      <c r="G167" t="s">
+        <v>590</v>
+      </c>
+      <c r="H167">
+        <v>2023</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>898</v>
+      </c>
+      <c r="K167" t="s">
+        <v>137</v>
+      </c>
+      <c r="L167" t="s">
+        <v>739</v>
+      </c>
+      <c r="M167" t="s">
+        <v>899</v>
+      </c>
+      <c r="N167" t="s">
+        <v>741</v>
+      </c>
+      <c r="O167" t="s">
+        <v>900</v>
+      </c>
+      <c r="P167" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>902</v>
+      </c>
+      <c r="B168" t="s">
+        <v>903</v>
+      </c>
+      <c r="C168" t="s">
+        <v>32</v>
+      </c>
+      <c r="D168" t="s">
+        <v>130</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>536</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2018</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>34</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168"/>
+      <c r="M168" t="s">
+        <v>36</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>904</v>
+      </c>
+      <c r="P168" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>906</v>
+      </c>
+      <c r="B169" t="s">
+        <v>907</v>
+      </c>
+      <c r="C169" t="s">
+        <v>32</v>
+      </c>
+      <c r="D169" t="s">
+        <v>485</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
         <v>21</v>
       </c>
-      <c r="K164" t="s">
-[...161 lines deleted...]
-      <c r="G168">
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
         <v>2013</v>
       </c>
-      <c r="H168"/>
-[...46 lines deleted...]
-      </c>
+      <c r="I169"/>
       <c r="J169" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K169" t="s">
-        <v>596</v>
-[...3 lines deleted...]
-      </c>
+        <v>344</v>
+      </c>
+      <c r="L169"/>
       <c r="M169" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N169" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>908</v>
+      </c>
+      <c r="P169" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>598</v>
+        <v>910</v>
       </c>
       <c r="B170" t="s">
-        <v>27</v>
+        <v>911</v>
       </c>
       <c r="C170" t="s">
-        <v>198</v>
+        <v>912</v>
       </c>
       <c r="D170" t="s">
-        <v>17</v>
+        <v>913</v>
       </c>
       <c r="E170" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F170" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>536</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
       </c>
       <c r="H170">
         <v>2015</v>
       </c>
-      <c r="I170" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I170"/>
       <c r="J170" t="s">
-        <v>21</v>
+        <v>168</v>
       </c>
       <c r="K170" t="s">
-        <v>599</v>
+        <v>572</v>
       </c>
       <c r="L170" t="s">
-        <v>31</v>
+        <v>914</v>
       </c>
       <c r="M170" t="s">
-        <v>24</v>
+        <v>915</v>
       </c>
       <c r="N170" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>916</v>
+      </c>
+      <c r="P170" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>601</v>
+        <v>918</v>
       </c>
       <c r="B171" t="s">
-        <v>27</v>
+        <v>919</v>
       </c>
       <c r="C171" t="s">
-        <v>418</v>
+        <v>912</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>382</v>
       </c>
       <c r="E171" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>43</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
       </c>
       <c r="H171">
         <v>2011</v>
       </c>
-      <c r="I171" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I171"/>
       <c r="J171" t="s">
-        <v>21</v>
+        <v>168</v>
       </c>
       <c r="K171" t="s">
-        <v>513</v>
+        <v>24</v>
       </c>
       <c r="L171" t="s">
-        <v>545</v>
+        <v>920</v>
       </c>
       <c r="M171" t="s">
-        <v>24</v>
+        <v>915</v>
       </c>
       <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>921</v>
+      </c>
+      <c r="P171" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>923</v>
+      </c>
+      <c r="B172" t="s">
+        <v>924</v>
+      </c>
+      <c r="C172" t="s">
+        <v>912</v>
+      </c>
+      <c r="D172" t="s">
+        <v>397</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>43</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2014</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>168</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>925</v>
+      </c>
+      <c r="M172" t="s">
+        <v>915</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>926</v>
+      </c>
+      <c r="P172" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>928</v>
+      </c>
+      <c r="B173" t="s">
+        <v>929</v>
+      </c>
+      <c r="C173" t="s">
+        <v>912</v>
+      </c>
+      <c r="D173" t="s">
+        <v>136</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>536</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2013</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>168</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>930</v>
+      </c>
+      <c r="M173" t="s">
+        <v>915</v>
+      </c>
+      <c r="N173" t="s">
+        <v>741</v>
+      </c>
+      <c r="O173" t="s">
+        <v>931</v>
+      </c>
+      <c r="P173" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>933</v>
+      </c>
+      <c r="B174" t="s">
+        <v>934</v>
+      </c>
+      <c r="C174" t="s">
+        <v>912</v>
+      </c>
+      <c r="D174" t="s">
+        <v>361</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>536</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2018</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>168</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>935</v>
+      </c>
+      <c r="M174" t="s">
+        <v>915</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>936</v>
+      </c>
+      <c r="P174" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>938</v>
+      </c>
+      <c r="B175" t="s">
+        <v>939</v>
+      </c>
+      <c r="C175" t="s">
+        <v>912</v>
+      </c>
+      <c r="D175" t="s">
+        <v>408</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>536</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2019</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>168</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>940</v>
+      </c>
+      <c r="M175" t="s">
+        <v>915</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>941</v>
+      </c>
+      <c r="P175" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>943</v>
+      </c>
+      <c r="B176" t="s">
+        <v>944</v>
+      </c>
+      <c r="C176" t="s">
+        <v>912</v>
+      </c>
+      <c r="D176" t="s">
+        <v>945</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>536</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2019</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>168</v>
+      </c>
+      <c r="K176" t="s">
+        <v>137</v>
+      </c>
+      <c r="L176" t="s">
+        <v>946</v>
+      </c>
+      <c r="M176" t="s">
+        <v>915</v>
+      </c>
+      <c r="N176" t="s">
+        <v>947</v>
+      </c>
+      <c r="O176" t="s">
+        <v>948</v>
+      </c>
+      <c r="P176" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>950</v>
+      </c>
+      <c r="B177" t="s">
+        <v>951</v>
+      </c>
+      <c r="C177" t="s">
+        <v>912</v>
+      </c>
+      <c r="D177" t="s">
+        <v>952</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>536</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2020</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>168</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>953</v>
+      </c>
+      <c r="M177" t="s">
+        <v>915</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>954</v>
+      </c>
+      <c r="P177" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>956</v>
+      </c>
+      <c r="B178" t="s">
+        <v>957</v>
+      </c>
+      <c r="C178" t="s">
+        <v>912</v>
+      </c>
+      <c r="D178" t="s">
+        <v>432</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>536</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2021</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>168</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>958</v>
+      </c>
+      <c r="M178" t="s">
+        <v>915</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>959</v>
+      </c>
+      <c r="P178" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>961</v>
+      </c>
+      <c r="B179" t="s">
+        <v>962</v>
+      </c>
+      <c r="C179" t="s">
+        <v>912</v>
+      </c>
+      <c r="D179" t="s">
+        <v>963</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>536</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2021</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>168</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>964</v>
+      </c>
+      <c r="M179" t="s">
+        <v>915</v>
+      </c>
+      <c r="N179" t="s">
+        <v>96</v>
+      </c>
+      <c r="O179" t="s">
+        <v>965</v>
+      </c>
+      <c r="P179" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>967</v>
+      </c>
+      <c r="B180" t="s">
+        <v>968</v>
+      </c>
+      <c r="C180" t="s">
+        <v>912</v>
+      </c>
+      <c r="D180" t="s">
+        <v>963</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>536</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2021</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>168</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180" t="s">
+        <v>969</v>
+      </c>
+      <c r="M180" t="s">
+        <v>915</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>970</v>
+      </c>
+      <c r="P180" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>972</v>
+      </c>
+      <c r="B181" t="s">
+        <v>973</v>
+      </c>
+      <c r="C181" t="s">
+        <v>912</v>
+      </c>
+      <c r="D181" t="s">
+        <v>124</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>536</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2024</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>974</v>
+      </c>
+      <c r="K181" t="s">
+        <v>975</v>
+      </c>
+      <c r="L181" t="s">
+        <v>976</v>
+      </c>
+      <c r="M181" t="s">
+        <v>915</v>
+      </c>
+      <c r="N181" t="s">
+        <v>96</v>
+      </c>
+      <c r="O181" t="s">
+        <v>977</v>
+      </c>
+      <c r="P181" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>979</v>
+      </c>
+      <c r="B182" t="s">
+        <v>980</v>
+      </c>
+      <c r="C182" t="s">
+        <v>912</v>
+      </c>
+      <c r="D182" t="s">
+        <v>981</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>536</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2024</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>974</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>982</v>
+      </c>
+      <c r="M182" t="s">
+        <v>983</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>984</v>
+      </c>
+      <c r="P182" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>986</v>
+      </c>
+      <c r="B183" t="s">
+        <v>987</v>
+      </c>
+      <c r="C183" t="s">
+        <v>912</v>
+      </c>
+      <c r="D183" t="s">
+        <v>988</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>536</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2024</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>974</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>989</v>
+      </c>
+      <c r="M183" t="s">
+        <v>915</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>990</v>
+      </c>
+      <c r="P183" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>992</v>
+      </c>
+      <c r="B184" t="s">
+        <v>993</v>
+      </c>
+      <c r="C184" t="s">
+        <v>912</v>
+      </c>
+      <c r="D184" t="s">
+        <v>824</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>536</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2010</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>168</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>994</v>
+      </c>
+      <c r="M184" t="s">
+        <v>915</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>995</v>
+      </c>
+      <c r="P184" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>997</v>
+      </c>
+      <c r="B185" t="s">
+        <v>998</v>
+      </c>
+      <c r="C185" t="s">
+        <v>912</v>
+      </c>
+      <c r="D185" t="s">
+        <v>343</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>536</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2014</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>168</v>
+      </c>
+      <c r="K185" t="s">
+        <v>693</v>
+      </c>
+      <c r="L185" t="s">
+        <v>999</v>
+      </c>
+      <c r="M185" t="s">
+        <v>915</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C186" t="s">
+        <v>912</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>536</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2021</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>168</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1005</v>
+      </c>
+      <c r="M186" t="s">
+        <v>915</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1006</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C187" t="s">
+        <v>32</v>
+      </c>
+      <c r="D187" t="s">
+        <v>19</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>33</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2010</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>34</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1010</v>
+      </c>
+      <c r="M187" t="s">
+        <v>36</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1011</v>
+      </c>
+      <c r="P187" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>43</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2012</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>376</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1017</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D189" t="s">
+        <v>367</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>43</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2013</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>376</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D190" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>43</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2017</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>1026</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1027</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D191" t="s">
+        <v>343</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>43</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2017</v>
+      </c>
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>1026</v>
+      </c>
+      <c r="K191" t="s">
+        <v>344</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D192" t="s">
+        <v>945</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>43</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2017</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>1026</v>
+      </c>
+      <c r="K192" t="s">
+        <v>1035</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1036</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>43</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
+        <v>2017</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>1026</v>
+      </c>
+      <c r="K193" t="s">
+        <v>137</v>
+      </c>
+      <c r="L193"/>
+      <c r="M193" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1041</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>43</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2017</v>
+      </c>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>1026</v>
+      </c>
+      <c r="K194" t="s">
+        <v>137</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1046</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D195" t="s">
+        <v>382</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>536</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2018</v>
+      </c>
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>1050</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>1051</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1052</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>536</v>
+      </c>
+      <c r="G196" t="s">
+        <v>590</v>
+      </c>
+      <c r="H196">
+        <v>2025</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>1058</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1059</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1060</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1061</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>33</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>2021</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>591</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>1067</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1068</v>
+      </c>
+      <c r="P197"/>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C198" t="s">
+        <v>525</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>43</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>2014</v>
+      </c>
+      <c r="I198"/>
+      <c r="J198" t="s">
+        <v>661</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1072</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1074</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C199" t="s">
+        <v>525</v>
+      </c>
+      <c r="D199" t="s">
+        <v>638</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>43</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>1997</v>
+      </c>
+      <c r="I199">
+        <v>2011</v>
+      </c>
+      <c r="J199" t="s">
+        <v>757</v>
+      </c>
+      <c r="K199" t="s">
+        <v>45</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1078</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1079</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C200" t="s">
+        <v>525</v>
+      </c>
+      <c r="D200" t="s">
+        <v>367</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>43</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>2013</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>23</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1083</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C201" t="s">
+        <v>525</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>43</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
+        <v>2012</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>757</v>
+      </c>
+      <c r="K201" t="s">
+        <v>45</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1089</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1090</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C202" t="s">
+        <v>525</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>43</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2011</v>
+      </c>
+      <c r="I202"/>
+      <c r="J202" t="s">
+        <v>757</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1095</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C203" t="s">
+        <v>525</v>
+      </c>
+      <c r="D203" t="s">
+        <v>680</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>43</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2013</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>23</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1100</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1101</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C204" t="s">
+        <v>525</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>43</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2013</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
+        <v>757</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1106</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1107</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C205" t="s">
+        <v>525</v>
+      </c>
+      <c r="D205" t="s">
+        <v>776</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>43</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>2012</v>
+      </c>
+      <c r="I205"/>
+      <c r="J205" t="s">
+        <v>757</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1111</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C206" t="s">
+        <v>525</v>
+      </c>
+      <c r="D206" t="s">
+        <v>800</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>43</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
+        <v>2012</v>
+      </c>
+      <c r="I206"/>
+      <c r="J206" t="s">
+        <v>661</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1116</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C207" t="s">
+        <v>525</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>43</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>2013</v>
+      </c>
+      <c r="I207"/>
+      <c r="J207" t="s">
+        <v>1122</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1123</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1124</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C208" t="s">
+        <v>525</v>
+      </c>
+      <c r="D208" t="s">
         <v>602</v>
       </c>
-    </row>
-[...1570 lines deleted...]
-      </c>
       <c r="E208" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F208" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>43</v>
+      </c>
+      <c r="G208" t="s">
+        <v>22</v>
       </c>
       <c r="H208">
         <v>2012</v>
       </c>
-      <c r="I208" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I208"/>
       <c r="J208" t="s">
+        <v>757</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1128</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1129</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C209" t="s">
+        <v>525</v>
+      </c>
+      <c r="D209" t="s">
+        <v>485</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>43</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209">
+        <v>2014</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>757</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1133</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C210" t="s">
+        <v>525</v>
+      </c>
+      <c r="D210" t="s">
+        <v>824</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>43</v>
+      </c>
+      <c r="G210" t="s">
+        <v>22</v>
+      </c>
+      <c r="H210">
+        <v>1998</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>757</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1138</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N210" t="s">
+        <v>96</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C211" t="s">
+        <v>525</v>
+      </c>
+      <c r="D211" t="s">
+        <v>397</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>43</v>
+      </c>
+      <c r="G211" t="s">
+        <v>22</v>
+      </c>
+      <c r="H211">
+        <v>2018</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>757</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1143</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1144</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C212" t="s">
+        <v>525</v>
+      </c>
+      <c r="D212" t="s">
+        <v>397</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>43</v>
+      </c>
+      <c r="G212" t="s">
+        <v>22</v>
+      </c>
+      <c r="H212">
+        <v>2018</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>757</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1148</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1149</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C213" t="s">
+        <v>525</v>
+      </c>
+      <c r="D213" t="s">
+        <v>203</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>43</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2012</v>
+      </c>
+      <c r="I213"/>
+      <c r="J213" t="s">
+        <v>757</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1153</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1154</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C214" t="s">
+        <v>525</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>43</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
+        <v>2014</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>661</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1159</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1160</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C215" t="s">
+        <v>525</v>
+      </c>
+      <c r="D215" t="s">
+        <v>155</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>43</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2015</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>757</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1164</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1165</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C216" t="s">
+        <v>525</v>
+      </c>
+      <c r="D216" t="s">
+        <v>626</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>43</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2012</v>
+      </c>
+      <c r="I216"/>
+      <c r="J216" t="s">
+        <v>757</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1169</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C217" t="s">
+        <v>525</v>
+      </c>
+      <c r="D217" t="s">
+        <v>390</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>43</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2004</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>757</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1174</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1175</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C218" t="s">
+        <v>525</v>
+      </c>
+      <c r="D218" t="s">
+        <v>58</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>43</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>2014</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>757</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1179</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1180</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C219" t="s">
+        <v>525</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
         <v>21</v>
       </c>
-      <c r="K208"/>
-[...23 lines deleted...]
-      <c r="E209" t="s">
+      <c r="G219" t="s">
+        <v>590</v>
+      </c>
+      <c r="H219">
+        <v>2021</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>527</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1185</v>
+      </c>
+      <c r="M219" t="s">
+        <v>529</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1186</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C220" t="s">
+        <v>525</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>33</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
+      </c>
+      <c r="H220">
+        <v>2013</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>661</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220"/>
+      <c r="M220" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1192</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C221" t="s">
+        <v>525</v>
+      </c>
+      <c r="D221" t="s">
+        <v>781</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>33</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>2014</v>
+      </c>
+      <c r="I221"/>
+      <c r="J221" t="s">
+        <v>661</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221"/>
+      <c r="M221" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C222" t="s">
+        <v>525</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>33</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>2012</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s">
+        <v>661</v>
+      </c>
+      <c r="K222" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222"/>
+      <c r="M222" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1201</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C223" t="s">
+        <v>525</v>
+      </c>
+      <c r="D223" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>33</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>2013</v>
+      </c>
+      <c r="I223"/>
+      <c r="J223" t="s">
+        <v>527</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223"/>
+      <c r="M223" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C224" t="s">
+        <v>525</v>
+      </c>
+      <c r="D224" t="s">
+        <v>883</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>33</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2013</v>
+      </c>
+      <c r="I224"/>
+      <c r="J224" t="s">
+        <v>661</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1210</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C225" t="s">
+        <v>525</v>
+      </c>
+      <c r="D225" t="s">
+        <v>795</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>33</v>
+      </c>
+      <c r="G225" t="s">
+        <v>22</v>
+      </c>
+      <c r="H225">
+        <v>2013</v>
+      </c>
+      <c r="I225"/>
+      <c r="J225" t="s">
+        <v>661</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1214</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C226" t="s">
+        <v>525</v>
+      </c>
+      <c r="D226" t="s">
+        <v>833</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>33</v>
+      </c>
+      <c r="G226" t="s">
+        <v>22</v>
+      </c>
+      <c r="H226">
+        <v>2013</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>661</v>
+      </c>
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1218</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C227" t="s">
+        <v>525</v>
+      </c>
+      <c r="D227" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>33</v>
+      </c>
+      <c r="G227" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H227">
+        <v>2014</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>591</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227"/>
+      <c r="M227" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1224</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C228" t="s">
+        <v>525</v>
+      </c>
+      <c r="D228" t="s">
+        <v>856</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>33</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2014</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>661</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228"/>
+      <c r="M228" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1228</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C229" t="s">
+        <v>525</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>33</v>
+      </c>
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
+        <v>2016</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>661</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1233</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C230" t="s">
+        <v>525</v>
+      </c>
+      <c r="D230" t="s">
+        <v>847</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>33</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2016</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>661</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230"/>
+      <c r="M230" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1237</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C231" t="s">
+        <v>525</v>
+      </c>
+      <c r="D231" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>33</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>2016</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>661</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231"/>
+      <c r="M231" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1242</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C232" t="s">
+        <v>525</v>
+      </c>
+      <c r="D232" t="s">
+        <v>668</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>33</v>
+      </c>
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>2007</v>
+      </c>
+      <c r="I232"/>
+      <c r="J232" t="s">
+        <v>661</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232"/>
+      <c r="M232" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1246</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>536</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
+        <v>2016</v>
+      </c>
+      <c r="I233"/>
+      <c r="J233" t="s">
+        <v>537</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1252</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1253</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C234" t="s">
         <v>41</v>
       </c>
-      <c r="F209" t="s">
-[...729 lines deleted...]
-      <c r="H226">
+      <c r="D234" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>43</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
+      </c>
+      <c r="H234">
         <v>2017</v>
       </c>
-      <c r="I226" t="s">
-[...343 lines deleted...]
-      </c>
+      <c r="I234"/>
       <c r="J234" t="s">
-        <v>21</v>
+        <v>1259</v>
       </c>
       <c r="K234" t="s">
-        <v>817</v>
-[...3 lines deleted...]
-      </c>
+        <v>1260</v>
+      </c>
+      <c r="L234"/>
       <c r="M234" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N234" t="s">
-        <v>818</v>
-[...7019 lines deleted...]
-      <c r="A403" t="s">
+        <v>301</v>
+      </c>
+      <c r="O234" t="s">
         <v>1261</v>
       </c>
-      <c r="B403" t="s">
-[...2 lines deleted...]
-      <c r="C403" t="s">
+      <c r="P234" t="s">
         <v>1262</v>
       </c>
-      <c r="D403" t="s">
-[...3637 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>