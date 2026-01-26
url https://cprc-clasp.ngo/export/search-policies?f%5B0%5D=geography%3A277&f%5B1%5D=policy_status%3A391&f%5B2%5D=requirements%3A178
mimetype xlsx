--- v0 (2025-10-13)
+++ v1 (2026-01-26)
@@ -12,2646 +12,4092 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="825">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1299">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for liquid fabric detergent. It applies liquid detergents prepared with various surfactants and auxiliaries and conforming to QB/T 1224-2012, including laundry detergents and silk wool detergents. This rule does not apply to non-washable and laundry pre-stain products.</t>
+  </si>
+  <si>
     <t>Water</t>
   </si>
   <si>
     <t>QB/T 1224-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492636.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fans-taiwan</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
+  </si>
+  <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
-    <t>January 2016</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Oil</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/refrigerator-meps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2915,11153 +4361,12722 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N254"/>
+  <dimension ref="A1:P255"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1989</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>63</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>63</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>63</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2004</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
+        <v>80</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>38</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>97</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>38</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>38</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...46 lines deleted...]
-      <c r="H3">
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>109</v>
+      </c>
+      <c r="M15" t="s">
+        <v>38</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>96</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" t="s">
+        <v>38</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>103</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>97</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>38</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>96</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
         <v>2013</v>
       </c>
-      <c r="I3" t="s">
-[...5 lines deleted...]
-      <c r="K3" t="s">
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>123</v>
+      </c>
+      <c r="M18" t="s">
+        <v>38</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
         <v>32</v>
       </c>
-      <c r="L3" t="s">
-[...10 lines deleted...]
-      <c r="A4" t="s">
+      <c r="D19" t="s">
+        <v>85</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
+        <v>2016</v>
+      </c>
+      <c r="J19" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...26 lines deleted...]
-      <c r="K4" t="s">
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>128</v>
+      </c>
+      <c r="M19" t="s">
+        <v>38</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
         <v>32</v>
       </c>
-      <c r="L4" t="s">
-[...5 lines deleted...]
-      <c r="N4" t="s">
+      <c r="D20" t="s">
+        <v>133</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>134</v>
+      </c>
+      <c r="M20" t="s">
         <v>38</v>
       </c>
-    </row>
-[...459 lines deleted...]
-      <c r="G15">
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>139</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2002</v>
       </c>
-      <c r="H15">
-[...263 lines deleted...]
-      <c r="H21">
+      <c r="I21">
         <v>2018</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K21" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>33</v>
+        <v>140</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N21" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>103</v>
+        <v>143</v>
       </c>
       <c r="B22" t="s">
-        <v>27</v>
+        <v>144</v>
       </c>
       <c r="C22" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
       <c r="E22" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
-        <v>30</v>
+      <c r="I22">
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K22" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>33</v>
+        <v>146</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N22" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>147</v>
+      </c>
+      <c r="P22" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>107</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>27</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
       <c r="E23" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>38</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
         <v>19</v>
       </c>
-      <c r="G23">
-[...36 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2002</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2018</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K24" t="s">
-        <v>111</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>33</v>
+        <v>156</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N24" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>157</v>
+      </c>
+      <c r="P24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>113</v>
+        <v>159</v>
       </c>
       <c r="B25" t="s">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="C25" t="s">
-        <v>114</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E25" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2015</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2014</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K25" t="s">
-        <v>115</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>33</v>
+        <v>162</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N25" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>117</v>
+        <v>165</v>
       </c>
       <c r="B26" t="s">
-        <v>27</v>
+        <v>166</v>
       </c>
       <c r="C26" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="E26" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2002</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2017</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K26" t="s">
-        <v>118</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>33</v>
+        <v>167</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N26" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>168</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>120</v>
+        <v>170</v>
       </c>
       <c r="B27" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="C27" t="s">
-        <v>121</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>172</v>
       </c>
       <c r="E27" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2011</v>
       </c>
-      <c r="I27" t="s">
-        <v>30</v>
+      <c r="I27">
+        <v>2011</v>
       </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K27" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N27" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>124</v>
+        <v>176</v>
       </c>
       <c r="B28" t="s">
-        <v>27</v>
+        <v>177</v>
       </c>
       <c r="C28" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E28" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2003</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2011</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K28" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>33</v>
+        <v>179</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N28" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>180</v>
+      </c>
+      <c r="P28" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>128</v>
+        <v>182</v>
       </c>
       <c r="B29" t="s">
-        <v>27</v>
+        <v>183</v>
       </c>
       <c r="C29" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E29" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2003</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2015</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K29" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>33</v>
+        <v>184</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N29" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>185</v>
+      </c>
+      <c r="P29" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>131</v>
+        <v>187</v>
       </c>
       <c r="B30" t="s">
-        <v>27</v>
+        <v>188</v>
       </c>
       <c r="C30" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>189</v>
       </c>
       <c r="E30" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2003</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2016</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K30" t="s">
-        <v>133</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>33</v>
+        <v>190</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N30" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>191</v>
+      </c>
+      <c r="P30" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>135</v>
+        <v>193</v>
       </c>
       <c r="B31" t="s">
-        <v>27</v>
+        <v>194</v>
       </c>
       <c r="C31" t="s">
-        <v>136</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>195</v>
       </c>
       <c r="E31" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2002</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2013</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K31" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>33</v>
+        <v>196</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N31" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>197</v>
+      </c>
+      <c r="P31" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>139</v>
+        <v>199</v>
       </c>
       <c r="B32" t="s">
-        <v>27</v>
+        <v>200</v>
       </c>
       <c r="C32" t="s">
-        <v>140</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="E32" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2002</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2021</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K32" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>142</v>
+        <v>202</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="N32" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>204</v>
+      </c>
+      <c r="P32" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>206</v>
       </c>
       <c r="B33" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="C33" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>189</v>
       </c>
       <c r="E33" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2003</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2016</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K33" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>33</v>
+        <v>208</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N33" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>209</v>
+      </c>
+      <c r="P33" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>147</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>27</v>
+        <v>212</v>
       </c>
       <c r="C34" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>189</v>
       </c>
       <c r="E34" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2003</v>
       </c>
-      <c r="H34">
+      <c r="I34">
         <v>2017</v>
       </c>
-      <c r="I34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K34" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>33</v>
+        <v>213</v>
       </c>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N34" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>214</v>
+      </c>
+      <c r="P34" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="B35" t="s">
-        <v>27</v>
+        <v>217</v>
       </c>
       <c r="C35" t="s">
-        <v>151</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="E35" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2001</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2021</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K35" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>33</v>
+        <v>219</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N35" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>220</v>
+      </c>
+      <c r="P35" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>154</v>
+        <v>222</v>
       </c>
       <c r="B36" t="s">
-        <v>27</v>
+        <v>223</v>
       </c>
       <c r="C36" t="s">
-        <v>151</v>
+        <v>32</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="E36" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2001</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2014</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K36" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>33</v>
+        <v>224</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N36" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>225</v>
+      </c>
+      <c r="P36" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>157</v>
+        <v>227</v>
       </c>
       <c r="B37" t="s">
-        <v>27</v>
+        <v>228</v>
       </c>
       <c r="C37" t="s">
-        <v>151</v>
+        <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="E37" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2001</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2018</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K37" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>33</v>
+        <v>229</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N37" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>230</v>
+      </c>
+      <c r="P37" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>160</v>
+        <v>232</v>
       </c>
       <c r="B38" t="s">
-        <v>27</v>
+        <v>233</v>
       </c>
       <c r="C38" t="s">
-        <v>161</v>
+        <v>32</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>234</v>
       </c>
       <c r="E38" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2003</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2020</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K38" t="s">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>33</v>
+        <v>235</v>
       </c>
       <c r="M38" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="N38" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>63</v>
+      </c>
+      <c r="O38" t="s">
+        <v>236</v>
+      </c>
+      <c r="P38" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>164</v>
+        <v>238</v>
       </c>
       <c r="B39" t="s">
-        <v>27</v>
+        <v>239</v>
       </c>
       <c r="C39" t="s">
-        <v>161</v>
+        <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>234</v>
       </c>
       <c r="E39" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2003</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2010</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K39" t="s">
-        <v>165</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>33</v>
+        <v>240</v>
       </c>
       <c r="M39" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="N39" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>63</v>
+      </c>
+      <c r="O39" t="s">
+        <v>241</v>
+      </c>
+      <c r="P39"/>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>167</v>
+        <v>242</v>
       </c>
       <c r="B40" t="s">
-        <v>27</v>
+        <v>243</v>
       </c>
       <c r="C40" t="s">
-        <v>168</v>
+        <v>32</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E40" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
-      <c r="I40" t="s">
-        <v>30</v>
+      <c r="I40">
+        <v>2010</v>
       </c>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K40" t="s">
-        <v>169</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>33</v>
+        <v>245</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N40" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>246</v>
+      </c>
+      <c r="P40" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>171</v>
+        <v>248</v>
       </c>
       <c r="B41" t="s">
-        <v>27</v>
+        <v>249</v>
       </c>
       <c r="C41" t="s">
-        <v>168</v>
+        <v>32</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E41" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2010</v>
       </c>
-      <c r="I41" t="s">
-        <v>30</v>
+      <c r="I41">
+        <v>2010</v>
       </c>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K41" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>33</v>
+        <v>250</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N41" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>251</v>
+      </c>
+      <c r="P41" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>174</v>
+        <v>253</v>
       </c>
       <c r="B42" t="s">
-        <v>27</v>
+        <v>254</v>
       </c>
       <c r="C42" t="s">
-        <v>168</v>
+        <v>32</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E42" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2000</v>
       </c>
-      <c r="H42">
+      <c r="I42">
         <v>2014</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K42" t="s">
-        <v>175</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>33</v>
+        <v>255</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N42" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>256</v>
+      </c>
+      <c r="P42" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>177</v>
+        <v>258</v>
       </c>
       <c r="B43" t="s">
-        <v>27</v>
+        <v>259</v>
       </c>
       <c r="C43" t="s">
-        <v>178</v>
+        <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>260</v>
       </c>
       <c r="E43" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2005</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2014</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K43" t="s">
-        <v>179</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>33</v>
+        <v>261</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N43" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>262</v>
+      </c>
+      <c r="P43" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>181</v>
+        <v>264</v>
       </c>
       <c r="B44" t="s">
-        <v>27</v>
+        <v>265</v>
       </c>
       <c r="C44" t="s">
-        <v>182</v>
+        <v>32</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>266</v>
       </c>
       <c r="E44" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2005</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2014</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K44" t="s">
-        <v>183</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>33</v>
+        <v>267</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N44" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>268</v>
+      </c>
+      <c r="P44" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>185</v>
+        <v>270</v>
       </c>
       <c r="B45" t="s">
-        <v>27</v>
+        <v>271</v>
       </c>
       <c r="C45" t="s">
-        <v>186</v>
+        <v>32</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>272</v>
       </c>
       <c r="E45" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2002</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2009</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K45" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>33</v>
+        <v>273</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N45" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>274</v>
+      </c>
+      <c r="P45" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>189</v>
+        <v>276</v>
       </c>
       <c r="B46" t="s">
-        <v>27</v>
+        <v>277</v>
       </c>
       <c r="C46" t="s">
-        <v>190</v>
+        <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>278</v>
       </c>
       <c r="E46" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2009</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2021</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K46" t="s">
-        <v>191</v>
+        <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>142</v>
+        <v>279</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="N46" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>280</v>
+      </c>
+      <c r="P46" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>193</v>
+        <v>282</v>
       </c>
       <c r="B47" t="s">
-        <v>27</v>
+        <v>283</v>
       </c>
       <c r="C47" t="s">
-        <v>194</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>284</v>
       </c>
       <c r="E47" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2010</v>
       </c>
-      <c r="I47" t="s">
-        <v>30</v>
+      <c r="I47">
+        <v>2010</v>
       </c>
       <c r="J47" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>285</v>
+      </c>
+      <c r="M47" t="s">
+        <v>38</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>286</v>
+      </c>
+      <c r="P47" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>288</v>
+      </c>
+      <c r="B48" t="s">
+        <v>289</v>
+      </c>
+      <c r="C48" t="s">
+        <v>32</v>
+      </c>
+      <c r="D48" t="s">
+        <v>290</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>34</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48">
+        <v>2018</v>
+      </c>
+      <c r="J48" t="s">
+        <v>35</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>291</v>
+      </c>
+      <c r="M48" t="s">
+        <v>38</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>292</v>
+      </c>
+      <c r="P48" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>294</v>
+      </c>
+      <c r="B49" t="s">
+        <v>295</v>
+      </c>
+      <c r="C49" t="s">
+        <v>32</v>
+      </c>
+      <c r="D49" t="s">
+        <v>290</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2003</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>35</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>296</v>
+      </c>
+      <c r="M49" t="s">
+        <v>38</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>297</v>
+      </c>
+      <c r="P49" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>299</v>
+      </c>
+      <c r="B50" t="s">
+        <v>300</v>
+      </c>
+      <c r="C50" t="s">
+        <v>32</v>
+      </c>
+      <c r="D50" t="s">
+        <v>301</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50">
+        <v>2014</v>
+      </c>
+      <c r="J50" t="s">
+        <v>35</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>302</v>
+      </c>
+      <c r="M50" t="s">
+        <v>38</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>303</v>
+      </c>
+      <c r="P50" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>305</v>
+      </c>
+      <c r="B51" t="s">
+        <v>306</v>
+      </c>
+      <c r="C51" t="s">
+        <v>32</v>
+      </c>
+      <c r="D51" t="s">
+        <v>307</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>34</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51">
+        <v>2018</v>
+      </c>
+      <c r="J51" t="s">
+        <v>35</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>308</v>
+      </c>
+      <c r="M51" t="s">
+        <v>38</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>309</v>
+      </c>
+      <c r="P51" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>311</v>
+      </c>
+      <c r="B52" t="s">
+        <v>312</v>
+      </c>
+      <c r="C52" t="s">
+        <v>32</v>
+      </c>
+      <c r="D52" t="s">
+        <v>313</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>34</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>44</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>314</v>
+      </c>
+      <c r="M52" t="s">
+        <v>203</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>315</v>
+      </c>
+      <c r="P52" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>317</v>
+      </c>
+      <c r="B53" t="s">
+        <v>318</v>
+      </c>
+      <c r="C53" t="s">
+        <v>32</v>
+      </c>
+      <c r="D53" t="s">
+        <v>319</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>34</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2009</v>
+      </c>
+      <c r="I53">
+        <v>2013</v>
+      </c>
+      <c r="J53" t="s">
+        <v>44</v>
+      </c>
+      <c r="K53" t="s">
+        <v>319</v>
+      </c>
+      <c r="L53" t="s">
+        <v>320</v>
+      </c>
+      <c r="M53" t="s">
+        <v>203</v>
+      </c>
+      <c r="N53" t="s">
+        <v>321</v>
+      </c>
+      <c r="O53" t="s">
+        <v>322</v>
+      </c>
+      <c r="P53" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>324</v>
+      </c>
+      <c r="B54" t="s">
+        <v>325</v>
+      </c>
+      <c r="C54" t="s">
+        <v>32</v>
+      </c>
+      <c r="D54" t="s">
+        <v>326</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2011</v>
+      </c>
+      <c r="I54">
+        <v>2017</v>
+      </c>
+      <c r="J54" t="s">
+        <v>35</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>327</v>
+      </c>
+      <c r="M54" t="s">
+        <v>38</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>328</v>
+      </c>
+      <c r="P54" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>330</v>
+      </c>
+      <c r="B55" t="s">
+        <v>331</v>
+      </c>
+      <c r="C55" t="s">
+        <v>32</v>
+      </c>
+      <c r="D55" t="s">
+        <v>332</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>34</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2016</v>
+      </c>
+      <c r="I55">
+        <v>2022</v>
+      </c>
+      <c r="J55" t="s">
+        <v>44</v>
+      </c>
+      <c r="K55" t="s">
+        <v>319</v>
+      </c>
+      <c r="L55" t="s">
+        <v>333</v>
+      </c>
+      <c r="M55" t="s">
+        <v>203</v>
+      </c>
+      <c r="N55" t="s">
+        <v>321</v>
+      </c>
+      <c r="O55" t="s">
+        <v>334</v>
+      </c>
+      <c r="P55" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>336</v>
+      </c>
+      <c r="B56" t="s">
+        <v>337</v>
+      </c>
+      <c r="C56" t="s">
+        <v>32</v>
+      </c>
+      <c r="D56" t="s">
+        <v>338</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1999</v>
+      </c>
+      <c r="I56">
+        <v>2016</v>
+      </c>
+      <c r="J56" t="s">
+        <v>97</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>339</v>
+      </c>
+      <c r="M56" t="s">
+        <v>38</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>340</v>
+      </c>
+      <c r="P56" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>342</v>
+      </c>
+      <c r="B57" t="s">
+        <v>343</v>
+      </c>
+      <c r="C57" t="s">
+        <v>32</v>
+      </c>
+      <c r="D57" t="s">
+        <v>338</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>34</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1999</v>
+      </c>
+      <c r="I57">
+        <v>2016</v>
+      </c>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>344</v>
+      </c>
+      <c r="M57" t="s">
+        <v>38</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>345</v>
+      </c>
+      <c r="P57" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>347</v>
+      </c>
+      <c r="B58" t="s">
+        <v>348</v>
+      </c>
+      <c r="C58" t="s">
+        <v>32</v>
+      </c>
+      <c r="D58" t="s">
+        <v>161</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58">
+        <v>2018</v>
+      </c>
+      <c r="J58" t="s">
+        <v>35</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>349</v>
+      </c>
+      <c r="M58" t="s">
+        <v>38</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>350</v>
+      </c>
+      <c r="P58" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>352</v>
+      </c>
+      <c r="B59" t="s">
+        <v>353</v>
+      </c>
+      <c r="C59" t="s">
+        <v>32</v>
+      </c>
+      <c r="D59" t="s">
+        <v>161</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2003</v>
+      </c>
+      <c r="I59">
+        <v>2015</v>
+      </c>
+      <c r="J59" t="s">
+        <v>35</v>
+      </c>
+      <c r="K59" t="s">
+        <v>354</v>
+      </c>
+      <c r="L59" t="s">
+        <v>355</v>
+      </c>
+      <c r="M59" t="s">
+        <v>38</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>356</v>
+      </c>
+      <c r="P59" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>358</v>
+      </c>
+      <c r="B60" t="s">
+        <v>359</v>
+      </c>
+      <c r="C60" t="s">
+        <v>32</v>
+      </c>
+      <c r="D60" t="s">
+        <v>19</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>34</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2002</v>
+      </c>
+      <c r="I60">
+        <v>2012</v>
+      </c>
+      <c r="J60" t="s">
+        <v>35</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>360</v>
+      </c>
+      <c r="M60" t="s">
+        <v>38</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>361</v>
+      </c>
+      <c r="P60" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>363</v>
+      </c>
+      <c r="B61" t="s">
+        <v>364</v>
+      </c>
+      <c r="C61" t="s">
+        <v>32</v>
+      </c>
+      <c r="D61" t="s">
+        <v>365</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2003</v>
+      </c>
+      <c r="I61">
+        <v>2013</v>
+      </c>
+      <c r="J61" t="s">
+        <v>35</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>366</v>
+      </c>
+      <c r="M61" t="s">
+        <v>38</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>367</v>
+      </c>
+      <c r="P61" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>369</v>
+      </c>
+      <c r="B62" t="s">
+        <v>370</v>
+      </c>
+      <c r="C62" t="s">
+        <v>32</v>
+      </c>
+      <c r="D62" t="s">
+        <v>371</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>34</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62">
+        <v>2017</v>
+      </c>
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>372</v>
+      </c>
+      <c r="M62" t="s">
+        <v>38</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>373</v>
+      </c>
+      <c r="P62" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>375</v>
+      </c>
+      <c r="B63" t="s">
+        <v>376</v>
+      </c>
+      <c r="C63" t="s">
+        <v>32</v>
+      </c>
+      <c r="D63" t="s">
+        <v>377</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2014</v>
+      </c>
+      <c r="I63">
+        <v>2018</v>
+      </c>
+      <c r="J63" t="s">
+        <v>35</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>378</v>
+      </c>
+      <c r="M63" t="s">
+        <v>38</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>379</v>
+      </c>
+      <c r="P63" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>381</v>
+      </c>
+      <c r="B64" t="s">
+        <v>382</v>
+      </c>
+      <c r="C64" t="s">
+        <v>32</v>
+      </c>
+      <c r="D64" t="s">
+        <v>371</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2014</v>
+      </c>
+      <c r="I64">
+        <v>2015</v>
+      </c>
+      <c r="J64" t="s">
+        <v>35</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>383</v>
+      </c>
+      <c r="M64" t="s">
+        <v>38</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>384</v>
+      </c>
+      <c r="P64" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>386</v>
+      </c>
+      <c r="B65" t="s">
+        <v>387</v>
+      </c>
+      <c r="C65" t="s">
+        <v>32</v>
+      </c>
+      <c r="D65" t="s">
+        <v>326</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>34</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2008</v>
+      </c>
+      <c r="I65">
+        <v>2018</v>
+      </c>
+      <c r="J65" t="s">
+        <v>35</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>388</v>
+      </c>
+      <c r="M65" t="s">
+        <v>38</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>389</v>
+      </c>
+      <c r="P65" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>391</v>
+      </c>
+      <c r="B66" t="s">
+        <v>392</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>393</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2001</v>
+      </c>
+      <c r="I66">
+        <v>2002</v>
+      </c>
+      <c r="J66" t="s">
+        <v>23</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>394</v>
+      </c>
+      <c r="M66" t="s">
+        <v>26</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>395</v>
+      </c>
+      <c r="P66" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>397</v>
+      </c>
+      <c r="B67" t="s">
+        <v>398</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>365</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>34</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2002</v>
+      </c>
+      <c r="I67">
+        <v>2010</v>
+      </c>
+      <c r="J67" t="s">
+        <v>23</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>399</v>
+      </c>
+      <c r="M67" t="s">
+        <v>26</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>400</v>
+      </c>
+      <c r="P67" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>402</v>
+      </c>
+      <c r="B68" t="s">
+        <v>403</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
         <v>195</v>
       </c>
-      <c r="L47" t="s">
-[...116 lines deleted...]
-      <c r="G50">
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>34</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2002</v>
+      </c>
+      <c r="I68">
+        <v>2015</v>
+      </c>
+      <c r="J68" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>404</v>
+      </c>
+      <c r="M68" t="s">
+        <v>26</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>405</v>
+      </c>
+      <c r="P68" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>407</v>
+      </c>
+      <c r="B69" t="s">
+        <v>408</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>409</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>34</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2013</v>
       </c>
-      <c r="H50">
-[...84 lines deleted...]
-      <c r="G52">
+      <c r="I69">
         <v>2015</v>
       </c>
-      <c r="H52">
-[...627 lines deleted...]
-      <c r="L66" t="s">
+      <c r="J69" t="s">
         <v>23</v>
       </c>
-      <c r="M66" t="s">
-[...124 lines deleted...]
-      </c>
       <c r="K69" t="s">
-        <v>276</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>23</v>
+        <v>410</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N69" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>411</v>
+      </c>
+      <c r="P69" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>278</v>
+        <v>413</v>
       </c>
       <c r="B70" t="s">
-        <v>15</v>
+        <v>414</v>
       </c>
       <c r="C70" t="s">
-        <v>279</v>
+        <v>18</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>415</v>
       </c>
       <c r="E70" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2007</v>
       </c>
-      <c r="I70" t="s">
-        <v>20</v>
+      <c r="I70">
+        <v>2007</v>
       </c>
       <c r="J70" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K70" t="s">
-        <v>280</v>
+        <v>24</v>
       </c>
       <c r="L70" t="s">
+        <v>416</v>
+      </c>
+      <c r="M70" t="s">
+        <v>26</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>417</v>
+      </c>
+      <c r="P70" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>419</v>
+      </c>
+      <c r="B71" t="s">
+        <v>420</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>421</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>34</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2003</v>
+      </c>
+      <c r="I71">
+        <v>2013</v>
+      </c>
+      <c r="J71" t="s">
         <v>23</v>
       </c>
-      <c r="M70" t="s">
-[...22 lines deleted...]
-      <c r="F71" t="s">
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>422</v>
+      </c>
+      <c r="M71" t="s">
+        <v>26</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>423</v>
+      </c>
+      <c r="P71" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>425</v>
+      </c>
+      <c r="B72" t="s">
+        <v>426</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>427</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>34</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2013</v>
+      </c>
+      <c r="I72">
+        <v>2003</v>
+      </c>
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>26</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>428</v>
+      </c>
+      <c r="P72" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>430</v>
+      </c>
+      <c r="B73" t="s">
+        <v>431</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>85</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>34</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2009</v>
+      </c>
+      <c r="I73">
+        <v>2015</v>
+      </c>
+      <c r="J73" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>432</v>
+      </c>
+      <c r="M73" t="s">
+        <v>26</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>433</v>
+      </c>
+      <c r="P73" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>435</v>
+      </c>
+      <c r="B74" t="s">
+        <v>436</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>409</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>34</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74">
+        <v>2010</v>
+      </c>
+      <c r="J74" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>437</v>
+      </c>
+      <c r="M74" t="s">
+        <v>438</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>439</v>
+      </c>
+      <c r="P74" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>441</v>
+      </c>
+      <c r="B75" t="s">
+        <v>442</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>409</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>34</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75">
+        <v>2014</v>
+      </c>
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>443</v>
+      </c>
+      <c r="M75" t="s">
+        <v>438</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>444</v>
+      </c>
+      <c r="P75" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>446</v>
+      </c>
+      <c r="B76" t="s">
+        <v>447</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>448</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>34</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2006</v>
+      </c>
+      <c r="I76">
+        <v>2013</v>
+      </c>
+      <c r="J76" t="s">
+        <v>44</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>26</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>449</v>
+      </c>
+      <c r="P76" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>451</v>
+      </c>
+      <c r="B77" t="s">
+        <v>452</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
         <v>19</v>
       </c>
-      <c r="G71">
-[...2 lines deleted...]
-      <c r="H71">
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>34</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2008</v>
+      </c>
+      <c r="I77">
         <v>2013</v>
       </c>
-      <c r="I71" t="s">
-[...8 lines deleted...]
-      <c r="L71" t="s">
+      <c r="J77" t="s">
+        <v>44</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>453</v>
+      </c>
+      <c r="M77" t="s">
+        <v>26</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>454</v>
+      </c>
+      <c r="P77" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>456</v>
+      </c>
+      <c r="B78" t="s">
+        <v>457</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>19</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>34</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2008</v>
+      </c>
+      <c r="I78">
+        <v>2013</v>
+      </c>
+      <c r="J78" t="s">
         <v>23</v>
       </c>
-      <c r="M71" t="s">
-[...296 lines deleted...]
-      </c>
       <c r="K78" t="s">
-        <v>306</v>
+        <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>294</v>
+        <v>458</v>
       </c>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N78" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>459</v>
+      </c>
+      <c r="P78" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>308</v>
+        <v>461</v>
       </c>
       <c r="B79" t="s">
-        <v>15</v>
+        <v>462</v>
       </c>
       <c r="C79" t="s">
-        <v>251</v>
+        <v>18</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>371</v>
       </c>
       <c r="E79" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
       </c>
       <c r="H79">
         <v>2011</v>
       </c>
-      <c r="I79" t="s">
-        <v>20</v>
+      <c r="I79">
+        <v>2011</v>
       </c>
       <c r="J79" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K79" t="s">
-        <v>309</v>
+        <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>294</v>
+        <v>463</v>
       </c>
       <c r="M79" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N79" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>464</v>
+      </c>
+      <c r="P79" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>311</v>
+        <v>466</v>
       </c>
       <c r="B80" t="s">
-        <v>15</v>
+        <v>467</v>
       </c>
       <c r="C80" t="s">
-        <v>275</v>
+        <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>409</v>
       </c>
       <c r="E80" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G80">
+        <v>34</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
         <v>2013</v>
       </c>
-      <c r="H80">
+      <c r="I80">
         <v>2015</v>
       </c>
-      <c r="I80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J80" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K80" t="s">
-        <v>312</v>
+        <v>24</v>
       </c>
       <c r="L80" t="s">
+        <v>468</v>
+      </c>
+      <c r="M80" t="s">
+        <v>26</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>469</v>
+      </c>
+      <c r="P80" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>471</v>
+      </c>
+      <c r="B81" t="s">
+        <v>472</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>189</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>34</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2000</v>
+      </c>
+      <c r="I81">
+        <v>2015</v>
+      </c>
+      <c r="J81" t="s">
         <v>23</v>
       </c>
-      <c r="M80" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="K81" t="s">
-        <v>315</v>
+        <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>294</v>
+        <v>473</v>
       </c>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N81" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>474</v>
+      </c>
+      <c r="P81" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>317</v>
+        <v>476</v>
       </c>
       <c r="B82" t="s">
-        <v>15</v>
+        <v>477</v>
       </c>
       <c r="C82" t="s">
-        <v>318</v>
+        <v>18</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>478</v>
       </c>
       <c r="E82" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>34</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
       </c>
       <c r="H82">
         <v>2010</v>
       </c>
-      <c r="I82" t="s">
-        <v>20</v>
+      <c r="I82">
+        <v>2010</v>
       </c>
       <c r="J82" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K82" t="s">
-        <v>319</v>
+        <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>294</v>
+        <v>479</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N82" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>480</v>
+      </c>
+      <c r="P82" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>321</v>
+        <v>482</v>
       </c>
       <c r="B83" t="s">
-        <v>15</v>
+        <v>483</v>
       </c>
       <c r="C83" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>290</v>
       </c>
       <c r="E83" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G83">
+        <v>34</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
         <v>2002</v>
       </c>
-      <c r="H83">
+      <c r="I83">
         <v>2009</v>
       </c>
-      <c r="I83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J83" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K83" t="s">
-        <v>297</v>
+        <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>294</v>
+        <v>443</v>
       </c>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N83" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>484</v>
+      </c>
+      <c r="P83" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>323</v>
+        <v>486</v>
       </c>
       <c r="B84" t="s">
-        <v>15</v>
+        <v>487</v>
       </c>
       <c r="C84" t="s">
-        <v>324</v>
+        <v>18</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>488</v>
       </c>
       <c r="E84" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G84">
+        <v>34</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2013</v>
       </c>
-      <c r="H84">
+      <c r="I84">
         <v>2015</v>
       </c>
-      <c r="I84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J84" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K84" t="s">
-        <v>325</v>
+        <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>294</v>
+        <v>489</v>
       </c>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N84" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>490</v>
+      </c>
+      <c r="P84" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>327</v>
+        <v>492</v>
       </c>
       <c r="B85" t="s">
-        <v>15</v>
+        <v>493</v>
       </c>
       <c r="C85" t="s">
-        <v>125</v>
+        <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E85" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G85">
+        <v>34</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2000</v>
       </c>
-      <c r="H85">
+      <c r="I85">
         <v>2015</v>
       </c>
-      <c r="I85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J85" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K85" t="s">
-        <v>328</v>
+        <v>24</v>
       </c>
       <c r="L85" t="s">
+        <v>494</v>
+      </c>
+      <c r="M85" t="s">
+        <v>26</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>495</v>
+      </c>
+      <c r="P85" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>497</v>
+      </c>
+      <c r="B86" t="s">
+        <v>498</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>338</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>34</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2010</v>
+      </c>
+      <c r="I86">
+        <v>2011</v>
+      </c>
+      <c r="J86" t="s">
         <v>23</v>
       </c>
-      <c r="M85" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="K86" t="s">
-        <v>331</v>
+        <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>294</v>
+        <v>499</v>
       </c>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N86" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>500</v>
+      </c>
+      <c r="P86" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>333</v>
+        <v>502</v>
       </c>
       <c r="B87" t="s">
-        <v>15</v>
+        <v>503</v>
       </c>
       <c r="C87" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>307</v>
       </c>
       <c r="E87" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
       </c>
       <c r="H87">
         <v>2012</v>
       </c>
-      <c r="I87" t="s">
-        <v>20</v>
+      <c r="I87">
+        <v>2012</v>
       </c>
       <c r="J87" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K87" t="s">
-        <v>334</v>
+        <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>294</v>
+        <v>504</v>
       </c>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N87" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>505</v>
+      </c>
+      <c r="P87" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>336</v>
+        <v>507</v>
       </c>
       <c r="B88" t="s">
-        <v>15</v>
+        <v>508</v>
       </c>
       <c r="C88" t="s">
-        <v>337</v>
+        <v>18</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>509</v>
       </c>
       <c r="E88" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
       </c>
       <c r="H88">
         <v>2012</v>
       </c>
-      <c r="I88" t="s">
-        <v>20</v>
+      <c r="I88">
+        <v>2012</v>
       </c>
       <c r="J88" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K88" t="s">
-        <v>338</v>
+        <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>294</v>
+        <v>510</v>
       </c>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N88" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>511</v>
+      </c>
+      <c r="P88" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>340</v>
+        <v>513</v>
       </c>
       <c r="B89" t="s">
-        <v>15</v>
+        <v>514</v>
       </c>
       <c r="C89" t="s">
-        <v>168</v>
+        <v>18</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E89" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F89" t="s">
+        <v>34</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>1993</v>
+      </c>
+      <c r="I89">
+        <v>2013</v>
+      </c>
+      <c r="J89" t="s">
+        <v>23</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>515</v>
+      </c>
+      <c r="M89" t="s">
+        <v>26</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>516</v>
+      </c>
+      <c r="P89" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>518</v>
+      </c>
+      <c r="B90" t="s">
+        <v>519</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
         <v>19</v>
       </c>
-      <c r="G89">
-[...36 lines deleted...]
-      </c>
       <c r="E90" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
       </c>
       <c r="H90">
         <v>2012</v>
       </c>
-      <c r="I90" t="s">
-        <v>20</v>
+      <c r="I90">
+        <v>2012</v>
       </c>
       <c r="J90" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K90" t="s">
-        <v>344</v>
+        <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>294</v>
+        <v>520</v>
       </c>
       <c r="M90" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N90" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>521</v>
+      </c>
+      <c r="P90" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>346</v>
+        <v>523</v>
       </c>
       <c r="B91" t="s">
-        <v>15</v>
+        <v>524</v>
       </c>
       <c r="C91" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E91" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
       </c>
       <c r="H91">
         <v>2011</v>
       </c>
-      <c r="I91" t="s">
-        <v>20</v>
+      <c r="I91">
+        <v>2011</v>
       </c>
       <c r="J91" t="s">
-        <v>240</v>
+        <v>23</v>
       </c>
       <c r="K91" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="L91" t="s">
+        <v>525</v>
+      </c>
+      <c r="M91" t="s">
+        <v>26</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>526</v>
+      </c>
+      <c r="P91" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>528</v>
+      </c>
+      <c r="B92" t="s">
+        <v>529</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>48</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>34</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2000</v>
+      </c>
+      <c r="I92">
+        <v>2012</v>
+      </c>
+      <c r="J92" t="s">
         <v>23</v>
       </c>
-      <c r="M91" t="s">
-[...25 lines deleted...]
-      <c r="G92">
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>473</v>
+      </c>
+      <c r="M92" t="s">
+        <v>26</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>530</v>
+      </c>
+      <c r="P92" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>532</v>
+      </c>
+      <c r="B93" t="s">
+        <v>533</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>48</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>34</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
         <v>2000</v>
       </c>
-      <c r="H92">
+      <c r="I93">
         <v>2012</v>
       </c>
-      <c r="I92" t="s">
-[...8 lines deleted...]
-      <c r="L92" t="s">
+      <c r="J93" t="s">
         <v>23</v>
       </c>
-      <c r="M92" t="s">
-[...25 lines deleted...]
-      <c r="G93">
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>473</v>
+      </c>
+      <c r="M93" t="s">
+        <v>26</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>534</v>
+      </c>
+      <c r="P93" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>536</v>
+      </c>
+      <c r="B94" t="s">
+        <v>537</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>538</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>34</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94"/>
+      <c r="I94">
+        <v>2016</v>
+      </c>
+      <c r="J94" t="s">
+        <v>44</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>539</v>
+      </c>
+      <c r="M94" t="s">
+        <v>26</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>540</v>
+      </c>
+      <c r="P94" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>542</v>
+      </c>
+      <c r="B95" t="s">
+        <v>543</v>
+      </c>
+      <c r="C95" t="s">
+        <v>544</v>
+      </c>
+      <c r="D95" t="s">
+        <v>371</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>545</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2021</v>
+      </c>
+      <c r="I95">
+        <v>2019</v>
+      </c>
+      <c r="J95" t="s">
+        <v>546</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>547</v>
+      </c>
+      <c r="M95" t="s">
+        <v>548</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>549</v>
+      </c>
+      <c r="P95" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>551</v>
+      </c>
+      <c r="B96" t="s">
+        <v>552</v>
+      </c>
+      <c r="C96" t="s">
+        <v>544</v>
+      </c>
+      <c r="D96" t="s">
+        <v>161</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>545</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2014</v>
+      </c>
+      <c r="I96">
+        <v>2019</v>
+      </c>
+      <c r="J96" t="s">
+        <v>553</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>554</v>
+      </c>
+      <c r="M96" t="s">
+        <v>548</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>555</v>
+      </c>
+      <c r="P96" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>557</v>
+      </c>
+      <c r="B97" t="s">
+        <v>558</v>
+      </c>
+      <c r="C97" t="s">
+        <v>544</v>
+      </c>
+      <c r="D97" t="s">
+        <v>161</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>545</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2015</v>
+      </c>
+      <c r="I97">
+        <v>2019</v>
+      </c>
+      <c r="J97" t="s">
+        <v>546</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>559</v>
+      </c>
+      <c r="M97" t="s">
+        <v>548</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>560</v>
+      </c>
+      <c r="P97" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>562</v>
+      </c>
+      <c r="B98" t="s">
+        <v>563</v>
+      </c>
+      <c r="C98" t="s">
+        <v>544</v>
+      </c>
+      <c r="D98" t="s">
+        <v>564</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>545</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2012</v>
+      </c>
+      <c r="I98">
+        <v>2019</v>
+      </c>
+      <c r="J98" t="s">
+        <v>546</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>565</v>
+      </c>
+      <c r="M98" t="s">
+        <v>548</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>566</v>
+      </c>
+      <c r="P98" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>568</v>
+      </c>
+      <c r="B99" t="s">
+        <v>569</v>
+      </c>
+      <c r="C99" t="s">
+        <v>544</v>
+      </c>
+      <c r="D99" t="s">
+        <v>290</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>545</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2012</v>
+      </c>
+      <c r="I99">
+        <v>2019</v>
+      </c>
+      <c r="J99" t="s">
+        <v>553</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>570</v>
+      </c>
+      <c r="M99" t="s">
+        <v>548</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>571</v>
+      </c>
+      <c r="P99" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>573</v>
+      </c>
+      <c r="B100" t="s">
+        <v>574</v>
+      </c>
+      <c r="C100" t="s">
+        <v>544</v>
+      </c>
+      <c r="D100" t="s">
+        <v>575</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>545</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2014</v>
+      </c>
+      <c r="I100">
+        <v>2019</v>
+      </c>
+      <c r="J100" t="s">
+        <v>553</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>576</v>
+      </c>
+      <c r="M100" t="s">
+        <v>548</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>577</v>
+      </c>
+      <c r="P100" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>579</v>
+      </c>
+      <c r="B101" t="s">
+        <v>580</v>
+      </c>
+      <c r="C101" t="s">
+        <v>544</v>
+      </c>
+      <c r="D101" t="s">
+        <v>145</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>545</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2015</v>
+      </c>
+      <c r="I101">
+        <v>2019</v>
+      </c>
+      <c r="J101" t="s">
+        <v>553</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>581</v>
+      </c>
+      <c r="M101" t="s">
+        <v>548</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>582</v>
+      </c>
+      <c r="P101" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>584</v>
+      </c>
+      <c r="B102" t="s">
+        <v>585</v>
+      </c>
+      <c r="C102" t="s">
+        <v>544</v>
+      </c>
+      <c r="D102" t="s">
+        <v>195</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>545</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2014</v>
+      </c>
+      <c r="I102">
+        <v>2019</v>
+      </c>
+      <c r="J102" t="s">
+        <v>546</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>586</v>
+      </c>
+      <c r="M102" t="s">
+        <v>548</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>587</v>
+      </c>
+      <c r="P102" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>589</v>
+      </c>
+      <c r="B103" t="s">
+        <v>590</v>
+      </c>
+      <c r="C103" t="s">
+        <v>544</v>
+      </c>
+      <c r="D103" t="s">
+        <v>365</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>545</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2013</v>
+      </c>
+      <c r="I103">
+        <v>2019</v>
+      </c>
+      <c r="J103" t="s">
+        <v>553</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>591</v>
+      </c>
+      <c r="M103" t="s">
+        <v>548</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>592</v>
+      </c>
+      <c r="P103" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>594</v>
+      </c>
+      <c r="B104" t="s">
+        <v>595</v>
+      </c>
+      <c r="C104" t="s">
+        <v>544</v>
+      </c>
+      <c r="D104" t="s">
+        <v>409</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>545</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2017</v>
+      </c>
+      <c r="I104">
+        <v>2019</v>
+      </c>
+      <c r="J104" t="s">
+        <v>553</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>596</v>
+      </c>
+      <c r="M104" t="s">
+        <v>548</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>597</v>
+      </c>
+      <c r="P104" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>599</v>
+      </c>
+      <c r="B105" t="s">
+        <v>600</v>
+      </c>
+      <c r="C105" t="s">
+        <v>544</v>
+      </c>
+      <c r="D105" t="s">
+        <v>68</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>545</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2016</v>
+      </c>
+      <c r="I105">
+        <v>2019</v>
+      </c>
+      <c r="J105" t="s">
+        <v>553</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>601</v>
+      </c>
+      <c r="M105" t="s">
+        <v>548</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>602</v>
+      </c>
+      <c r="P105" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>604</v>
+      </c>
+      <c r="B106" t="s">
+        <v>605</v>
+      </c>
+      <c r="C106" t="s">
+        <v>606</v>
+      </c>
+      <c r="D106" t="s">
+        <v>607</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>34</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2000</v>
       </c>
-      <c r="H93">
+      <c r="I106">
+        <v>2021</v>
+      </c>
+      <c r="J106" t="s">
+        <v>44</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>608</v>
+      </c>
+      <c r="M106" t="s">
+        <v>609</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>610</v>
+      </c>
+      <c r="P106" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>612</v>
+      </c>
+      <c r="B107" t="s">
+        <v>613</v>
+      </c>
+      <c r="C107" t="s">
+        <v>606</v>
+      </c>
+      <c r="D107" t="s">
+        <v>614</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>34</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>1995</v>
+      </c>
+      <c r="I107">
+        <v>2021</v>
+      </c>
+      <c r="J107" t="s">
+        <v>44</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>615</v>
+      </c>
+      <c r="M107" t="s">
+        <v>609</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>616</v>
+      </c>
+      <c r="P107" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>618</v>
+      </c>
+      <c r="B108" t="s">
+        <v>619</v>
+      </c>
+      <c r="C108" t="s">
+        <v>606</v>
+      </c>
+      <c r="D108" t="s">
+        <v>85</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>34</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>1996</v>
+      </c>
+      <c r="I108">
+        <v>2021</v>
+      </c>
+      <c r="J108" t="s">
+        <v>44</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>620</v>
+      </c>
+      <c r="M108" t="s">
+        <v>609</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>621</v>
+      </c>
+      <c r="P108" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>623</v>
+      </c>
+      <c r="B109" t="s">
+        <v>624</v>
+      </c>
+      <c r="C109" t="s">
+        <v>606</v>
+      </c>
+      <c r="D109" t="s">
+        <v>195</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>34</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2003</v>
+      </c>
+      <c r="I109">
+        <v>2022</v>
+      </c>
+      <c r="J109" t="s">
+        <v>44</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>625</v>
+      </c>
+      <c r="M109" t="s">
+        <v>609</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>626</v>
+      </c>
+      <c r="P109" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>628</v>
+      </c>
+      <c r="B110" t="s">
+        <v>629</v>
+      </c>
+      <c r="C110" t="s">
+        <v>606</v>
+      </c>
+      <c r="D110" t="s">
+        <v>365</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>34</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>1997</v>
+      </c>
+      <c r="I110">
+        <v>2021</v>
+      </c>
+      <c r="J110" t="s">
+        <v>44</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>630</v>
+      </c>
+      <c r="M110" t="s">
+        <v>609</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>631</v>
+      </c>
+      <c r="P110" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>633</v>
+      </c>
+      <c r="B111" t="s">
+        <v>634</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>178</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>34</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2000</v>
+      </c>
+      <c r="I111">
+        <v>2015</v>
+      </c>
+      <c r="J111" t="s">
+        <v>23</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>494</v>
+      </c>
+      <c r="M111" t="s">
+        <v>26</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>635</v>
+      </c>
+      <c r="P111" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>637</v>
+      </c>
+      <c r="B112" t="s">
+        <v>638</v>
+      </c>
+      <c r="C112" t="s">
+        <v>639</v>
+      </c>
+      <c r="D112" t="s">
+        <v>85</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>545</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2000</v>
+      </c>
+      <c r="I112">
         <v>2012</v>
       </c>
-      <c r="I93" t="s">
-[...82 lines deleted...]
-      <c r="H95">
+      <c r="J112" t="s">
+        <v>640</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>641</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>642</v>
+      </c>
+      <c r="P112" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>644</v>
+      </c>
+      <c r="B113" t="s">
+        <v>645</v>
+      </c>
+      <c r="C113" t="s">
+        <v>646</v>
+      </c>
+      <c r="D113" t="s">
+        <v>172</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>34</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2013</v>
+      </c>
+      <c r="I113">
+        <v>2020</v>
+      </c>
+      <c r="J113" t="s">
+        <v>35</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>647</v>
+      </c>
+      <c r="M113" t="s">
+        <v>648</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>649</v>
+      </c>
+      <c r="P113" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>651</v>
+      </c>
+      <c r="B114" t="s">
+        <v>652</v>
+      </c>
+      <c r="C114" t="s">
+        <v>653</v>
+      </c>
+      <c r="D114" t="s">
+        <v>48</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>34</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>1994</v>
+      </c>
+      <c r="I114">
+        <v>2020</v>
+      </c>
+      <c r="J114" t="s">
+        <v>35</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>654</v>
+      </c>
+      <c r="M114" t="s">
+        <v>648</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>655</v>
+      </c>
+      <c r="P114" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>657</v>
+      </c>
+      <c r="B115" t="s">
+        <v>658</v>
+      </c>
+      <c r="C115" t="s">
+        <v>659</v>
+      </c>
+      <c r="D115" t="s">
+        <v>189</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>34</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>1992</v>
+      </c>
+      <c r="I115">
+        <v>2020</v>
+      </c>
+      <c r="J115" t="s">
+        <v>35</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>660</v>
+      </c>
+      <c r="M115" t="s">
+        <v>648</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>661</v>
+      </c>
+      <c r="P115" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>663</v>
+      </c>
+      <c r="B116" t="s">
+        <v>664</v>
+      </c>
+      <c r="C116" t="s">
+        <v>653</v>
+      </c>
+      <c r="D116" t="s">
+        <v>178</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>34</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2001</v>
+      </c>
+      <c r="I116">
         <v>2019</v>
       </c>
-      <c r="I95" t="s">
-[...923 lines deleted...]
-      </c>
       <c r="J116" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K116" t="s">
-        <v>437</v>
+        <v>24</v>
       </c>
       <c r="L116" t="s">
-        <v>426</v>
+        <v>665</v>
       </c>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>648</v>
       </c>
       <c r="N116" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>666</v>
+      </c>
+      <c r="P116" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>439</v>
+        <v>668</v>
       </c>
       <c r="B117" t="s">
-        <v>419</v>
+        <v>669</v>
       </c>
       <c r="C117" t="s">
-        <v>40</v>
+        <v>639</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="E117" t="s">
-        <v>359</v>
+        <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G117">
+        <v>545</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
         <v>2004</v>
       </c>
-      <c r="H117">
+      <c r="I117">
         <v>2011</v>
       </c>
-      <c r="I117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J117" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
       <c r="M117" t="s">
-        <v>24</v>
+        <v>641</v>
       </c>
       <c r="N117" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>671</v>
+      </c>
+      <c r="P117" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>442</v>
+        <v>672</v>
       </c>
       <c r="B118" t="s">
-        <v>419</v>
+        <v>673</v>
       </c>
       <c r="C118" t="s">
-        <v>114</v>
+        <v>639</v>
       </c>
       <c r="D118" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E118" t="s">
-        <v>359</v>
+        <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>545</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
       </c>
       <c r="H118">
         <v>2006</v>
       </c>
-      <c r="I118" t="s">
-        <v>440</v>
+      <c r="I118">
+        <v>2006</v>
       </c>
       <c r="J118" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-      <c r="L118" t="s">
+        <v>670</v>
+      </c>
+      <c r="K118" t="s">
+        <v>354</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>641</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>674</v>
+      </c>
+      <c r="P118" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>672</v>
+      </c>
+      <c r="B119" t="s">
+        <v>675</v>
+      </c>
+      <c r="C119" t="s">
+        <v>639</v>
+      </c>
+      <c r="D119" t="s">
+        <v>448</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>545</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2006</v>
+      </c>
+      <c r="I119">
+        <v>2008</v>
+      </c>
+      <c r="J119" t="s">
+        <v>670</v>
+      </c>
+      <c r="K119" t="s">
+        <v>354</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>641</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>676</v>
+      </c>
+      <c r="P119" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>677</v>
+      </c>
+      <c r="B120" t="s">
+        <v>678</v>
+      </c>
+      <c r="C120" t="s">
+        <v>639</v>
+      </c>
+      <c r="D120" t="s">
+        <v>679</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>545</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2009</v>
+      </c>
+      <c r="I120">
+        <v>2011</v>
+      </c>
+      <c r="J120" t="s">
+        <v>670</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>641</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>680</v>
+      </c>
+      <c r="P120" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>681</v>
+      </c>
+      <c r="B121" t="s">
+        <v>682</v>
+      </c>
+      <c r="C121" t="s">
+        <v>639</v>
+      </c>
+      <c r="D121" t="s">
+        <v>478</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>545</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2006</v>
+      </c>
+      <c r="I121">
+        <v>2008</v>
+      </c>
+      <c r="J121" t="s">
+        <v>670</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>641</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>683</v>
+      </c>
+      <c r="P121" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>684</v>
+      </c>
+      <c r="B122" t="s">
+        <v>685</v>
+      </c>
+      <c r="C122" t="s">
+        <v>639</v>
+      </c>
+      <c r="D122" t="s">
+        <v>686</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>545</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2008</v>
+      </c>
+      <c r="I122">
+        <v>2010</v>
+      </c>
+      <c r="J122" t="s">
+        <v>670</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>641</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>687</v>
+      </c>
+      <c r="P122" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>688</v>
+      </c>
+      <c r="B123" t="s">
+        <v>689</v>
+      </c>
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
+        <v>690</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>1981</v>
+      </c>
+      <c r="I123">
+        <v>1982</v>
+      </c>
+      <c r="J123" t="s">
+        <v>23</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>691</v>
+      </c>
+      <c r="M123" t="s">
+        <v>438</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>692</v>
+      </c>
+      <c r="P123" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>693</v>
+      </c>
+      <c r="B124" t="s">
+        <v>693</v>
+      </c>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>301</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2002</v>
+      </c>
+      <c r="I124">
+        <v>2001</v>
+      </c>
+      <c r="J124" t="s">
+        <v>23</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>26</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>694</v>
+      </c>
+      <c r="P124" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>695</v>
+      </c>
+      <c r="B125" t="s">
+        <v>696</v>
+      </c>
+      <c r="C125" t="s">
+        <v>32</v>
+      </c>
+      <c r="D125" t="s">
+        <v>290</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2003</v>
+      </c>
+      <c r="I125">
+        <v>2014</v>
+      </c>
+      <c r="J125" t="s">
+        <v>35</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>697</v>
+      </c>
+      <c r="M125" t="s">
+        <v>698</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>699</v>
+      </c>
+      <c r="P125" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>701</v>
+      </c>
+      <c r="B126" t="s">
+        <v>702</v>
+      </c>
+      <c r="C126" t="s">
+        <v>32</v>
+      </c>
+      <c r="D126" t="s">
+        <v>290</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2003</v>
+      </c>
+      <c r="I126">
+        <v>2017</v>
+      </c>
+      <c r="J126" t="s">
+        <v>35</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>703</v>
+      </c>
+      <c r="M126" t="s">
+        <v>704</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>705</v>
+      </c>
+      <c r="P126" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>707</v>
+      </c>
+      <c r="B127" t="s">
+        <v>708</v>
+      </c>
+      <c r="C127" t="s">
+        <v>32</v>
+      </c>
+      <c r="D127" t="s">
+        <v>68</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2005</v>
+      </c>
+      <c r="I127">
+        <v>2016</v>
+      </c>
+      <c r="J127" t="s">
+        <v>35</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>709</v>
+      </c>
+      <c r="M127" t="s">
+        <v>704</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>710</v>
+      </c>
+      <c r="P127" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>712</v>
+      </c>
+      <c r="B128" t="s">
+        <v>713</v>
+      </c>
+      <c r="C128" t="s">
+        <v>32</v>
+      </c>
+      <c r="D128" t="s">
+        <v>68</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2005</v>
+      </c>
+      <c r="I128">
+        <v>2016</v>
+      </c>
+      <c r="J128" t="s">
+        <v>35</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>714</v>
+      </c>
+      <c r="M128" t="s">
+        <v>704</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>715</v>
+      </c>
+      <c r="P128" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>717</v>
+      </c>
+      <c r="B129" t="s">
+        <v>718</v>
+      </c>
+      <c r="C129" t="s">
+        <v>32</v>
+      </c>
+      <c r="D129" t="s">
+        <v>719</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>720</v>
+      </c>
+      <c r="G129" t="s">
+        <v>8</v>
+      </c>
+      <c r="H129">
+        <v>2008</v>
+      </c>
+      <c r="I129">
+        <v>2024</v>
+      </c>
+      <c r="J129" t="s">
+        <v>721</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>722</v>
+      </c>
+      <c r="N129" t="s">
+        <v>723</v>
+      </c>
+      <c r="O129" t="s">
+        <v>724</v>
+      </c>
+      <c r="P129" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>726</v>
+      </c>
+      <c r="B130" t="s">
+        <v>727</v>
+      </c>
+      <c r="C130" t="s">
+        <v>544</v>
+      </c>
+      <c r="D130" t="s">
+        <v>244</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>34</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2003</v>
+      </c>
+      <c r="I130">
+        <v>2012</v>
+      </c>
+      <c r="J130" t="s">
+        <v>728</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>729</v>
+      </c>
+      <c r="M130" t="s">
+        <v>730</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>731</v>
+      </c>
+      <c r="P130" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>733</v>
+      </c>
+      <c r="B131" t="s">
+        <v>734</v>
+      </c>
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
+        <v>48</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>34</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2000</v>
+      </c>
+      <c r="I131">
+        <v>2013</v>
+      </c>
+      <c r="J131" t="s">
+        <v>23</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>735</v>
+      </c>
+      <c r="M131" t="s">
+        <v>26</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>736</v>
+      </c>
+      <c r="P131" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>738</v>
+      </c>
+      <c r="B132" t="s">
+        <v>739</v>
+      </c>
+      <c r="C132" t="s">
+        <v>18</v>
+      </c>
+      <c r="D132" t="s">
+        <v>48</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>34</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2000</v>
+      </c>
+      <c r="I132">
+        <v>2013</v>
+      </c>
+      <c r="J132" t="s">
+        <v>23</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>26</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>740</v>
+      </c>
+      <c r="P132" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>742</v>
+      </c>
+      <c r="B133" t="s">
+        <v>743</v>
+      </c>
+      <c r="C133" t="s">
+        <v>18</v>
+      </c>
+      <c r="D133" t="s">
+        <v>48</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>34</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2000</v>
+      </c>
+      <c r="I133">
+        <v>2013</v>
+      </c>
+      <c r="J133" t="s">
+        <v>23</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>735</v>
+      </c>
+      <c r="M133" t="s">
+        <v>438</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>744</v>
+      </c>
+      <c r="P133" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>746</v>
+      </c>
+      <c r="B134" t="s">
+        <v>747</v>
+      </c>
+      <c r="C134" t="s">
+        <v>18</v>
+      </c>
+      <c r="D134" t="s">
+        <v>234</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>34</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2015</v>
+      </c>
+      <c r="I134">
+        <v>2015</v>
+      </c>
+      <c r="J134" t="s">
+        <v>23</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>746</v>
+      </c>
+      <c r="M134" t="s">
+        <v>26</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>748</v>
+      </c>
+      <c r="P134" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>750</v>
+      </c>
+      <c r="B135" t="s">
+        <v>751</v>
+      </c>
+      <c r="C135" t="s">
+        <v>18</v>
+      </c>
+      <c r="D135" t="s">
+        <v>19</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>34</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2008</v>
+      </c>
+      <c r="I135">
+        <v>2013</v>
+      </c>
+      <c r="J135" t="s">
+        <v>23</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>25</v>
+      </c>
+      <c r="M135" t="s">
+        <v>438</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>752</v>
+      </c>
+      <c r="P135" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>754</v>
+      </c>
+      <c r="B136" t="s">
+        <v>755</v>
+      </c>
+      <c r="C136" t="s">
+        <v>18</v>
+      </c>
+      <c r="D136" t="s">
+        <v>478</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>34</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2010</v>
+      </c>
+      <c r="I136">
+        <v>2014</v>
+      </c>
+      <c r="J136" t="s">
+        <v>23</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>26</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>756</v>
+      </c>
+      <c r="P136" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>758</v>
+      </c>
+      <c r="B137" t="s">
+        <v>759</v>
+      </c>
+      <c r="C137" t="s">
+        <v>18</v>
+      </c>
+      <c r="D137" t="s">
+        <v>161</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>34</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2011</v>
+      </c>
+      <c r="I137">
+        <v>2011</v>
+      </c>
+      <c r="J137" t="s">
+        <v>23</v>
+      </c>
+      <c r="K137" t="s">
+        <v>354</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>26</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>760</v>
+      </c>
+      <c r="P137"/>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>761</v>
+      </c>
+      <c r="B138" t="s">
+        <v>762</v>
+      </c>
+      <c r="C138" t="s">
+        <v>18</v>
+      </c>
+      <c r="D138" t="s">
+        <v>19</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>34</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2008</v>
+      </c>
+      <c r="I138">
+        <v>2014</v>
+      </c>
+      <c r="J138" t="s">
+        <v>23</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>438</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>763</v>
+      </c>
+      <c r="P138" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>765</v>
+      </c>
+      <c r="B139" t="s">
+        <v>766</v>
+      </c>
+      <c r="C139" t="s">
+        <v>18</v>
+      </c>
+      <c r="D139" t="s">
+        <v>767</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>34</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2011</v>
+      </c>
+      <c r="I139">
+        <v>2013</v>
+      </c>
+      <c r="J139" t="s">
+        <v>23</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>26</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>768</v>
+      </c>
+      <c r="P139" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>770</v>
+      </c>
+      <c r="B140" t="s">
+        <v>771</v>
+      </c>
+      <c r="C140" t="s">
+        <v>18</v>
+      </c>
+      <c r="D140" t="s">
+        <v>161</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>34</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2013</v>
+      </c>
+      <c r="I140">
+        <v>2014</v>
+      </c>
+      <c r="J140" t="s">
+        <v>23</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>438</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>772</v>
+      </c>
+      <c r="P140" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>774</v>
+      </c>
+      <c r="B141" t="s">
+        <v>775</v>
+      </c>
+      <c r="C141" t="s">
+        <v>18</v>
+      </c>
+      <c r="D141" t="s">
+        <v>19</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>34</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2012</v>
+      </c>
+      <c r="I141">
+        <v>2014</v>
+      </c>
+      <c r="J141" t="s">
+        <v>23</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>438</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>776</v>
+      </c>
+      <c r="P141" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>778</v>
+      </c>
+      <c r="B142" t="s">
+        <v>779</v>
+      </c>
+      <c r="C142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" t="s">
+        <v>780</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>34</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2015</v>
+      </c>
+      <c r="I142">
+        <v>2015</v>
+      </c>
+      <c r="J142" t="s">
+        <v>23</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>778</v>
+      </c>
+      <c r="M142" t="s">
+        <v>438</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>781</v>
+      </c>
+      <c r="P142" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>783</v>
+      </c>
+      <c r="B143" t="s">
+        <v>784</v>
+      </c>
+      <c r="C143" t="s">
+        <v>18</v>
+      </c>
+      <c r="D143" t="s">
+        <v>448</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>34</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2006</v>
+      </c>
+      <c r="I143">
+        <v>2016</v>
+      </c>
+      <c r="J143" t="s">
+        <v>23</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>438</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>785</v>
+      </c>
+      <c r="P143" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>787</v>
+      </c>
+      <c r="B144" t="s">
+        <v>788</v>
+      </c>
+      <c r="C144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" t="s">
+        <v>189</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>34</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2000</v>
+      </c>
+      <c r="I144">
+        <v>2016</v>
+      </c>
+      <c r="J144" t="s">
+        <v>23</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>26</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>789</v>
+      </c>
+      <c r="P144" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>791</v>
+      </c>
+      <c r="B145" t="s">
+        <v>792</v>
+      </c>
+      <c r="C145" t="s">
+        <v>18</v>
+      </c>
+      <c r="D145" t="s">
+        <v>189</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>34</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2000</v>
+      </c>
+      <c r="I145">
+        <v>2015</v>
+      </c>
+      <c r="J145" t="s">
+        <v>23</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>438</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>793</v>
+      </c>
+      <c r="P145" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>795</v>
+      </c>
+      <c r="B146" t="s">
+        <v>796</v>
+      </c>
+      <c r="C146" t="s">
+        <v>18</v>
+      </c>
+      <c r="D146" t="s">
+        <v>178</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>34</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2000</v>
+      </c>
+      <c r="I146">
+        <v>2013</v>
+      </c>
+      <c r="J146" t="s">
+        <v>23</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>735</v>
+      </c>
+      <c r="M146" t="s">
+        <v>438</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>797</v>
+      </c>
+      <c r="P146" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>799</v>
+      </c>
+      <c r="B147" t="s">
+        <v>800</v>
+      </c>
+      <c r="C147" t="s">
+        <v>18</v>
+      </c>
+      <c r="D147" t="s">
+        <v>290</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>34</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2001</v>
+      </c>
+      <c r="I147">
+        <v>2013</v>
+      </c>
+      <c r="J147" t="s">
+        <v>23</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>26</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>801</v>
+      </c>
+      <c r="P147" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>803</v>
+      </c>
+      <c r="B148" t="s">
+        <v>804</v>
+      </c>
+      <c r="C148" t="s">
+        <v>18</v>
+      </c>
+      <c r="D148" t="s">
+        <v>365</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>34</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2002</v>
+      </c>
+      <c r="I148">
+        <v>2014</v>
+      </c>
+      <c r="J148" t="s">
+        <v>23</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>805</v>
+      </c>
+      <c r="M148" t="s">
+        <v>26</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>806</v>
+      </c>
+      <c r="P148" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>808</v>
+      </c>
+      <c r="B149" t="s">
+        <v>809</v>
+      </c>
+      <c r="C149" t="s">
+        <v>18</v>
+      </c>
+      <c r="D149" t="s">
+        <v>810</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>34</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>1998</v>
+      </c>
+      <c r="I149">
+        <v>2014</v>
+      </c>
+      <c r="J149" t="s">
+        <v>811</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>812</v>
+      </c>
+      <c r="M149" t="s">
+        <v>26</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>813</v>
+      </c>
+      <c r="P149" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>815</v>
+      </c>
+      <c r="B150" t="s">
+        <v>816</v>
+      </c>
+      <c r="C150" t="s">
+        <v>18</v>
+      </c>
+      <c r="D150" t="s">
+        <v>85</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>34</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2005</v>
+      </c>
+      <c r="I150">
+        <v>2013</v>
+      </c>
+      <c r="J150" t="s">
+        <v>23</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>817</v>
+      </c>
+      <c r="M150" t="s">
+        <v>438</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>818</v>
+      </c>
+      <c r="P150" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>820</v>
+      </c>
+      <c r="B151" t="s">
+        <v>821</v>
+      </c>
+      <c r="C151" t="s">
+        <v>18</v>
+      </c>
+      <c r="D151" t="s">
+        <v>301</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>34</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2002</v>
+      </c>
+      <c r="I151">
+        <v>2013</v>
+      </c>
+      <c r="J151" t="s">
+        <v>23</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>438</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>822</v>
+      </c>
+      <c r="P151" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>824</v>
+      </c>
+      <c r="B152" t="s">
+        <v>825</v>
+      </c>
+      <c r="C152" t="s">
+        <v>18</v>
+      </c>
+      <c r="D152" t="s">
+        <v>178</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>34</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2000</v>
+      </c>
+      <c r="I152">
+        <v>2013</v>
+      </c>
+      <c r="J152" t="s">
+        <v>23</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>826</v>
+      </c>
+      <c r="M152" t="s">
+        <v>26</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>827</v>
+      </c>
+      <c r="P152"/>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>828</v>
+      </c>
+      <c r="B153" t="s">
+        <v>829</v>
+      </c>
+      <c r="C153" t="s">
+        <v>18</v>
+      </c>
+      <c r="D153" t="s">
+        <v>377</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>34</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2011</v>
+      </c>
+      <c r="I153">
+        <v>2013</v>
+      </c>
+      <c r="J153" t="s">
+        <v>23</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>438</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>830</v>
+      </c>
+      <c r="P153" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>832</v>
+      </c>
+      <c r="B154" t="s">
+        <v>833</v>
+      </c>
+      <c r="C154" t="s">
+        <v>18</v>
+      </c>
+      <c r="D154" t="s">
+        <v>834</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>34</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2006</v>
+      </c>
+      <c r="I154">
+        <v>2015</v>
+      </c>
+      <c r="J154" t="s">
+        <v>23</v>
+      </c>
+      <c r="K154" t="s">
+        <v>354</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>438</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>835</v>
+      </c>
+      <c r="P154" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>837</v>
+      </c>
+      <c r="B155" t="s">
+        <v>838</v>
+      </c>
+      <c r="C155" t="s">
+        <v>18</v>
+      </c>
+      <c r="D155" t="s">
+        <v>19</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>34</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2012</v>
+      </c>
+      <c r="I155">
+        <v>2012</v>
+      </c>
+      <c r="J155" t="s">
+        <v>23</v>
+      </c>
+      <c r="K155" t="s">
+        <v>839</v>
+      </c>
+      <c r="L155" t="s">
+        <v>840</v>
+      </c>
+      <c r="M155" t="s">
+        <v>438</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>841</v>
+      </c>
+      <c r="P155" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>843</v>
+      </c>
+      <c r="B156" t="s">
+        <v>844</v>
+      </c>
+      <c r="C156" t="s">
+        <v>18</v>
+      </c>
+      <c r="D156" t="s">
+        <v>48</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>34</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2000</v>
+      </c>
+      <c r="I156">
+        <v>2015</v>
+      </c>
+      <c r="J156" t="s">
+        <v>23</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>26</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>845</v>
+      </c>
+      <c r="P156" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>847</v>
+      </c>
+      <c r="B157" t="s">
+        <v>848</v>
+      </c>
+      <c r="C157" t="s">
+        <v>18</v>
+      </c>
+      <c r="D157" t="s">
+        <v>195</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>34</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2002</v>
+      </c>
+      <c r="I157">
+        <v>2013</v>
+      </c>
+      <c r="J157" t="s">
+        <v>23</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>849</v>
+      </c>
+      <c r="M157" t="s">
+        <v>26</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>850</v>
+      </c>
+      <c r="P157" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>852</v>
+      </c>
+      <c r="B158" t="s">
+        <v>853</v>
+      </c>
+      <c r="C158" t="s">
+        <v>18</v>
+      </c>
+      <c r="D158" t="s">
+        <v>48</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>34</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2000</v>
+      </c>
+      <c r="I158">
+        <v>2015</v>
+      </c>
+      <c r="J158" t="s">
+        <v>23</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>438</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>854</v>
+      </c>
+      <c r="P158" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>856</v>
+      </c>
+      <c r="B159" t="s">
+        <v>857</v>
+      </c>
+      <c r="C159" t="s">
+        <v>18</v>
+      </c>
+      <c r="D159" t="s">
         <v>421</v>
       </c>
-      <c r="M118" t="s">
-[...25 lines deleted...]
-      <c r="G119">
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>34</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2001</v>
+      </c>
+      <c r="I159">
+        <v>2013</v>
+      </c>
+      <c r="J159" t="s">
+        <v>23</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159" t="s">
+        <v>26</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>858</v>
+      </c>
+      <c r="P159" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>860</v>
+      </c>
+      <c r="B160" t="s">
+        <v>861</v>
+      </c>
+      <c r="C160" t="s">
+        <v>18</v>
+      </c>
+      <c r="D160" t="s">
+        <v>448</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>34</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
         <v>2006</v>
       </c>
-      <c r="H119">
-[...41 lines deleted...]
-      <c r="H120">
+      <c r="I160">
+        <v>2013</v>
+      </c>
+      <c r="J160" t="s">
+        <v>23</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>438</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>862</v>
+      </c>
+      <c r="P160" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>864</v>
+      </c>
+      <c r="B161" t="s">
+        <v>865</v>
+      </c>
+      <c r="C161" t="s">
+        <v>18</v>
+      </c>
+      <c r="D161" t="s">
+        <v>393</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>34</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2001</v>
+      </c>
+      <c r="I161">
+        <v>2013</v>
+      </c>
+      <c r="J161" t="s">
+        <v>23</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>26</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>866</v>
+      </c>
+      <c r="P161" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>868</v>
+      </c>
+      <c r="B162" t="s">
+        <v>869</v>
+      </c>
+      <c r="C162" t="s">
+        <v>18</v>
+      </c>
+      <c r="D162" t="s">
+        <v>161</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>34</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
         <v>2011</v>
       </c>
-      <c r="I120" t="s">
-[...80 lines deleted...]
-      <c r="H122">
+      <c r="I162">
+        <v>2011</v>
+      </c>
+      <c r="J162" t="s">
+        <v>23</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>870</v>
+      </c>
+      <c r="M162" t="s">
+        <v>438</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>871</v>
+      </c>
+      <c r="P162" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>873</v>
+      </c>
+      <c r="B163" t="s">
+        <v>874</v>
+      </c>
+      <c r="C163" t="s">
+        <v>18</v>
+      </c>
+      <c r="D163" t="s">
+        <v>178</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>34</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2000</v>
+      </c>
+      <c r="I163">
+        <v>2013</v>
+      </c>
+      <c r="J163" t="s">
+        <v>23</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>648</v>
+      </c>
+      <c r="M163" t="s">
+        <v>26</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>875</v>
+      </c>
+      <c r="P163" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>877</v>
+      </c>
+      <c r="B164" t="s">
+        <v>878</v>
+      </c>
+      <c r="C164" t="s">
+        <v>18</v>
+      </c>
+      <c r="D164" t="s">
+        <v>178</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>34</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2000</v>
+      </c>
+      <c r="I164">
+        <v>2014</v>
+      </c>
+      <c r="J164" t="s">
+        <v>23</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>438</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>879</v>
+      </c>
+      <c r="P164" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>881</v>
+      </c>
+      <c r="B165" t="s">
+        <v>882</v>
+      </c>
+      <c r="C165" t="s">
+        <v>883</v>
+      </c>
+      <c r="D165" t="s">
+        <v>60</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>34</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>1996</v>
+      </c>
+      <c r="I165">
+        <v>2012</v>
+      </c>
+      <c r="J165" t="s">
+        <v>884</v>
+      </c>
+      <c r="K165" t="s">
+        <v>885</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>886</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>887</v>
+      </c>
+      <c r="P165" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>881</v>
+      </c>
+      <c r="B166" t="s">
+        <v>889</v>
+      </c>
+      <c r="C166" t="s">
+        <v>883</v>
+      </c>
+      <c r="D166" t="s">
+        <v>60</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>34</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>1996</v>
+      </c>
+      <c r="I166">
+        <v>2012</v>
+      </c>
+      <c r="J166" t="s">
+        <v>884</v>
+      </c>
+      <c r="K166" t="s">
+        <v>885</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>886</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>890</v>
+      </c>
+      <c r="P166" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>881</v>
+      </c>
+      <c r="B167" t="s">
+        <v>891</v>
+      </c>
+      <c r="C167" t="s">
+        <v>883</v>
+      </c>
+      <c r="D167" t="s">
+        <v>103</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>34</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
         <v>2010</v>
       </c>
-      <c r="I122" t="s">
-[...300 lines deleted...]
-      <c r="H129">
+      <c r="I167">
         <v>2012</v>
       </c>
-      <c r="I129" t="s">
-[...1627 lines deleted...]
-      </c>
       <c r="J167" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>640</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167"/>
       <c r="M167" t="s">
-        <v>24</v>
+        <v>886</v>
       </c>
       <c r="N167" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>892</v>
+      </c>
+      <c r="P167" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>560</v>
+        <v>881</v>
       </c>
       <c r="B168" t="s">
-        <v>561</v>
+        <v>894</v>
       </c>
       <c r="C168" t="s">
-        <v>161</v>
+        <v>883</v>
       </c>
       <c r="D168" t="s">
-        <v>17</v>
+        <v>290</v>
       </c>
       <c r="E168" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F168" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>34</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
       </c>
       <c r="H168">
         <v>2012</v>
       </c>
-      <c r="I168" t="s">
-        <v>567</v>
+      <c r="I168">
+        <v>2012</v>
       </c>
       <c r="J168" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>640</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168"/>
       <c r="M168" t="s">
-        <v>24</v>
+        <v>886</v>
       </c>
       <c r="N168" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>895</v>
+      </c>
+      <c r="P168" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>560</v>
+        <v>881</v>
       </c>
       <c r="B169" t="s">
-        <v>561</v>
+        <v>896</v>
       </c>
       <c r="C169" t="s">
-        <v>48</v>
+        <v>883</v>
       </c>
       <c r="D169" t="s">
-        <v>17</v>
+        <v>307</v>
       </c>
       <c r="E169" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F169" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>34</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
       </c>
       <c r="H169">
         <v>2012</v>
       </c>
-      <c r="I169" t="s">
-        <v>567</v>
+      <c r="I169">
+        <v>2012</v>
       </c>
       <c r="J169" t="s">
-        <v>570</v>
-[...4 lines deleted...]
-      </c>
+        <v>640</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169"/>
       <c r="M169" t="s">
-        <v>24</v>
+        <v>886</v>
       </c>
       <c r="N169" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>897</v>
+      </c>
+      <c r="P169" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>560</v>
+        <v>881</v>
       </c>
       <c r="B170" t="s">
-        <v>561</v>
+        <v>898</v>
       </c>
       <c r="C170" t="s">
-        <v>572</v>
+        <v>883</v>
       </c>
       <c r="D170" t="s">
-        <v>17</v>
+        <v>899</v>
       </c>
       <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>34</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>1996</v>
+      </c>
+      <c r="I170">
+        <v>2012</v>
+      </c>
+      <c r="J170" t="s">
+        <v>884</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>886</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>900</v>
+      </c>
+      <c r="P170" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>881</v>
+      </c>
+      <c r="B171" t="s">
+        <v>901</v>
+      </c>
+      <c r="C171" t="s">
+        <v>883</v>
+      </c>
+      <c r="D171" t="s">
+        <v>234</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>34</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>1996</v>
+      </c>
+      <c r="I171">
+        <v>2012</v>
+      </c>
+      <c r="J171" t="s">
+        <v>884</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171"/>
+      <c r="M171" t="s">
+        <v>886</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>902</v>
+      </c>
+      <c r="P171" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>881</v>
+      </c>
+      <c r="B172" t="s">
+        <v>903</v>
+      </c>
+      <c r="C172" t="s">
+        <v>883</v>
+      </c>
+      <c r="D172" t="s">
+        <v>904</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>34</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2012</v>
+      </c>
+      <c r="I172">
+        <v>2012</v>
+      </c>
+      <c r="J172" t="s">
+        <v>640</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>886</v>
+      </c>
+      <c r="N172" t="s">
+        <v>63</v>
+      </c>
+      <c r="O172" t="s">
+        <v>905</v>
+      </c>
+      <c r="P172" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>906</v>
+      </c>
+      <c r="B173" t="s">
+        <v>907</v>
+      </c>
+      <c r="C173" t="s">
+        <v>883</v>
+      </c>
+      <c r="D173" t="s">
+        <v>218</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>34</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>1996</v>
+      </c>
+      <c r="I173">
+        <v>2010</v>
+      </c>
+      <c r="J173" t="s">
+        <v>884</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173"/>
+      <c r="M173" t="s">
+        <v>886</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>908</v>
+      </c>
+      <c r="P173" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>909</v>
+      </c>
+      <c r="B174" t="s">
+        <v>910</v>
+      </c>
+      <c r="C174" t="s">
+        <v>883</v>
+      </c>
+      <c r="D174" t="s">
+        <v>244</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>34</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>1996</v>
+      </c>
+      <c r="I174">
+        <v>2012</v>
+      </c>
+      <c r="J174" t="s">
+        <v>884</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>911</v>
+      </c>
+      <c r="M174" t="s">
+        <v>886</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>912</v>
+      </c>
+      <c r="P174" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>913</v>
+      </c>
+      <c r="B175" t="s">
+        <v>914</v>
+      </c>
+      <c r="C175" t="s">
+        <v>883</v>
+      </c>
+      <c r="D175" t="s">
+        <v>60</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>34</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>1996</v>
+      </c>
+      <c r="I175">
+        <v>2010</v>
+      </c>
+      <c r="J175" t="s">
+        <v>884</v>
+      </c>
+      <c r="K175" t="s">
+        <v>354</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>886</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>915</v>
+      </c>
+      <c r="P175" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>916</v>
+      </c>
+      <c r="B176" t="s">
+        <v>917</v>
+      </c>
+      <c r="C176" t="s">
+        <v>883</v>
+      </c>
+      <c r="D176" t="s">
+        <v>918</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>34</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>1996</v>
+      </c>
+      <c r="I176">
+        <v>2010</v>
+      </c>
+      <c r="J176" t="s">
+        <v>884</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>886</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>919</v>
+      </c>
+      <c r="P176" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>920</v>
+      </c>
+      <c r="B177" t="s">
+        <v>921</v>
+      </c>
+      <c r="C177" t="s">
+        <v>883</v>
+      </c>
+      <c r="D177" t="s">
+        <v>60</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>34</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>1996</v>
+      </c>
+      <c r="I177">
+        <v>2010</v>
+      </c>
+      <c r="J177" t="s">
+        <v>884</v>
+      </c>
+      <c r="K177" t="s">
+        <v>354</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>886</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>922</v>
+      </c>
+      <c r="P177" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>923</v>
+      </c>
+      <c r="B178" t="s">
+        <v>924</v>
+      </c>
+      <c r="C178" t="s">
+        <v>883</v>
+      </c>
+      <c r="D178" t="s">
+        <v>103</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>34</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>1996</v>
+      </c>
+      <c r="I178">
+        <v>2010</v>
+      </c>
+      <c r="J178" t="s">
+        <v>640</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>886</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>925</v>
+      </c>
+      <c r="P178" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>923</v>
+      </c>
+      <c r="B179" t="s">
+        <v>926</v>
+      </c>
+      <c r="C179" t="s">
+        <v>883</v>
+      </c>
+      <c r="D179" t="s">
+        <v>68</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>34</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>1996</v>
+      </c>
+      <c r="I179">
+        <v>2010</v>
+      </c>
+      <c r="J179" t="s">
+        <v>884</v>
+      </c>
+      <c r="K179" t="s">
+        <v>354</v>
+      </c>
+      <c r="L179"/>
+      <c r="M179" t="s">
+        <v>886</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>927</v>
+      </c>
+      <c r="P179" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>928</v>
+      </c>
+      <c r="B180" t="s">
+        <v>929</v>
+      </c>
+      <c r="C180" t="s">
+        <v>883</v>
+      </c>
+      <c r="D180" t="s">
+        <v>930</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>34</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>1996</v>
+      </c>
+      <c r="I180">
+        <v>2010</v>
+      </c>
+      <c r="J180" t="s">
+        <v>884</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>886</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>931</v>
+      </c>
+      <c r="P180" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>932</v>
+      </c>
+      <c r="B181" t="s">
+        <v>307</v>
+      </c>
+      <c r="C181" t="s">
+        <v>883</v>
+      </c>
+      <c r="D181" t="s">
+        <v>307</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>34</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>1996</v>
+      </c>
+      <c r="I181">
+        <v>2010</v>
+      </c>
+      <c r="J181" t="s">
+        <v>933</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181" t="s">
+        <v>886</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>934</v>
+      </c>
+      <c r="P181" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>936</v>
+      </c>
+      <c r="B182" t="s">
+        <v>937</v>
+      </c>
+      <c r="C182" t="s">
+        <v>883</v>
+      </c>
+      <c r="D182" t="s">
+        <v>780</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>34</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>1996</v>
+      </c>
+      <c r="I182">
+        <v>2010</v>
+      </c>
+      <c r="J182" t="s">
+        <v>884</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>886</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>938</v>
+      </c>
+      <c r="P182" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>939</v>
+      </c>
+      <c r="B183" t="s">
+        <v>940</v>
+      </c>
+      <c r="C183" t="s">
+        <v>18</v>
+      </c>
+      <c r="D183" t="s">
+        <v>290</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2012</v>
+      </c>
+      <c r="I183">
+        <v>2012</v>
+      </c>
+      <c r="J183" t="s">
+        <v>23</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>941</v>
+      </c>
+      <c r="M183" t="s">
+        <v>438</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>942</v>
+      </c>
+      <c r="P183" t="s">
         <v>29</v>
       </c>
-      <c r="F170" t="s">
-[...2 lines deleted...]
-      <c r="G170">
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>943</v>
+      </c>
+      <c r="B184" t="s">
+        <v>944</v>
+      </c>
+      <c r="C184" t="s">
+        <v>883</v>
+      </c>
+      <c r="D184" t="s">
+        <v>945</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>34</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2006</v>
+      </c>
+      <c r="I184">
+        <v>2015</v>
+      </c>
+      <c r="J184" t="s">
+        <v>946</v>
+      </c>
+      <c r="K184" t="s">
+        <v>319</v>
+      </c>
+      <c r="L184" t="s">
+        <v>947</v>
+      </c>
+      <c r="M184" t="s">
+        <v>948</v>
+      </c>
+      <c r="N184" t="s">
+        <v>321</v>
+      </c>
+      <c r="O184" t="s">
+        <v>949</v>
+      </c>
+      <c r="P184" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>951</v>
+      </c>
+      <c r="B185" t="s">
+        <v>952</v>
+      </c>
+      <c r="C185" t="s">
+        <v>883</v>
+      </c>
+      <c r="D185" t="s">
+        <v>953</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>34</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2001</v>
+      </c>
+      <c r="I185">
         <v>2012</v>
       </c>
-      <c r="H170">
+      <c r="J185" t="s">
+        <v>946</v>
+      </c>
+      <c r="K185" t="s">
+        <v>319</v>
+      </c>
+      <c r="L185" t="s">
+        <v>954</v>
+      </c>
+      <c r="M185" t="s">
+        <v>948</v>
+      </c>
+      <c r="N185" t="s">
+        <v>321</v>
+      </c>
+      <c r="O185" t="s">
+        <v>955</v>
+      </c>
+      <c r="P185" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>957</v>
+      </c>
+      <c r="B186" t="s">
+        <v>958</v>
+      </c>
+      <c r="C186" t="s">
+        <v>883</v>
+      </c>
+      <c r="D186" t="s">
+        <v>959</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>34</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>1994</v>
+      </c>
+      <c r="I186">
+        <v>2013</v>
+      </c>
+      <c r="J186" t="s">
+        <v>946</v>
+      </c>
+      <c r="K186" t="s">
+        <v>319</v>
+      </c>
+      <c r="L186" t="s">
+        <v>960</v>
+      </c>
+      <c r="M186" t="s">
+        <v>948</v>
+      </c>
+      <c r="N186" t="s">
+        <v>321</v>
+      </c>
+      <c r="O186" t="s">
+        <v>961</v>
+      </c>
+      <c r="P186" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>963</v>
+      </c>
+      <c r="B187" t="s">
+        <v>964</v>
+      </c>
+      <c r="C187" t="s">
+        <v>883</v>
+      </c>
+      <c r="D187" t="s">
+        <v>965</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>34</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>1992</v>
+      </c>
+      <c r="I187">
         <v>2012</v>
       </c>
-      <c r="I170" t="s">
-[...2 lines deleted...]
-      <c r="J170" t="s">
+      <c r="J187" t="s">
+        <v>946</v>
+      </c>
+      <c r="K187" t="s">
+        <v>319</v>
+      </c>
+      <c r="L187" t="s">
+        <v>954</v>
+      </c>
+      <c r="M187" t="s">
+        <v>948</v>
+      </c>
+      <c r="N187" t="s">
+        <v>321</v>
+      </c>
+      <c r="O187" t="s">
+        <v>966</v>
+      </c>
+      <c r="P187" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>968</v>
+      </c>
+      <c r="B188" t="s">
+        <v>969</v>
+      </c>
+      <c r="C188" t="s">
+        <v>18</v>
+      </c>
+      <c r="D188" t="s">
+        <v>899</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
         <v>21</v>
       </c>
-      <c r="K170"/>
-[...23 lines deleted...]
-      <c r="E171" t="s">
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>1981</v>
+      </c>
+      <c r="I188">
+        <v>2002</v>
+      </c>
+      <c r="J188" t="s">
+        <v>23</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>438</v>
+      </c>
+      <c r="N188" t="s">
+        <v>63</v>
+      </c>
+      <c r="O188" t="s">
+        <v>970</v>
+      </c>
+      <c r="P188" t="s">
         <v>29</v>
       </c>
-      <c r="F171" t="s">
-[...2 lines deleted...]
-      <c r="G171">
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>971</v>
+      </c>
+      <c r="B189" t="s">
+        <v>972</v>
+      </c>
+      <c r="C189" t="s">
+        <v>18</v>
+      </c>
+      <c r="D189" t="s">
+        <v>85</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>1991</v>
+      </c>
+      <c r="I189">
+        <v>2009</v>
+      </c>
+      <c r="J189" t="s">
+        <v>23</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189" t="s">
+        <v>973</v>
+      </c>
+      <c r="M189" t="s">
+        <v>26</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>974</v>
+      </c>
+      <c r="P189" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>975</v>
+      </c>
+      <c r="B190" t="s">
+        <v>976</v>
+      </c>
+      <c r="C190" t="s">
+        <v>18</v>
+      </c>
+      <c r="D190" t="s">
+        <v>85</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>1991</v>
+      </c>
+      <c r="I190">
+        <v>2002</v>
+      </c>
+      <c r="J190" t="s">
+        <v>23</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190" t="s">
+        <v>432</v>
+      </c>
+      <c r="M190" t="s">
+        <v>26</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>977</v>
+      </c>
+      <c r="P190" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>978</v>
+      </c>
+      <c r="B191" t="s">
+        <v>979</v>
+      </c>
+      <c r="C191" t="s">
+        <v>18</v>
+      </c>
+      <c r="D191" t="s">
+        <v>85</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>1991</v>
+      </c>
+      <c r="I191">
+        <v>2016</v>
+      </c>
+      <c r="J191" t="s">
+        <v>23</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191" t="s">
+        <v>980</v>
+      </c>
+      <c r="M191" t="s">
+        <v>438</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>981</v>
+      </c>
+      <c r="P191" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>982</v>
+      </c>
+      <c r="B192" t="s">
+        <v>983</v>
+      </c>
+      <c r="C192" t="s">
+        <v>18</v>
+      </c>
+      <c r="D192" t="s">
+        <v>338</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
         <v>1996</v>
       </c>
-      <c r="H171">
-[...32 lines deleted...]
-      <c r="E172" t="s">
+      <c r="I192">
+        <v>2011</v>
+      </c>
+      <c r="J192" t="s">
+        <v>23</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192" t="s">
+        <v>499</v>
+      </c>
+      <c r="M192" t="s">
+        <v>26</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>984</v>
+      </c>
+      <c r="P192" t="s">
         <v>29</v>
       </c>
-      <c r="F172" t="s">
-[...11 lines deleted...]
-      <c r="J172" t="s">
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>985</v>
+      </c>
+      <c r="B193" t="s">
+        <v>338</v>
+      </c>
+      <c r="C193" t="s">
+        <v>18</v>
+      </c>
+      <c r="D193" t="s">
+        <v>986</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
         <v>21</v>
       </c>
-      <c r="K172"/>
-[...892 lines deleted...]
-        <v>1996</v>
+      <c r="G193" t="s">
+        <v>22</v>
       </c>
       <c r="H193">
         <v>2011</v>
       </c>
-      <c r="I193" t="s">
-        <v>20</v>
+      <c r="I193">
+        <v>2011</v>
       </c>
       <c r="J193" t="s">
+        <v>23</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193" t="s">
+        <v>499</v>
+      </c>
+      <c r="M193" t="s">
+        <v>26</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>987</v>
+      </c>
+      <c r="P193" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>985</v>
+      </c>
+      <c r="B194" t="s">
+        <v>338</v>
+      </c>
+      <c r="C194" t="s">
+        <v>18</v>
+      </c>
+      <c r="D194" t="s">
+        <v>338</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
         <v>21</v>
       </c>
-      <c r="K193" t="s">
-[...2 lines deleted...]
-      <c r="L193" t="s">
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>1996</v>
+      </c>
+      <c r="I194">
+        <v>2011</v>
+      </c>
+      <c r="J194" t="s">
         <v>23</v>
       </c>
-      <c r="M193" t="s">
-[...19 lines deleted...]
-      <c r="E194" t="s">
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>499</v>
+      </c>
+      <c r="M194" t="s">
+        <v>26</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>988</v>
+      </c>
+      <c r="P194" t="s">
         <v>29</v>
       </c>
-      <c r="F194" t="s">
-[...25 lines deleted...]
-    <row r="195" spans="1:14">
+    </row>
+    <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>634</v>
+        <v>989</v>
       </c>
       <c r="B195" t="s">
-        <v>561</v>
+        <v>990</v>
       </c>
       <c r="C195" t="s">
-        <v>136</v>
+        <v>883</v>
       </c>
       <c r="D195" t="s">
-        <v>17</v>
+        <v>365</v>
       </c>
       <c r="E195" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F195" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
       </c>
       <c r="H195">
         <v>2012</v>
       </c>
-      <c r="I195" t="s">
-        <v>567</v>
+      <c r="I195">
+        <v>2012</v>
       </c>
       <c r="J195" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>884</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195"/>
       <c r="M195" t="s">
-        <v>24</v>
+        <v>886</v>
       </c>
       <c r="N195" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>991</v>
+      </c>
+      <c r="P195" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>637</v>
+        <v>989</v>
       </c>
       <c r="B196" t="s">
-        <v>15</v>
+        <v>195</v>
       </c>
       <c r="C196" t="s">
-        <v>151</v>
+        <v>883</v>
       </c>
       <c r="D196" t="s">
-        <v>17</v>
+        <v>195</v>
       </c>
       <c r="E196" t="s">
-        <v>359</v>
+        <v>20</v>
       </c>
       <c r="F196" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G196">
+        <v>34</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
         <v>2012</v>
       </c>
-      <c r="H196">
+      <c r="I196">
+        <v>2012</v>
+      </c>
+      <c r="J196" t="s">
+        <v>884</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>886</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>993</v>
+      </c>
+      <c r="P196" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>994</v>
+      </c>
+      <c r="B197" t="s">
+        <v>995</v>
+      </c>
+      <c r="C197" t="s">
+        <v>18</v>
+      </c>
+      <c r="D197" t="s">
+        <v>218</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>545</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>2012</v>
+      </c>
+      <c r="I197">
         <v>2015</v>
       </c>
-      <c r="I196" t="s">
-[...6 lines deleted...]
-      <c r="L196" t="s">
+      <c r="J197" t="s">
         <v>23</v>
       </c>
-      <c r="M196" t="s">
-[...25 lines deleted...]
-      <c r="G197">
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>26</v>
+      </c>
+      <c r="N197" t="s">
+        <v>63</v>
+      </c>
+      <c r="O197" t="s">
+        <v>996</v>
+      </c>
+      <c r="P197" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>998</v>
+      </c>
+      <c r="B198" t="s">
+        <v>999</v>
+      </c>
+      <c r="C198" t="s">
+        <v>18</v>
+      </c>
+      <c r="D198" t="s">
+        <v>338</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>545</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
         <v>2010</v>
       </c>
-      <c r="H197">
+      <c r="I198">
         <v>2018</v>
       </c>
-      <c r="I197" t="s">
-[...6 lines deleted...]
-      <c r="L197" t="s">
+      <c r="J198" t="s">
         <v>23</v>
       </c>
-      <c r="M197" t="s">
-[...25 lines deleted...]
-      <c r="G198">
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>26</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C199" t="s">
+        <v>18</v>
+      </c>
+      <c r="D199" t="s">
+        <v>377</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>545</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
         <v>2011</v>
       </c>
-      <c r="H198">
+      <c r="I199">
         <v>2011</v>
       </c>
-      <c r="I198" t="s">
-[...8 lines deleted...]
-      <c r="L198" t="s">
+      <c r="J199" t="s">
         <v>23</v>
       </c>
-      <c r="M198" t="s">
-[...37 lines deleted...]
-      <c r="K199"/>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
       <c r="L199" t="s">
-        <v>23</v>
+        <v>1004</v>
       </c>
       <c r="M199" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N199" t="s">
-        <v>646</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>647</v>
+        <v>1007</v>
       </c>
       <c r="B200" t="s">
-        <v>15</v>
+        <v>1008</v>
       </c>
       <c r="C200" t="s">
-        <v>519</v>
+        <v>18</v>
       </c>
       <c r="D200" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="E200" t="s">
-        <v>359</v>
+        <v>20</v>
       </c>
       <c r="F200" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>545</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
       </c>
       <c r="H200">
         <v>2010</v>
       </c>
-      <c r="I200" t="s">
-        <v>20</v>
+      <c r="I200">
+        <v>2016</v>
       </c>
       <c r="J200" t="s">
-        <v>21</v>
+        <v>1009</v>
       </c>
       <c r="K200" t="s">
-        <v>648</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L200"/>
       <c r="M200" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N200" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>650</v>
+        <v>1012</v>
       </c>
       <c r="B201" t="s">
-        <v>15</v>
+        <v>1013</v>
       </c>
       <c r="C201" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="D201" t="s">
-        <v>17</v>
+        <v>810</v>
       </c>
       <c r="E201" t="s">
-        <v>359</v>
+        <v>20</v>
       </c>
       <c r="F201" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>545</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
       </c>
       <c r="H201">
         <v>2010</v>
       </c>
-      <c r="I201" t="s">
-        <v>20</v>
+      <c r="I201">
+        <v>2010</v>
       </c>
       <c r="J201" t="s">
+        <v>23</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1014</v>
+      </c>
+      <c r="M201" t="s">
+        <v>26</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1015</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C202" t="s">
+        <v>18</v>
+      </c>
+      <c r="D202" t="s">
+        <v>85</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>545</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2010</v>
+      </c>
+      <c r="I202">
+        <v>2010</v>
+      </c>
+      <c r="J202" t="s">
+        <v>23</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202" t="s">
+        <v>980</v>
+      </c>
+      <c r="M202" t="s">
+        <v>26</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1019</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C203" t="s">
+        <v>18</v>
+      </c>
+      <c r="D203" t="s">
+        <v>290</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
         <v>21</v>
       </c>
-      <c r="K201" t="s">
-[...2 lines deleted...]
-      <c r="L201" t="s">
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2010</v>
+      </c>
+      <c r="I203">
+        <v>2017</v>
+      </c>
+      <c r="J203" t="s">
         <v>23</v>
       </c>
-      <c r="M201" t="s">
-[...69 lines deleted...]
-      <c r="G203">
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1023</v>
+      </c>
+      <c r="M203" t="s">
+        <v>26</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1024</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D204" t="s">
+        <v>365</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
         <v>2011</v>
       </c>
-      <c r="H203">
+      <c r="I204">
         <v>2019</v>
       </c>
-      <c r="I203" t="s">
-[...37 lines deleted...]
-      <c r="G204">
+      <c r="J204" t="s">
+        <v>44</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1030</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1031</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1032</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D205" t="s">
+        <v>244</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
         <v>2013</v>
       </c>
-      <c r="H204">
+      <c r="I205">
         <v>2016</v>
       </c>
-      <c r="I204" t="s">
-[...37 lines deleted...]
-      <c r="G205">
+      <c r="J205" t="s">
+        <v>44</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1036</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1031</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1037</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D206" t="s">
+        <v>266</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
         <v>2014</v>
       </c>
-      <c r="H205">
+      <c r="I206">
         <v>2016</v>
       </c>
-      <c r="I205" t="s">
-[...37 lines deleted...]
-      <c r="G206">
+      <c r="J206" t="s">
+        <v>44</v>
+      </c>
+      <c r="K206" t="s">
+        <v>885</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1041</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1031</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1042</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D207" t="s">
+        <v>85</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
         <v>2020</v>
       </c>
-      <c r="H206">
+      <c r="I207">
         <v>2023</v>
       </c>
-      <c r="I206" t="s">
-[...37 lines deleted...]
-      <c r="G207">
+      <c r="J207" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1047</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1031</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1048</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G208" t="s">
+        <v>22</v>
+      </c>
+      <c r="H208">
         <v>2008</v>
       </c>
-      <c r="H207">
+      <c r="I208">
         <v>2019</v>
       </c>
-      <c r="I207" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J208" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K208"/>
+        <v>44</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
       <c r="L208" t="s">
-        <v>677</v>
+        <v>1053</v>
       </c>
       <c r="M208" t="s">
-        <v>24</v>
+        <v>1031</v>
       </c>
       <c r="N208" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1054</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>679</v>
+        <v>1056</v>
       </c>
       <c r="B209" t="s">
-        <v>676</v>
+        <v>1057</v>
       </c>
       <c r="C209" t="s">
-        <v>680</v>
+        <v>1058</v>
       </c>
       <c r="D209" t="s">
-        <v>17</v>
+        <v>195</v>
       </c>
       <c r="E209" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F209" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
       </c>
       <c r="H209">
         <v>2012</v>
       </c>
-      <c r="I209" t="s">
-        <v>567</v>
+      <c r="I209">
+        <v>2012</v>
       </c>
       <c r="J209" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>884</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209"/>
       <c r="M209" t="s">
-        <v>24</v>
+        <v>1059</v>
       </c>
       <c r="N209" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1060</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>682</v>
+        <v>1062</v>
       </c>
       <c r="B210" t="s">
-        <v>676</v>
+        <v>1063</v>
       </c>
       <c r="C210" t="s">
-        <v>683</v>
+        <v>1058</v>
       </c>
       <c r="D210" t="s">
-        <v>17</v>
+        <v>1064</v>
       </c>
       <c r="E210" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F210" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G210">
+        <v>34</v>
+      </c>
+      <c r="G210" t="s">
+        <v>22</v>
+      </c>
+      <c r="H210">
         <v>2012</v>
       </c>
-      <c r="H210">
-[...3 lines deleted...]
-        <v>645</v>
+      <c r="I210">
+        <v>2012</v>
       </c>
       <c r="J210" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>884</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210"/>
       <c r="M210" t="s">
-        <v>24</v>
+        <v>1059</v>
       </c>
       <c r="N210" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1065</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>685</v>
+        <v>1067</v>
       </c>
       <c r="B211" t="s">
-        <v>676</v>
+        <v>1068</v>
       </c>
       <c r="C211" t="s">
-        <v>230</v>
+        <v>1058</v>
       </c>
       <c r="D211" t="s">
-        <v>17</v>
+        <v>1069</v>
       </c>
       <c r="E211" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F211" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G211" t="s">
+        <v>22</v>
       </c>
       <c r="H211">
         <v>2012</v>
       </c>
-      <c r="I211" t="s">
-        <v>567</v>
+      <c r="I211">
+        <v>2017</v>
       </c>
       <c r="J211" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211"/>
+      <c r="M211" t="s">
+        <v>1059</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1070</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D212" t="s">
+        <v>338</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>34</v>
+      </c>
+      <c r="G212" t="s">
+        <v>22</v>
+      </c>
+      <c r="H212">
+        <v>2012</v>
+      </c>
+      <c r="I212">
+        <v>2012</v>
+      </c>
+      <c r="J212" t="s">
+        <v>884</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212"/>
+      <c r="M212" t="s">
+        <v>1059</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1074</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D213" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2016</v>
+      </c>
+      <c r="I213">
+        <v>2019</v>
+      </c>
+      <c r="J213" t="s">
+        <v>946</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1079</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1080</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1081</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C214" t="s">
+        <v>544</v>
+      </c>
+      <c r="D214" t="s">
+        <v>365</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>34</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
+        <v>2007</v>
+      </c>
+      <c r="I214">
+        <v>2012</v>
+      </c>
+      <c r="J214" t="s">
+        <v>546</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1085</v>
+      </c>
+      <c r="M214" t="s">
+        <v>730</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1086</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C215" t="s">
+        <v>544</v>
+      </c>
+      <c r="D215" t="s">
+        <v>48</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>34</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>1997</v>
+      </c>
+      <c r="I215">
+        <v>2015</v>
+      </c>
+      <c r="J215" t="s">
+        <v>728</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1090</v>
+      </c>
+      <c r="M215" t="s">
+        <v>730</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1091</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C216" t="s">
+        <v>544</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>34</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2013</v>
+      </c>
+      <c r="I216">
+        <v>2018</v>
+      </c>
+      <c r="J216" t="s">
+        <v>546</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1096</v>
+      </c>
+      <c r="M216" t="s">
+        <v>730</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1097</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C217" t="s">
+        <v>544</v>
+      </c>
+      <c r="D217" t="s">
+        <v>178</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>34</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2003</v>
+      </c>
+      <c r="I217">
+        <v>2012</v>
+      </c>
+      <c r="J217" t="s">
+        <v>546</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1101</v>
+      </c>
+      <c r="M217" t="s">
+        <v>730</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C218" t="s">
+        <v>544</v>
+      </c>
+      <c r="D218" t="s">
+        <v>965</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>34</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>2011</v>
+      </c>
+      <c r="I218">
+        <v>2017</v>
+      </c>
+      <c r="J218" t="s">
+        <v>546</v>
+      </c>
+      <c r="K218" t="s">
+        <v>319</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1106</v>
+      </c>
+      <c r="M218" t="s">
+        <v>730</v>
+      </c>
+      <c r="N218" t="s">
+        <v>321</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1107</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C219" t="s">
+        <v>544</v>
+      </c>
+      <c r="D219" t="s">
+        <v>301</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>34</v>
+      </c>
+      <c r="G219" t="s">
+        <v>22</v>
+      </c>
+      <c r="H219">
+        <v>2002</v>
+      </c>
+      <c r="I219">
+        <v>2015</v>
+      </c>
+      <c r="J219" t="s">
+        <v>546</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1111</v>
+      </c>
+      <c r="M219" t="s">
+        <v>730</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C220" t="s">
+        <v>544</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>34</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
+      </c>
+      <c r="H220">
+        <v>2001</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>546</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1117</v>
+      </c>
+      <c r="M220" t="s">
+        <v>730</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1118</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C221" t="s">
+        <v>544</v>
+      </c>
+      <c r="D221" t="s">
+        <v>290</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>34</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>2013</v>
+      </c>
+      <c r="I221">
+        <v>2017</v>
+      </c>
+      <c r="J221" t="s">
+        <v>546</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1122</v>
+      </c>
+      <c r="M221" t="s">
+        <v>730</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1123</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C222" t="s">
+        <v>544</v>
+      </c>
+      <c r="D222" t="s">
+        <v>575</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>34</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>2011</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s">
+        <v>546</v>
+      </c>
+      <c r="K222" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1127</v>
+      </c>
+      <c r="M222" t="s">
+        <v>730</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1128</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C223" t="s">
+        <v>544</v>
+      </c>
+      <c r="D223" t="s">
+        <v>145</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>34</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>2013</v>
+      </c>
+      <c r="I223">
+        <v>2021</v>
+      </c>
+      <c r="J223" t="s">
+        <v>546</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1132</v>
+      </c>
+      <c r="M223" t="s">
+        <v>730</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1133</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C224" t="s">
+        <v>544</v>
+      </c>
+      <c r="D224" t="s">
+        <v>338</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>34</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2002</v>
+      </c>
+      <c r="I224">
+        <v>2021</v>
+      </c>
+      <c r="J224" t="s">
+        <v>546</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1137</v>
+      </c>
+      <c r="M224" t="s">
+        <v>730</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C225" t="s">
+        <v>544</v>
+      </c>
+      <c r="D225" t="s">
+        <v>85</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>34</v>
+      </c>
+      <c r="G225" t="s">
+        <v>22</v>
+      </c>
+      <c r="H225">
+        <v>2003</v>
+      </c>
+      <c r="I225">
+        <v>2021</v>
+      </c>
+      <c r="J225" t="s">
+        <v>546</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1142</v>
+      </c>
+      <c r="M225" t="s">
+        <v>730</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1143</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C226" t="s">
+        <v>544</v>
+      </c>
+      <c r="D226" t="s">
+        <v>195</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>34</v>
+      </c>
+      <c r="G226" t="s">
+        <v>22</v>
+      </c>
+      <c r="H226">
+        <v>2004</v>
+      </c>
+      <c r="I226">
+        <v>2012</v>
+      </c>
+      <c r="J226" t="s">
+        <v>546</v>
+      </c>
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1147</v>
+      </c>
+      <c r="M226" t="s">
+        <v>730</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1148</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C227" t="s">
+        <v>544</v>
+      </c>
+      <c r="D227" t="s">
+        <v>409</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>34</v>
+      </c>
+      <c r="G227" t="s">
+        <v>22</v>
+      </c>
+      <c r="H227">
+        <v>2015</v>
+      </c>
+      <c r="I227">
+        <v>2021</v>
+      </c>
+      <c r="J227" t="s">
+        <v>546</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1152</v>
+      </c>
+      <c r="M227" t="s">
+        <v>730</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1153</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C228" t="s">
+        <v>544</v>
+      </c>
+      <c r="D228" t="s">
+        <v>290</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>545</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2001</v>
+      </c>
+      <c r="I228">
+        <v>2019</v>
+      </c>
+      <c r="J228" t="s">
+        <v>546</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M228" t="s">
+        <v>548</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1158</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C229" t="s">
+        <v>544</v>
+      </c>
+      <c r="D229" t="s">
+        <v>85</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>545</v>
+      </c>
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
+        <v>1995</v>
+      </c>
+      <c r="I229">
+        <v>2019</v>
+      </c>
+      <c r="J229" t="s">
+        <v>553</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1162</v>
+      </c>
+      <c r="M229" t="s">
+        <v>548</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1163</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C230" t="s">
+        <v>544</v>
+      </c>
+      <c r="D230" t="s">
+        <v>767</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>545</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2014</v>
+      </c>
+      <c r="I230">
+        <v>2019</v>
+      </c>
+      <c r="J230" t="s">
+        <v>553</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1167</v>
+      </c>
+      <c r="M230" t="s">
+        <v>548</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1168</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C231" t="s">
+        <v>544</v>
+      </c>
+      <c r="D231" t="s">
+        <v>834</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>545</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>2012</v>
+      </c>
+      <c r="I231">
+        <v>2019</v>
+      </c>
+      <c r="J231" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1172</v>
+      </c>
+      <c r="M231" t="s">
+        <v>548</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C232" t="s">
+        <v>544</v>
+      </c>
+      <c r="D232" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>545</v>
+      </c>
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>2001</v>
+      </c>
+      <c r="I232">
+        <v>2019</v>
+      </c>
+      <c r="J232" t="s">
+        <v>553</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1178</v>
+      </c>
+      <c r="M232" t="s">
+        <v>548</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C233" t="s">
+        <v>544</v>
+      </c>
+      <c r="D233" t="s">
+        <v>338</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>545</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
+        <v>1995</v>
+      </c>
+      <c r="I233">
+        <v>2019</v>
+      </c>
+      <c r="J233" t="s">
+        <v>553</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1183</v>
+      </c>
+      <c r="M233" t="s">
+        <v>548</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1184</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C234" t="s">
+        <v>544</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>545</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
+      </c>
+      <c r="H234">
+        <v>2004</v>
+      </c>
+      <c r="I234">
+        <v>2019</v>
+      </c>
+      <c r="J234" t="s">
+        <v>553</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1189</v>
+      </c>
+      <c r="M234" t="s">
+        <v>548</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C235" t="s">
+        <v>544</v>
+      </c>
+      <c r="D235" t="s">
+        <v>478</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
+        <v>545</v>
+      </c>
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>2011</v>
+      </c>
+      <c r="I235">
+        <v>2019</v>
+      </c>
+      <c r="J235" t="s">
+        <v>553</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1194</v>
+      </c>
+      <c r="M235" t="s">
+        <v>548</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1195</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C236" t="s">
+        <v>606</v>
+      </c>
+      <c r="D236" t="s">
+        <v>48</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>34</v>
+      </c>
+      <c r="G236" t="s">
+        <v>22</v>
+      </c>
+      <c r="H236">
+        <v>2004</v>
+      </c>
+      <c r="I236">
+        <v>2020</v>
+      </c>
+      <c r="J236" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236" t="s">
+        <v>735</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1200</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C237" t="s">
+        <v>606</v>
+      </c>
+      <c r="D237" t="s">
+        <v>377</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>34</v>
+      </c>
+      <c r="G237" t="s">
+        <v>22</v>
+      </c>
+      <c r="H237">
+        <v>2013</v>
+      </c>
+      <c r="I237">
+        <v>2020</v>
+      </c>
+      <c r="J237" t="s">
+        <v>728</v>
+      </c>
+      <c r="K237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1204</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1205</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C238" t="s">
+        <v>606</v>
+      </c>
+      <c r="D238" t="s">
+        <v>834</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>34</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
+      </c>
+      <c r="H238">
+        <v>2013</v>
+      </c>
+      <c r="I238">
+        <v>2020</v>
+      </c>
+      <c r="J238" t="s">
+        <v>728</v>
+      </c>
+      <c r="K238" t="s">
+        <v>354</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1210</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1211</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C239" t="s">
+        <v>606</v>
+      </c>
+      <c r="D239" t="s">
+        <v>478</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>34</v>
+      </c>
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
+        <v>2001</v>
+      </c>
+      <c r="I239">
+        <v>2020</v>
+      </c>
+      <c r="J239" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1216</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C240" t="s">
+        <v>606</v>
+      </c>
+      <c r="D240" t="s">
+        <v>244</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
+        <v>34</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2004</v>
+      </c>
+      <c r="I240">
+        <v>2020</v>
+      </c>
+      <c r="J240" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1220</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1221</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C241" t="s">
+        <v>606</v>
+      </c>
+      <c r="D241" t="s">
+        <v>178</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>34</v>
+      </c>
+      <c r="G241" t="s">
+        <v>22</v>
+      </c>
+      <c r="H241">
+        <v>2006</v>
+      </c>
+      <c r="I241">
+        <v>2020</v>
+      </c>
+      <c r="J241" t="s">
+        <v>728</v>
+      </c>
+      <c r="K241" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241" t="s">
+        <v>735</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1225</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C242" t="s">
+        <v>606</v>
+      </c>
+      <c r="D242" t="s">
+        <v>161</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>34</v>
+      </c>
+      <c r="G242" t="s">
+        <v>22</v>
+      </c>
+      <c r="H242">
+        <v>2012</v>
+      </c>
+      <c r="I242">
+        <v>2020</v>
+      </c>
+      <c r="J242" t="s">
+        <v>44</v>
+      </c>
+      <c r="K242" t="s">
+        <v>354</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1229</v>
+      </c>
+      <c r="M242" t="s">
+        <v>609</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1230</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C243" t="s">
+        <v>606</v>
+      </c>
+      <c r="D243" t="s">
+        <v>409</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>34</v>
+      </c>
+      <c r="G243" t="s">
+        <v>22</v>
+      </c>
+      <c r="H243">
+        <v>2013</v>
+      </c>
+      <c r="I243">
+        <v>2020</v>
+      </c>
+      <c r="J243" t="s">
+        <v>44</v>
+      </c>
+      <c r="K243" t="s">
+        <v>24</v>
+      </c>
+      <c r="L243"/>
+      <c r="M243" t="s">
+        <v>609</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1234</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C244" t="s">
+        <v>606</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>34</v>
+      </c>
+      <c r="G244" t="s">
+        <v>22</v>
+      </c>
+      <c r="H244">
+        <v>2012</v>
+      </c>
+      <c r="I244">
+        <v>2020</v>
+      </c>
+      <c r="J244" t="s">
+        <v>44</v>
+      </c>
+      <c r="K244" t="s">
+        <v>24</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1239</v>
+      </c>
+      <c r="M244" t="s">
+        <v>609</v>
+      </c>
+      <c r="N244" t="s">
+        <v>63</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1240</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C245" t="s">
+        <v>606</v>
+      </c>
+      <c r="D245" t="s">
+        <v>189</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>34</v>
+      </c>
+      <c r="G245" t="s">
+        <v>22</v>
+      </c>
+      <c r="H245">
+        <v>2003</v>
+      </c>
+      <c r="I245">
+        <v>2020</v>
+      </c>
+      <c r="J245" t="s">
+        <v>728</v>
+      </c>
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245"/>
+      <c r="M245" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1244</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C246" t="s">
+        <v>606</v>
+      </c>
+      <c r="D246" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>34</v>
+      </c>
+      <c r="G246" t="s">
+        <v>22</v>
+      </c>
+      <c r="H246">
+        <v>2011</v>
+      </c>
+      <c r="I246">
+        <v>2020</v>
+      </c>
+      <c r="J246" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K246" t="s">
+        <v>24</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1249</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C247" t="s">
+        <v>606</v>
+      </c>
+      <c r="D247" t="s">
+        <v>575</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>34</v>
+      </c>
+      <c r="G247" t="s">
+        <v>22</v>
+      </c>
+      <c r="H247">
+        <v>2014</v>
+      </c>
+      <c r="I247">
+        <v>2020</v>
+      </c>
+      <c r="J247" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K247" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M247" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C248" t="s">
+        <v>606</v>
+      </c>
+      <c r="D248" t="s">
+        <v>178</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>34</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2001</v>
+      </c>
+      <c r="I248">
+        <v>2020</v>
+      </c>
+      <c r="J248" t="s">
+        <v>728</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248" t="s">
+        <v>735</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1258</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C249" t="s">
+        <v>606</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>34</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>1998</v>
+      </c>
+      <c r="I249">
+        <v>2020</v>
+      </c>
+      <c r="J249" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1262</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1263</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C250" t="s">
+        <v>606</v>
+      </c>
+      <c r="D250" t="s">
+        <v>178</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>34</v>
+      </c>
+      <c r="G250" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250">
+        <v>2000</v>
+      </c>
+      <c r="I250">
+        <v>2020</v>
+      </c>
+      <c r="J250" t="s">
+        <v>728</v>
+      </c>
+      <c r="K250" t="s">
+        <v>24</v>
+      </c>
+      <c r="L250" t="s">
+        <v>735</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1267</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C251" t="s">
+        <v>606</v>
+      </c>
+      <c r="D251" t="s">
+        <v>178</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>34</v>
+      </c>
+      <c r="G251" t="s">
+        <v>22</v>
+      </c>
+      <c r="H251">
+        <v>2002</v>
+      </c>
+      <c r="I251">
+        <v>2020</v>
+      </c>
+      <c r="J251" t="s">
+        <v>728</v>
+      </c>
+      <c r="K251" t="s">
+        <v>24</v>
+      </c>
+      <c r="L251" t="s">
+        <v>735</v>
+      </c>
+      <c r="M251" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1271</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C252" t="s">
+        <v>544</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
         <v>21</v>
       </c>
-      <c r="K211"/>
-[...29 lines deleted...]
-      <c r="G212">
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
+        <v>2007</v>
+      </c>
+      <c r="I252">
+        <v>2014</v>
+      </c>
+      <c r="J252" t="s">
+        <v>1276</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252"/>
+      <c r="M252" t="s">
+        <v>1277</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1278</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C253" t="s">
+        <v>544</v>
+      </c>
+      <c r="D253" t="s">
+        <v>564</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" t="s">
+        <v>22</v>
+      </c>
+      <c r="H253">
+        <v>2014</v>
+      </c>
+      <c r="I253">
+        <v>2024</v>
+      </c>
+      <c r="J253" t="s">
+        <v>1282</v>
+      </c>
+      <c r="K253" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253"/>
+      <c r="M253" t="s">
+        <v>1277</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1283</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>545</v>
+      </c>
+      <c r="G254" t="s">
+        <v>22</v>
+      </c>
+      <c r="H254">
+        <v>2015</v>
+      </c>
+      <c r="I254">
         <v>2016</v>
       </c>
-      <c r="H212">
-[...216 lines deleted...]
-      <c r="G217">
+      <c r="J254" t="s">
+        <v>946</v>
+      </c>
+      <c r="K254" t="s">
+        <v>319</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M254" t="s">
+        <v>1290</v>
+      </c>
+      <c r="N254" t="s">
+        <v>321</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1291</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>34</v>
+      </c>
+      <c r="G255" t="s">
+        <v>22</v>
+      </c>
+      <c r="H255">
         <v>2011</v>
       </c>
-      <c r="H217">
+      <c r="I255">
         <v>2017</v>
       </c>
-      <c r="I217" t="s">
-[...1629 lines deleted...]
-        <v>824</v>
+      <c r="J255" t="s">
+        <v>35</v>
+      </c>
+      <c r="K255" t="s">
+        <v>319</v>
+      </c>
+      <c r="L255"/>
+      <c r="M255" t="s">
+        <v>1296</v>
+      </c>
+      <c r="N255" t="s">
+        <v>321</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1297</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1298</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>