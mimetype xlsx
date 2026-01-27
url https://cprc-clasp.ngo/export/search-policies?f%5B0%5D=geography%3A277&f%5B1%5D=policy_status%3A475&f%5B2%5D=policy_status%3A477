--- v0 (2025-11-26)
+++ v1 (2026-01-27)
@@ -12,139 +12,163 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
+  </si>
+  <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
   </si>
   <si>
     <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...4 lines deleted...]
-  <si>
     <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
     <t>This policy covers rice cookers.</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
@@ -350,50 +374,405 @@
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
+    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Fans</t>
+  </si>
+  <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
+,   
+                    CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
+,   
+                    IEC 60969:2001, Performance tests
+,   
+                    IEC 60901:2001, Performance tests
+,   
+                    IEC 60081:2002, Performance tests
+,   
+                    IEC 62612:2013, Performance tests
+,   
+                    IEC 62612:2013, Performance tests</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Refrigerators (2022)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
+    <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
+  </si>
+  <si>
+    <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
+,   
+                    ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
+,   
+                    IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>SNI 8557-1:2018 IEC 62552-1:2015
+,   
+                    SNI IEC 62552-2:2016
+,   
+                    SNI 8557-3:2018 IEC 62552-3:2015</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
+    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
+    <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
+    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
+    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
+    <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>TIS 455-2537</t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute (TISI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
+    <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
+    <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -697,74 +1076,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P15"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="654.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -793,720 +1172,1546 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H2">
-        <v>1989</v>
+        <v>2007</v>
       </c>
       <c r="I2">
         <v>2025</v>
       </c>
       <c r="J2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
         <v>24</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
         <v>26</v>
       </c>
-      <c r="N2" t="s">
+      <c r="P2" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>30</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H3">
         <v>1989</v>
       </c>
       <c r="I3">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" t="s">
         <v>34</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>35</v>
       </c>
-      <c r="M3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H4">
         <v>1989</v>
       </c>
       <c r="I4">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="N4" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H5">
-        <v>2000</v>
+        <v>1989</v>
       </c>
       <c r="I5">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H6">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="I6">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="J6" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="M6" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="N6" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H7">
         <v>2005</v>
       </c>
       <c r="I7">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="N7" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H8">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="I8">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H9">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I9">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="J9" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M9" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="H10">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I10">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M10" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="N10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="H11">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="I11">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="J11" t="s">
-        <v>82</v>
+        <v>42</v>
       </c>
       <c r="K11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M11" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="N11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H12">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>2000</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
       <c r="J12" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="K12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="M12" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="H13">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K13" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>23</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
       <c r="M13" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="N13" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="O13" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="H14">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2019</v>
+      </c>
+      <c r="I14">
+        <v>2025</v>
+      </c>
       <c r="J14" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="N14" t="s">
-        <v>27</v>
+        <v>104</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
+        <v>41</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>42</v>
+      </c>
+      <c r="K15" t="s">
+        <v>23</v>
+      </c>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>35</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" t="s">
+        <v>115</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
         <v>8</v>
       </c>
-      <c r="H15">
+      <c r="H16">
         <v>2014</v>
       </c>
-      <c r="I15">
+      <c r="I16">
         <v>2025</v>
       </c>
-      <c r="J15" t="s">
-[...6 lines deleted...]
-      <c r="M15" t="s">
+      <c r="J16" t="s">
+        <v>42</v>
+      </c>
+      <c r="K16" t="s">
+        <v>23</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>85</v>
+      </c>
+      <c r="N16" t="s">
+        <v>116</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>123</v>
+      </c>
+      <c r="G17" t="s">
+        <v>124</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>125</v>
+      </c>
+      <c r="K17" t="s">
+        <v>23</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>127</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>121</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>123</v>
+      </c>
+      <c r="G18" t="s">
+        <v>133</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>125</v>
+      </c>
+      <c r="K18" t="s">
+        <v>23</v>
+      </c>
+      <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>127</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>121</v>
+      </c>
+      <c r="D19" t="s">
+        <v>48</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>123</v>
+      </c>
+      <c r="G19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>125</v>
+      </c>
+      <c r="K19" t="s">
+        <v>23</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>127</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>121</v>
+      </c>
+      <c r="D20" t="s">
         <v>77</v>
       </c>
-      <c r="N15" t="s">
-[...6 lines deleted...]
-        <v>110</v>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>123</v>
+      </c>
+      <c r="G20" t="s">
+        <v>124</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>125</v>
+      </c>
+      <c r="K20" t="s">
+        <v>23</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>127</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>121</v>
+      </c>
+      <c r="D21" t="s">
+        <v>31</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>123</v>
+      </c>
+      <c r="G21" t="s">
+        <v>133</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2018</v>
+      </c>
+      <c r="J21" t="s">
+        <v>125</v>
+      </c>
+      <c r="K21" t="s">
+        <v>23</v>
+      </c>
+      <c r="L21" t="s">
+        <v>149</v>
+      </c>
+      <c r="M21" t="s">
+        <v>127</v>
+      </c>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>121</v>
+      </c>
+      <c r="D22" t="s">
+        <v>154</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>123</v>
+      </c>
+      <c r="G22" t="s">
+        <v>155</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>125</v>
+      </c>
+      <c r="K22" t="s">
+        <v>23</v>
+      </c>
+      <c r="L22" t="s">
+        <v>156</v>
+      </c>
+      <c r="M22" t="s">
+        <v>127</v>
+      </c>
+      <c r="N22" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" t="s">
+        <v>157</v>
+      </c>
+      <c r="P22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>161</v>
+      </c>
+      <c r="D23" t="s">
+        <v>162</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>163</v>
+      </c>
+      <c r="G23" t="s">
+        <v>133</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>164</v>
+      </c>
+      <c r="K23" t="s">
+        <v>23</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>165</v>
+      </c>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>166</v>
+      </c>
+      <c r="P23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" t="s">
+        <v>169</v>
+      </c>
+      <c r="C24" t="s">
+        <v>161</v>
+      </c>
+      <c r="D24" t="s">
+        <v>170</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>133</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>164</v>
+      </c>
+      <c r="K24" t="s">
+        <v>23</v>
+      </c>
+      <c r="L24" t="s">
+        <v>171</v>
+      </c>
+      <c r="M24" t="s">
+        <v>165</v>
+      </c>
+      <c r="N24" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>172</v>
+      </c>
+      <c r="P24" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" t="s">
+        <v>175</v>
+      </c>
+      <c r="C25" t="s">
+        <v>161</v>
+      </c>
+      <c r="D25" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2022</v>
+      </c>
+      <c r="J25" t="s">
+        <v>164</v>
+      </c>
+      <c r="K25" t="s">
+        <v>23</v>
+      </c>
+      <c r="L25" t="s">
+        <v>176</v>
+      </c>
+      <c r="M25" t="s">
+        <v>165</v>
+      </c>
+      <c r="N25" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>179</v>
+      </c>
+      <c r="B26" t="s">
+        <v>180</v>
+      </c>
+      <c r="C26" t="s">
+        <v>161</v>
+      </c>
+      <c r="D26" t="s">
+        <v>132</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>133</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2022</v>
+      </c>
+      <c r="J26" t="s">
+        <v>164</v>
+      </c>
+      <c r="K26" t="s">
+        <v>23</v>
+      </c>
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
+      <c r="M26" t="s">
+        <v>165</v>
+      </c>
+      <c r="N26" t="s">
+        <v>25</v>
+      </c>
+      <c r="O26" t="s">
+        <v>182</v>
+      </c>
+      <c r="P26" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>183</v>
+      </c>
+      <c r="B27" t="s">
+        <v>184</v>
+      </c>
+      <c r="C27" t="s">
+        <v>185</v>
+      </c>
+      <c r="D27" t="s">
+        <v>31</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>123</v>
+      </c>
+      <c r="G27" t="s">
+        <v>186</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>187</v>
+      </c>
+      <c r="K27" t="s">
+        <v>23</v>
+      </c>
+      <c r="L27" t="s">
+        <v>188</v>
+      </c>
+      <c r="M27" t="s">
+        <v>189</v>
+      </c>
+      <c r="N27" t="s">
+        <v>25</v>
+      </c>
+      <c r="O27" t="s">
+        <v>190</v>
+      </c>
+      <c r="P27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>192</v>
+      </c>
+      <c r="B28" t="s">
+        <v>193</v>
+      </c>
+      <c r="C28" t="s">
+        <v>185</v>
+      </c>
+      <c r="D28" t="s">
+        <v>194</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>123</v>
+      </c>
+      <c r="G28" t="s">
+        <v>133</v>
+      </c>
+      <c r="H28">
+        <v>2021</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>187</v>
+      </c>
+      <c r="K28" t="s">
+        <v>23</v>
+      </c>
+      <c r="L28" t="s">
+        <v>195</v>
+      </c>
+      <c r="M28" t="s">
+        <v>189</v>
+      </c>
+      <c r="N28" t="s">
+        <v>25</v>
+      </c>
+      <c r="O28" t="s">
+        <v>196</v>
+      </c>
+      <c r="P28" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>198</v>
+      </c>
+      <c r="B29" t="s">
+        <v>199</v>
+      </c>
+      <c r="C29" t="s">
+        <v>200</v>
+      </c>
+      <c r="D29" t="s">
+        <v>201</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>133</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2019</v>
+      </c>
+      <c r="J29" t="s">
+        <v>202</v>
+      </c>
+      <c r="K29" t="s">
+        <v>203</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>204</v>
+      </c>
+      <c r="N29" t="s">
+        <v>25</v>
+      </c>
+      <c r="O29" t="s">
+        <v>205</v>
+      </c>
+      <c r="P29" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>207</v>
+      </c>
+      <c r="B30" t="s">
+        <v>208</v>
+      </c>
+      <c r="C30" t="s">
+        <v>200</v>
+      </c>
+      <c r="D30" t="s">
+        <v>154</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>41</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>209</v>
+      </c>
+      <c r="K30" t="s">
+        <v>23</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>204</v>
+      </c>
+      <c r="N30" t="s">
+        <v>25</v>
+      </c>
+      <c r="O30" t="s">
+        <v>210</v>
+      </c>
+      <c r="P30" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>212</v>
+      </c>
+      <c r="B31" t="s">
+        <v>213</v>
+      </c>
+      <c r="C31" t="s">
+        <v>214</v>
+      </c>
+      <c r="D31" t="s">
+        <v>31</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>124</v>
+      </c>
+      <c r="H31">
+        <v>2004</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>215</v>
+      </c>
+      <c r="K31" t="s">
+        <v>23</v>
+      </c>
+      <c r="L31" t="s">
+        <v>216</v>
+      </c>
+      <c r="M31" t="s">
+        <v>217</v>
+      </c>
+      <c r="N31" t="s">
+        <v>25</v>
+      </c>
+      <c r="O31" t="s">
+        <v>218</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>220</v>
+      </c>
+      <c r="B32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C32" t="s">
+        <v>214</v>
+      </c>
+      <c r="D32" t="s">
+        <v>222</v>
+      </c>
+      <c r="E32" t="s">
+        <v>223</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>186</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>215</v>
+      </c>
+      <c r="K32" t="s">
+        <v>23</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>217</v>
+      </c>
+      <c r="N32" t="s">
+        <v>25</v>
+      </c>
+      <c r="O32" t="s">
+        <v>224</v>
+      </c>
+      <c r="P32" t="s">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">