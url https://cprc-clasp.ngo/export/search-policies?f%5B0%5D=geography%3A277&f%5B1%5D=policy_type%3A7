--- v0 (2025-10-13)
+++ v1 (2026-03-27)
@@ -12,3552 +12,5191 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1087">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1597">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>August 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-rice-cookers</t>
   </si>
   <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-012. Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-012-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
-    <t>Indonesia</t>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
-    <t>Ministry of Energy and Mineral Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
   </si>
   <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
   </si>
   <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-motor-policy</t>
   </si>
   <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
+{a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
+(b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
+{c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ISO 5151 
 ,   
                     ISO 15042</t>
   </si>
   <si>
     <t>The Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-minimum-energy-efficiency-standards-and-energy-labelling-regulations</t>
   </si>
   <si>
+    <t>https://www.agc.gov.bn/AGC%20Images/LAWS/Gazette_PDF/2023/EN/S%2037_2023%20[E].pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Televisions</t>
   </si>
   <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>MELS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Non inverter type and single phase</t>
+  </si>
+  <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
   <si>
+    <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
+    <t>http://www.environment.gov.mv/v2/en/news/7964</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3821,12773 +5460,14498 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N298"/>
+  <dimension ref="A1:P297"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1998</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>69</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
         <v>2008</v>
       </c>
-      <c r="H3"/>
-[...9 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>68</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>66</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>68</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>66</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>68</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>66</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>68</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" t="s">
+        <v>130</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>116</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>131</v>
+      </c>
+      <c r="M17" t="s">
+        <v>118</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>116</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>131</v>
+      </c>
+      <c r="M18" t="s">
+        <v>118</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>116</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>68</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>64</v>
+      </c>
+      <c r="D20" t="s">
+        <v>143</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>44</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>66</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>68</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21" t="s">
+        <v>149</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>44</v>
+      </c>
+      <c r="G21" t="s">
+        <v>45</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>66</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>150</v>
+      </c>
+      <c r="M21" t="s">
+        <v>68</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" t="s">
+        <v>155</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22">
+        <v>2020</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>66</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>156</v>
+      </c>
+      <c r="M22" t="s">
+        <v>68</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>157</v>
+      </c>
+      <c r="P22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" t="s">
+        <v>161</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>44</v>
+      </c>
+      <c r="G23" t="s">
+        <v>45</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>66</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>162</v>
+      </c>
+      <c r="M23" t="s">
+        <v>68</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" t="s">
+        <v>86</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>44</v>
+      </c>
+      <c r="G24" t="s">
+        <v>45</v>
+      </c>
+      <c r="H24">
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>66</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>167</v>
+      </c>
+      <c r="M24" t="s">
+        <v>68</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>168</v>
+      </c>
+      <c r="P24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>170</v>
+      </c>
+      <c r="B25" t="s">
+        <v>171</v>
+      </c>
+      <c r="C25" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" t="s">
+        <v>172</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>44</v>
+      </c>
+      <c r="G25" t="s">
+        <v>45</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>92</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>173</v>
+      </c>
+      <c r="M25" t="s">
+        <v>68</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>174</v>
+      </c>
+      <c r="P25" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>175</v>
+      </c>
+      <c r="B26" t="s">
+        <v>176</v>
+      </c>
+      <c r="C26" t="s">
+        <v>64</v>
+      </c>
+      <c r="D26" t="s">
+        <v>177</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>44</v>
+      </c>
+      <c r="G26" t="s">
+        <v>45</v>
+      </c>
+      <c r="H26">
+        <v>2020</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>66</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>178</v>
+      </c>
+      <c r="M26" t="s">
+        <v>68</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>179</v>
+      </c>
+      <c r="P26" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>181</v>
+      </c>
+      <c r="B27" t="s">
+        <v>182</v>
+      </c>
+      <c r="C27" t="s">
+        <v>64</v>
+      </c>
+      <c r="D27" t="s">
+        <v>183</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>44</v>
+      </c>
+      <c r="G27" t="s">
+        <v>45</v>
+      </c>
+      <c r="H27">
+        <v>2018</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>66</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>184</v>
+      </c>
+      <c r="M27" t="s">
+        <v>68</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" t="s">
+        <v>187</v>
+      </c>
+      <c r="C28" t="s">
+        <v>64</v>
+      </c>
+      <c r="D28" t="s">
+        <v>80</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>44</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2005</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>188</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
+      <c r="M28" t="s">
+        <v>68</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>64</v>
+      </c>
+      <c r="D29" t="s">
+        <v>98</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>44</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>66</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>194</v>
+      </c>
+      <c r="M29" t="s">
+        <v>68</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>195</v>
+      </c>
+      <c r="P29" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>197</v>
+      </c>
+      <c r="B30" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" t="s">
+        <v>64</v>
+      </c>
+      <c r="D30" t="s">
+        <v>199</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>44</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>66</v>
+      </c>
+      <c r="K30" t="s">
+        <v>200</v>
+      </c>
+      <c r="L30" t="s">
+        <v>201</v>
+      </c>
+      <c r="M30" t="s">
+        <v>68</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>202</v>
+      </c>
+      <c r="P30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" t="s">
+        <v>64</v>
+      </c>
+      <c r="D31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>44</v>
+      </c>
+      <c r="G31" t="s">
+        <v>45</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
-[...95 lines deleted...]
-      <c r="A6" t="s">
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>206</v>
+      </c>
+      <c r="M31" t="s">
+        <v>68</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>207</v>
+      </c>
+      <c r="P31" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>209</v>
+      </c>
+      <c r="B32" t="s">
+        <v>210</v>
+      </c>
+      <c r="C32" t="s">
+        <v>64</v>
+      </c>
+      <c r="D32" t="s">
+        <v>211</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>44</v>
       </c>
-      <c r="B6" t="s">
+      <c r="G32" t="s">
         <v>45</v>
       </c>
-      <c r="C6" t="s">
-[...38 lines deleted...]
-      <c r="B7" t="s">
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>66</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>212</v>
+      </c>
+      <c r="M32" t="s">
+        <v>68</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>213</v>
+      </c>
+      <c r="P32" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>215</v>
+      </c>
+      <c r="B33" t="s">
+        <v>216</v>
+      </c>
+      <c r="C33" t="s">
+        <v>64</v>
+      </c>
+      <c r="D33" t="s">
+        <v>217</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>44</v>
+      </c>
+      <c r="G33" t="s">
         <v>45</v>
       </c>
-      <c r="C7" t="s">
-[...119 lines deleted...]
-      <c r="A10" t="s">
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>66</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>218</v>
+      </c>
+      <c r="M33" t="s">
+        <v>68</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
         <v>64</v>
       </c>
-      <c r="B10" t="s">
-[...1030 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
       <c r="E34" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>44</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
-      <c r="I34" t="s">
-        <v>47</v>
+      <c r="I34">
+        <v>2010</v>
       </c>
       <c r="J34" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="K34" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>49</v>
+        <v>223</v>
       </c>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="N34" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>224</v>
+      </c>
+      <c r="P34" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>160</v>
+        <v>226</v>
       </c>
       <c r="B35" t="s">
+        <v>227</v>
+      </c>
+      <c r="C35" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35" t="s">
+        <v>228</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>44</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>66</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>229</v>
+      </c>
+      <c r="M35" t="s">
+        <v>68</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>230</v>
+      </c>
+      <c r="P35" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>232</v>
+      </c>
+      <c r="B36" t="s">
+        <v>233</v>
+      </c>
+      <c r="C36" t="s">
+        <v>64</v>
+      </c>
+      <c r="D36" t="s">
+        <v>234</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>44</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>235</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>236</v>
+      </c>
+      <c r="M36" t="s">
+        <v>68</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>237</v>
+      </c>
+      <c r="P36" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>239</v>
+      </c>
+      <c r="B37" t="s">
+        <v>240</v>
+      </c>
+      <c r="C37" t="s">
+        <v>64</v>
+      </c>
+      <c r="D37" t="s">
+        <v>241</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>44</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2005</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>235</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>242</v>
+      </c>
+      <c r="M37" t="s">
+        <v>68</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>243</v>
+      </c>
+      <c r="P37" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>245</v>
+      </c>
+      <c r="B38" t="s">
+        <v>246</v>
+      </c>
+      <c r="C38" t="s">
+        <v>64</v>
+      </c>
+      <c r="D38" t="s">
+        <v>247</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>44</v>
+      </c>
+      <c r="G38" t="s">
         <v>45</v>
-      </c>
-[...143 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H38">
         <v>2010</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="K38" t="s">
-        <v>175</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>49</v>
+        <v>248</v>
       </c>
       <c r="M38" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="N38" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>69</v>
+      </c>
+      <c r="O38" t="s">
+        <v>249</v>
+      </c>
+      <c r="P38" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>177</v>
+        <v>251</v>
       </c>
       <c r="B39" t="s">
-        <v>45</v>
+        <v>252</v>
       </c>
       <c r="C39" t="s">
-        <v>178</v>
+        <v>64</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="E39" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>44</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
       </c>
       <c r="H39">
         <v>2010</v>
       </c>
-      <c r="I39" t="s">
-        <v>47</v>
+      <c r="I39">
+        <v>2010</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="K39" t="s">
-        <v>179</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>49</v>
+        <v>254</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="N39" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>69</v>
+      </c>
+      <c r="O39" t="s">
+        <v>255</v>
+      </c>
+      <c r="P39" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>181</v>
+        <v>257</v>
       </c>
       <c r="B40" t="s">
-        <v>45</v>
+        <v>258</v>
       </c>
       <c r="C40" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>259</v>
       </c>
       <c r="E40" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>44</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2005</v>
+      </c>
+      <c r="I40">
+        <v>2010</v>
+      </c>
+      <c r="J40" t="s">
+        <v>66</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>260</v>
+      </c>
+      <c r="M40" t="s">
+        <v>68</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>261</v>
+      </c>
+      <c r="P40" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>263</v>
+      </c>
+      <c r="B41" t="s">
+        <v>264</v>
+      </c>
+      <c r="C41" t="s">
+        <v>64</v>
+      </c>
+      <c r="D41" t="s">
+        <v>123</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>44</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2011</v>
       </c>
-      <c r="H40">
+      <c r="I41">
         <v>2013</v>
       </c>
-      <c r="I40" t="s">
-[...37 lines deleted...]
-      <c r="G41">
+      <c r="J41" t="s">
+        <v>235</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>124</v>
+      </c>
+      <c r="M41" t="s">
+        <v>68</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>265</v>
+      </c>
+      <c r="P41" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>267</v>
+      </c>
+      <c r="B42" t="s">
+        <v>268</v>
+      </c>
+      <c r="C42" t="s">
+        <v>64</v>
+      </c>
+      <c r="D42" t="s">
+        <v>269</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>44</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2011</v>
       </c>
-      <c r="H41">
+      <c r="I42">
         <v>2017</v>
       </c>
-      <c r="I41" t="s">
-[...37 lines deleted...]
-      <c r="G42">
+      <c r="J42" t="s">
+        <v>235</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>270</v>
+      </c>
+      <c r="M42" t="s">
+        <v>68</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>271</v>
+      </c>
+      <c r="P42" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>273</v>
+      </c>
+      <c r="B43" t="s">
+        <v>274</v>
+      </c>
+      <c r="C43" t="s">
+        <v>64</v>
+      </c>
+      <c r="D43" t="s">
+        <v>211</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>44</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2012</v>
       </c>
-      <c r="H42">
+      <c r="I43">
         <v>2012</v>
       </c>
-      <c r="I42" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K43" t="s">
-        <v>193</v>
+        <v>275</v>
       </c>
       <c r="L43" t="s">
-        <v>49</v>
+        <v>276</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="N43" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>277</v>
+      </c>
+      <c r="P43" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>195</v>
+        <v>279</v>
       </c>
       <c r="B44" t="s">
-        <v>45</v>
+        <v>280</v>
       </c>
       <c r="C44" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>281</v>
       </c>
       <c r="E44" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>44</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
-      <c r="I44" t="s">
-        <v>47</v>
+      <c r="I44">
+        <v>2013</v>
       </c>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="K44" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>49</v>
+        <v>282</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="N44" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>283</v>
+      </c>
+      <c r="P44" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>198</v>
+        <v>285</v>
       </c>
       <c r="B45" t="s">
+        <v>286</v>
+      </c>
+      <c r="C45" t="s">
+        <v>64</v>
+      </c>
+      <c r="D45" t="s">
+        <v>74</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>44</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2012</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
+      <c r="J45" t="s">
+        <v>66</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>287</v>
+      </c>
+      <c r="M45" t="s">
+        <v>68</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>288</v>
+      </c>
+      <c r="P45" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>290</v>
+      </c>
+      <c r="B46" t="s">
+        <v>291</v>
+      </c>
+      <c r="C46" t="s">
+        <v>64</v>
+      </c>
+      <c r="D46" t="s">
+        <v>292</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>44</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2007</v>
+      </c>
+      <c r="I46">
+        <v>2013</v>
+      </c>
+      <c r="J46" t="s">
+        <v>66</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>293</v>
+      </c>
+      <c r="M46" t="s">
+        <v>68</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>294</v>
+      </c>
+      <c r="P46" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>296</v>
+      </c>
+      <c r="B47" t="s">
+        <v>297</v>
+      </c>
+      <c r="C47" t="s">
+        <v>64</v>
+      </c>
+      <c r="D47" t="s">
+        <v>42</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>44</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2008</v>
+      </c>
+      <c r="I47">
+        <v>2013</v>
+      </c>
+      <c r="J47" t="s">
+        <v>66</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>298</v>
+      </c>
+      <c r="M47" t="s">
+        <v>68</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>299</v>
+      </c>
+      <c r="P47" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>301</v>
+      </c>
+      <c r="B48" t="s">
+        <v>302</v>
+      </c>
+      <c r="C48" t="s">
+        <v>64</v>
+      </c>
+      <c r="D48" t="s">
+        <v>303</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>44</v>
+      </c>
+      <c r="G48" t="s">
         <v>45</v>
-      </c>
-[...143 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="K48" t="s">
-        <v>211</v>
+        <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>49</v>
+        <v>304</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="N48" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>305</v>
+      </c>
+      <c r="P48" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>213</v>
+        <v>307</v>
       </c>
       <c r="B49" t="s">
+        <v>308</v>
+      </c>
+      <c r="C49" t="s">
+        <v>64</v>
+      </c>
+      <c r="D49" t="s">
+        <v>309</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>44</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2008</v>
+      </c>
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
+        <v>66</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>310</v>
+      </c>
+      <c r="M49" t="s">
+        <v>68</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>311</v>
+      </c>
+      <c r="P49" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>313</v>
+      </c>
+      <c r="B50" t="s">
+        <v>314</v>
+      </c>
+      <c r="C50" t="s">
+        <v>64</v>
+      </c>
+      <c r="D50" t="s">
+        <v>303</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>44</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2008</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>66</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>315</v>
+      </c>
+      <c r="M50" t="s">
+        <v>68</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>316</v>
+      </c>
+      <c r="P50" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>318</v>
+      </c>
+      <c r="B51" t="s">
+        <v>319</v>
+      </c>
+      <c r="C51" t="s">
+        <v>64</v>
+      </c>
+      <c r="D51" t="s">
+        <v>320</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>44</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2009</v>
+      </c>
+      <c r="I51">
+        <v>2015</v>
+      </c>
+      <c r="J51" t="s">
+        <v>66</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>321</v>
+      </c>
+      <c r="M51" t="s">
+        <v>68</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>322</v>
+      </c>
+      <c r="P51" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>324</v>
+      </c>
+      <c r="B52" t="s">
+        <v>325</v>
+      </c>
+      <c r="C52" t="s">
+        <v>64</v>
+      </c>
+      <c r="D52" t="s">
+        <v>326</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>44</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52">
+        <v>2015</v>
+      </c>
+      <c r="J52" t="s">
+        <v>66</v>
+      </c>
+      <c r="K52" t="s">
+        <v>200</v>
+      </c>
+      <c r="L52" t="s">
+        <v>327</v>
+      </c>
+      <c r="M52" t="s">
+        <v>68</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>328</v>
+      </c>
+      <c r="P52" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>330</v>
+      </c>
+      <c r="B53" t="s">
+        <v>331</v>
+      </c>
+      <c r="C53" t="s">
+        <v>64</v>
+      </c>
+      <c r="D53" t="s">
+        <v>326</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>44</v>
+      </c>
+      <c r="G53" t="s">
         <v>45</v>
-      </c>
-[...187 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H53">
         <v>2015</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
+        <v>66</v>
+      </c>
+      <c r="K53" t="s">
+        <v>200</v>
+      </c>
+      <c r="L53" t="s">
+        <v>332</v>
+      </c>
+      <c r="M53" t="s">
+        <v>68</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>333</v>
+      </c>
+      <c r="P53" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>335</v>
+      </c>
+      <c r="B54" t="s">
+        <v>336</v>
+      </c>
+      <c r="C54" t="s">
+        <v>64</v>
+      </c>
+      <c r="D54" t="s">
+        <v>337</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>44</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2008</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>66</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>338</v>
+      </c>
+      <c r="M54" t="s">
+        <v>68</v>
+      </c>
+      <c r="N54" t="s">
+        <v>69</v>
+      </c>
+      <c r="O54" t="s">
+        <v>339</v>
+      </c>
+      <c r="P54" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>341</v>
+      </c>
+      <c r="B55" t="s">
+        <v>342</v>
+      </c>
+      <c r="C55" t="s">
+        <v>64</v>
+      </c>
+      <c r="D55" t="s">
+        <v>42</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>44</v>
+      </c>
+      <c r="G55" t="s">
+        <v>45</v>
+      </c>
+      <c r="H55">
+        <v>2020</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>66</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>343</v>
+      </c>
+      <c r="M55" t="s">
+        <v>68</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>344</v>
+      </c>
+      <c r="P55" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>346</v>
+      </c>
+      <c r="B56" t="s">
+        <v>347</v>
+      </c>
+      <c r="C56" t="s">
+        <v>64</v>
+      </c>
+      <c r="D56" t="s">
+        <v>348</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>44</v>
+      </c>
+      <c r="G56" t="s">
+        <v>45</v>
+      </c>
+      <c r="H56">
+        <v>2018</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>349</v>
+      </c>
+      <c r="K56" t="s">
+        <v>350</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>351</v>
+      </c>
+      <c r="N56" t="s">
+        <v>352</v>
+      </c>
+      <c r="O56" t="s">
+        <v>353</v>
+      </c>
+      <c r="P56" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>346</v>
+      </c>
+      <c r="B57" t="s">
+        <v>355</v>
+      </c>
+      <c r="C57" t="s">
+        <v>64</v>
+      </c>
+      <c r="D57" t="s">
+        <v>356</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>44</v>
+      </c>
+      <c r="G57" t="s">
+        <v>45</v>
+      </c>
+      <c r="H57">
+        <v>2021</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>349</v>
+      </c>
+      <c r="K57" t="s">
+        <v>350</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>351</v>
+      </c>
+      <c r="N57" t="s">
+        <v>352</v>
+      </c>
+      <c r="O57" t="s">
+        <v>357</v>
+      </c>
+      <c r="P57" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>346</v>
+      </c>
+      <c r="B58" t="s">
+        <v>355</v>
+      </c>
+      <c r="C58" t="s">
+        <v>64</v>
+      </c>
+      <c r="D58" t="s">
+        <v>358</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>44</v>
+      </c>
+      <c r="G58" t="s">
+        <v>45</v>
+      </c>
+      <c r="H58">
+        <v>2021</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>349</v>
+      </c>
+      <c r="K58" t="s">
+        <v>350</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>351</v>
+      </c>
+      <c r="N58" t="s">
+        <v>352</v>
+      </c>
+      <c r="O58" t="s">
+        <v>359</v>
+      </c>
+      <c r="P58" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>346</v>
+      </c>
+      <c r="B59" t="s">
+        <v>355</v>
+      </c>
+      <c r="C59" t="s">
+        <v>64</v>
+      </c>
+      <c r="D59" t="s">
+        <v>360</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>44</v>
+      </c>
+      <c r="G59" t="s">
+        <v>45</v>
+      </c>
+      <c r="H59">
+        <v>2021</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>349</v>
+      </c>
+      <c r="K59" t="s">
+        <v>350</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>351</v>
+      </c>
+      <c r="N59" t="s">
+        <v>352</v>
+      </c>
+      <c r="O59" t="s">
+        <v>361</v>
+      </c>
+      <c r="P59" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>346</v>
+      </c>
+      <c r="B60" t="s">
+        <v>362</v>
+      </c>
+      <c r="C60" t="s">
+        <v>64</v>
+      </c>
+      <c r="D60" t="s">
+        <v>348</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>44</v>
+      </c>
+      <c r="G60" t="s">
+        <v>45</v>
+      </c>
+      <c r="H60">
+        <v>2021</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>349</v>
+      </c>
+      <c r="K60" t="s">
+        <v>350</v>
+      </c>
+      <c r="L60" t="s">
+        <v>363</v>
+      </c>
+      <c r="M60" t="s">
+        <v>351</v>
+      </c>
+      <c r="N60" t="s">
+        <v>352</v>
+      </c>
+      <c r="O60" t="s">
+        <v>364</v>
+      </c>
+      <c r="P60" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>365</v>
+      </c>
+      <c r="B61" t="s">
+        <v>366</v>
+      </c>
+      <c r="C61" t="s">
+        <v>367</v>
+      </c>
+      <c r="D61" t="s">
+        <v>368</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
         <v>21</v>
       </c>
-      <c r="K53" t="s">
-[...5 lines deleted...]
-      <c r="M53" t="s">
+      <c r="G61" t="s">
+        <v>45</v>
+      </c>
+      <c r="H61">
+        <v>2016</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>369</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>370</v>
+      </c>
+      <c r="M61" t="s">
+        <v>371</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>372</v>
+      </c>
+      <c r="P61" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>374</v>
+      </c>
+      <c r="B62" t="s">
+        <v>375</v>
+      </c>
+      <c r="C62" t="s">
+        <v>376</v>
+      </c>
+      <c r="D62" t="s">
+        <v>377</v>
+      </c>
+      <c r="E62" t="s">
+        <v>43</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>378</v>
+      </c>
+      <c r="H62"/>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>92</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>379</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>380</v>
+      </c>
+      <c r="P62" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>382</v>
+      </c>
+      <c r="B63" t="s">
+        <v>383</v>
+      </c>
+      <c r="C63" t="s">
+        <v>64</v>
+      </c>
+      <c r="D63" t="s">
+        <v>348</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>44</v>
+      </c>
+      <c r="G63" t="s">
+        <v>45</v>
+      </c>
+      <c r="H63">
+        <v>2020</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>116</v>
+      </c>
+      <c r="K63" t="s">
+        <v>350</v>
+      </c>
+      <c r="L63" t="s">
+        <v>384</v>
+      </c>
+      <c r="M63" t="s">
+        <v>385</v>
+      </c>
+      <c r="N63" t="s">
+        <v>352</v>
+      </c>
+      <c r="O63" t="s">
+        <v>386</v>
+      </c>
+      <c r="P63" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>388</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64" t="s">
+        <v>64</v>
+      </c>
+      <c r="D64" t="s">
+        <v>389</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>44</v>
+      </c>
+      <c r="G64" t="s">
+        <v>45</v>
+      </c>
+      <c r="H64">
+        <v>2021</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>116</v>
+      </c>
+      <c r="K64" t="s">
+        <v>350</v>
+      </c>
+      <c r="L64" t="s">
+        <v>390</v>
+      </c>
+      <c r="M64" t="s">
+        <v>385</v>
+      </c>
+      <c r="N64" t="s">
+        <v>352</v>
+      </c>
+      <c r="O64" t="s">
+        <v>391</v>
+      </c>
+      <c r="P64" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>393</v>
+      </c>
+      <c r="B65" t="s">
+        <v>394</v>
+      </c>
+      <c r="C65" t="s">
+        <v>395</v>
+      </c>
+      <c r="D65" t="s">
+        <v>396</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>397</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2011</v>
+      </c>
+      <c r="I65">
+        <v>2023</v>
+      </c>
+      <c r="J65" t="s">
+        <v>398</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>399</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>400</v>
+      </c>
+      <c r="P65" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>402</v>
+      </c>
+      <c r="B66" t="s">
+        <v>403</v>
+      </c>
+      <c r="C66" t="s">
+        <v>32</v>
+      </c>
+      <c r="D66" t="s">
+        <v>53</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>44</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1986</v>
+      </c>
+      <c r="I66">
+        <v>2018</v>
+      </c>
+      <c r="J66" t="s">
+        <v>34</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>404</v>
+      </c>
+      <c r="M66" t="s">
+        <v>36</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>405</v>
+      </c>
+      <c r="P66" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>407</v>
+      </c>
+      <c r="B67" t="s">
+        <v>408</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>104</v>
+      </c>
+      <c r="E67" t="s">
+        <v>409</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>378</v>
+      </c>
+      <c r="H67"/>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>116</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>26</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>410</v>
+      </c>
+      <c r="P67" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>412</v>
+      </c>
+      <c r="B68" t="s">
+        <v>413</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>123</v>
+      </c>
+      <c r="E68" t="s">
+        <v>409</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>378</v>
+      </c>
+      <c r="H68"/>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>116</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>414</v>
+      </c>
+      <c r="M68" t="s">
+        <v>26</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>415</v>
+      </c>
+      <c r="P68" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>416</v>
+      </c>
+      <c r="B69" t="s">
+        <v>417</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>292</v>
+      </c>
+      <c r="E69" t="s">
+        <v>409</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>378</v>
+      </c>
+      <c r="H69"/>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>116</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>418</v>
+      </c>
+      <c r="M69" t="s">
+        <v>26</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>419</v>
+      </c>
+      <c r="P69" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>420</v>
+      </c>
+      <c r="B70" t="s">
+        <v>421</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>422</v>
+      </c>
+      <c r="E70" t="s">
+        <v>409</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>378</v>
+      </c>
+      <c r="H70"/>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>116</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>26</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>423</v>
+      </c>
+      <c r="P70" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>424</v>
+      </c>
+      <c r="B71" t="s">
+        <v>425</v>
+      </c>
+      <c r="C71" t="s">
+        <v>41</v>
+      </c>
+      <c r="D71" t="s">
+        <v>98</v>
+      </c>
+      <c r="E71" t="s">
+        <v>43</v>
+      </c>
+      <c r="F71" t="s">
+        <v>44</v>
+      </c>
+      <c r="G71" t="s">
+        <v>378</v>
+      </c>
+      <c r="H71"/>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>54</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>426</v>
+      </c>
+      <c r="M71" t="s">
+        <v>48</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>427</v>
+      </c>
+      <c r="P71" t="s">
         <v>50</v>
       </c>
-      <c r="N53" t="s">
-[...29 lines deleted...]
-      <c r="J54" t="s">
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>428</v>
+      </c>
+      <c r="B72" t="s">
+        <v>429</v>
+      </c>
+      <c r="C72" t="s">
+        <v>41</v>
+      </c>
+      <c r="D72" t="s">
+        <v>183</v>
+      </c>
+      <c r="E72" t="s">
+        <v>43</v>
+      </c>
+      <c r="F72" t="s">
+        <v>44</v>
+      </c>
+      <c r="G72" t="s">
+        <v>378</v>
+      </c>
+      <c r="H72"/>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>54</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>48</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>430</v>
+      </c>
+      <c r="P72" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>431</v>
+      </c>
+      <c r="B73" t="s">
+        <v>432</v>
+      </c>
+      <c r="C73" t="s">
+        <v>41</v>
+      </c>
+      <c r="D73" t="s">
+        <v>123</v>
+      </c>
+      <c r="E73" t="s">
+        <v>43</v>
+      </c>
+      <c r="F73" t="s">
+        <v>44</v>
+      </c>
+      <c r="G73" t="s">
+        <v>378</v>
+      </c>
+      <c r="H73"/>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>54</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>433</v>
+      </c>
+      <c r="M73" t="s">
+        <v>48</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>434</v>
+      </c>
+      <c r="P73" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>435</v>
+      </c>
+      <c r="B74" t="s">
+        <v>436</v>
+      </c>
+      <c r="C74" t="s">
+        <v>41</v>
+      </c>
+      <c r="D74" t="s">
+        <v>422</v>
+      </c>
+      <c r="E74" t="s">
+        <v>43</v>
+      </c>
+      <c r="F74" t="s">
+        <v>44</v>
+      </c>
+      <c r="G74" t="s">
+        <v>378</v>
+      </c>
+      <c r="H74"/>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>54</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>48</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>437</v>
+      </c>
+      <c r="P74" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>438</v>
+      </c>
+      <c r="B75" t="s">
+        <v>439</v>
+      </c>
+      <c r="C75" t="s">
+        <v>440</v>
+      </c>
+      <c r="D75" t="s">
+        <v>109</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
         <v>21</v>
       </c>
-      <c r="K54" t="s">
-[...838 lines deleted...]
-        <v>2023</v>
+      <c r="G75" t="s">
+        <v>441</v>
       </c>
       <c r="H75">
         <v>2023</v>
       </c>
-      <c r="I75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
+        <v>442</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>443</v>
+      </c>
+      <c r="M75" t="s">
+        <v>444</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>445</v>
+      </c>
+      <c r="P75"/>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>446</v>
+      </c>
+      <c r="B76" t="s">
+        <v>447</v>
+      </c>
+      <c r="C76" t="s">
+        <v>440</v>
+      </c>
+      <c r="D76" t="s">
+        <v>448</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
         <v>21</v>
       </c>
-      <c r="K75" t="s">
-[...28 lines deleted...]
-      <c r="F76" t="s">
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2023</v>
+      </c>
+      <c r="I76">
+        <v>2023</v>
+      </c>
+      <c r="J76" t="s">
+        <v>449</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>450</v>
+      </c>
+      <c r="M76" t="s">
+        <v>444</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>451</v>
+      </c>
+      <c r="P76" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>453</v>
+      </c>
+      <c r="B77" t="s">
+        <v>454</v>
+      </c>
+      <c r="C77" t="s">
+        <v>455</v>
+      </c>
+      <c r="D77" t="s">
+        <v>368</v>
+      </c>
+      <c r="E77" t="s">
+        <v>43</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>378</v>
+      </c>
+      <c r="H77"/>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>116</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>456</v>
+      </c>
+      <c r="M77" t="s">
+        <v>457</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>458</v>
+      </c>
+      <c r="P77" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>460</v>
+      </c>
+      <c r="B78" t="s">
+        <v>461</v>
+      </c>
+      <c r="C78" t="s">
+        <v>462</v>
+      </c>
+      <c r="D78" t="s">
+        <v>463</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78"/>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>116</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>464</v>
+      </c>
+      <c r="M78" t="s">
+        <v>465</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>466</v>
+      </c>
+      <c r="P78" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>468</v>
+      </c>
+      <c r="B79" t="s">
+        <v>469</v>
+      </c>
+      <c r="C79" t="s">
+        <v>470</v>
+      </c>
+      <c r="D79" t="s">
+        <v>471</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>45</v>
+      </c>
+      <c r="H79">
+        <v>2023</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>472</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>473</v>
+      </c>
+      <c r="M79" t="s">
+        <v>474</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>475</v>
+      </c>
+      <c r="P79" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>477</v>
+      </c>
+      <c r="B80" t="s">
+        <v>478</v>
+      </c>
+      <c r="C80" t="s">
+        <v>479</v>
+      </c>
+      <c r="D80" t="s">
         <v>259</v>
       </c>
-      <c r="G76"/>
-[...121 lines deleted...]
-      <c r="G79">
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>44</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
         <v>1993</v>
       </c>
-      <c r="H79">
+      <c r="I80">
         <v>2009</v>
       </c>
-      <c r="I79" t="s">
-[...37 lines deleted...]
-      <c r="G80">
+      <c r="J80" t="s">
+        <v>480</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>481</v>
+      </c>
+      <c r="M80" t="s">
+        <v>482</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>483</v>
+      </c>
+      <c r="P80" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>485</v>
+      </c>
+      <c r="B81" t="s">
+        <v>486</v>
+      </c>
+      <c r="C81" t="s">
+        <v>479</v>
+      </c>
+      <c r="D81" t="s">
+        <v>487</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>44</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
         <v>2012</v>
       </c>
-      <c r="H80">
+      <c r="I81">
         <v>2012</v>
       </c>
-      <c r="I80" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="J81" t="s">
-        <v>21</v>
+        <v>488</v>
       </c>
       <c r="K81" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L81"/>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>482</v>
       </c>
       <c r="N81" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>489</v>
+      </c>
+      <c r="P81" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>348</v>
+        <v>491</v>
       </c>
       <c r="B82" t="s">
-        <v>334</v>
+        <v>492</v>
       </c>
       <c r="C82" t="s">
-        <v>199</v>
+        <v>479</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>493</v>
       </c>
       <c r="E82" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>44</v>
+      </c>
+      <c r="G82" t="s">
+        <v>45</v>
       </c>
       <c r="H82">
         <v>2009</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>21</v>
+        <v>494</v>
       </c>
       <c r="K82" t="s">
-        <v>349</v>
+        <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>337</v>
+        <v>495</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>482</v>
       </c>
       <c r="N82" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>496</v>
+      </c>
+      <c r="P82" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>351</v>
+        <v>497</v>
       </c>
       <c r="B83" t="s">
-        <v>334</v>
+        <v>498</v>
       </c>
       <c r="C83" t="s">
-        <v>352</v>
+        <v>479</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>292</v>
       </c>
       <c r="E83" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G83">
+        <v>44</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2000</v>
+      </c>
+      <c r="I83">
+        <v>2009</v>
+      </c>
+      <c r="J83" t="s">
+        <v>488</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>499</v>
+      </c>
+      <c r="M83" t="s">
+        <v>482</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>500</v>
+      </c>
+      <c r="P83" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>501</v>
+      </c>
+      <c r="B84" t="s">
+        <v>502</v>
+      </c>
+      <c r="C84" t="s">
+        <v>479</v>
+      </c>
+      <c r="D84" t="s">
+        <v>503</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>44</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2012</v>
       </c>
-      <c r="H83">
+      <c r="I84">
         <v>2012</v>
       </c>
-      <c r="I83" t="s">
-[...35 lines deleted...]
-      <c r="G84">
+      <c r="J84" t="s">
+        <v>504</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>482</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>505</v>
+      </c>
+      <c r="P84" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>506</v>
+      </c>
+      <c r="B85" t="s">
+        <v>507</v>
+      </c>
+      <c r="C85" t="s">
+        <v>479</v>
+      </c>
+      <c r="D85" t="s">
+        <v>508</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>44</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2000</v>
       </c>
-      <c r="H84">
+      <c r="I85">
         <v>2009</v>
       </c>
-      <c r="I84" t="s">
-[...25 lines deleted...]
-      <c r="C85" t="s">
+      <c r="J85" t="s">
+        <v>488</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>499</v>
+      </c>
+      <c r="M85" t="s">
+        <v>482</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>509</v>
+      </c>
+      <c r="P85" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>510</v>
+      </c>
+      <c r="B86" t="s">
+        <v>511</v>
+      </c>
+      <c r="C86" t="s">
+        <v>479</v>
+      </c>
+      <c r="D86" t="s">
+        <v>177</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>44</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>1992</v>
+      </c>
+      <c r="I86">
+        <v>2016</v>
+      </c>
+      <c r="J86" t="s">
+        <v>480</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>482</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>512</v>
+      </c>
+      <c r="P86" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>513</v>
+      </c>
+      <c r="B87" t="s">
+        <v>514</v>
+      </c>
+      <c r="C87" t="s">
+        <v>479</v>
+      </c>
+      <c r="D87" t="s">
         <v>123</v>
       </c>
-      <c r="D85" t="s">
-[...50 lines deleted...]
-      <c r="G86">
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>44</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
         <v>2012</v>
       </c>
-      <c r="H86">
+      <c r="I87">
         <v>2012</v>
       </c>
-      <c r="I86" t="s">
-[...35 lines deleted...]
-      <c r="G87">
+      <c r="J87" t="s">
+        <v>488</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>482</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>515</v>
+      </c>
+      <c r="P87" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>516</v>
+      </c>
+      <c r="B88" t="s">
+        <v>517</v>
+      </c>
+      <c r="C88" t="s">
+        <v>479</v>
+      </c>
+      <c r="D88" t="s">
+        <v>199</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>44</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>2010</v>
       </c>
-      <c r="H87">
+      <c r="I88">
         <v>2015</v>
       </c>
-      <c r="I87" t="s">
-[...37 lines deleted...]
-      <c r="G88">
+      <c r="J88" t="s">
+        <v>488</v>
+      </c>
+      <c r="K88" t="s">
+        <v>200</v>
+      </c>
+      <c r="L88" t="s">
+        <v>518</v>
+      </c>
+      <c r="M88" t="s">
+        <v>482</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>519</v>
+      </c>
+      <c r="P88" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>520</v>
+      </c>
+      <c r="B89" t="s">
+        <v>521</v>
+      </c>
+      <c r="C89" t="s">
+        <v>479</v>
+      </c>
+      <c r="D89" t="s">
+        <v>143</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>44</v>
+      </c>
+      <c r="G89" t="s">
+        <v>45</v>
+      </c>
+      <c r="H89">
         <v>2009</v>
       </c>
-      <c r="H88"/>
-[...46 lines deleted...]
-      </c>
+      <c r="I89"/>
       <c r="J89" t="s">
-        <v>21</v>
+        <v>488</v>
       </c>
       <c r="K89" t="s">
-        <v>369</v>
+        <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>337</v>
+        <v>522</v>
       </c>
       <c r="M89" t="s">
-        <v>24</v>
+        <v>482</v>
       </c>
       <c r="N89" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>523</v>
+      </c>
+      <c r="P89" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>371</v>
+        <v>524</v>
       </c>
       <c r="B90" t="s">
-        <v>334</v>
+        <v>525</v>
       </c>
       <c r="C90" t="s">
-        <v>372</v>
+        <v>479</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>241</v>
       </c>
       <c r="E90" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>44</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
       </c>
       <c r="H90">
         <v>2010</v>
       </c>
-      <c r="I90" t="s">
-        <v>341</v>
+      <c r="I90">
+        <v>2010</v>
       </c>
       <c r="J90" t="s">
-        <v>21</v>
+        <v>480</v>
       </c>
       <c r="K90" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>337</v>
+        <v>526</v>
       </c>
       <c r="M90" t="s">
-        <v>24</v>
+        <v>482</v>
       </c>
       <c r="N90" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>527</v>
+      </c>
+      <c r="P90" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>375</v>
+        <v>528</v>
       </c>
       <c r="B91" t="s">
-        <v>334</v>
+        <v>529</v>
       </c>
       <c r="C91" t="s">
-        <v>376</v>
+        <v>479</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>530</v>
       </c>
       <c r="E91" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G91">
+        <v>44</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2002</v>
+      </c>
+      <c r="I91">
+        <v>2010</v>
+      </c>
+      <c r="J91" t="s">
+        <v>488</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>531</v>
+      </c>
+      <c r="M91" t="s">
+        <v>482</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>532</v>
+      </c>
+      <c r="P91" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>533</v>
+      </c>
+      <c r="B92" t="s">
+        <v>534</v>
+      </c>
+      <c r="C92" t="s">
+        <v>479</v>
+      </c>
+      <c r="D92" t="s">
+        <v>535</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>44</v>
+      </c>
+      <c r="G92" t="s">
+        <v>45</v>
+      </c>
+      <c r="H92">
         <v>2009</v>
       </c>
-      <c r="H91"/>
-[...38 lines deleted...]
-      <c r="G92">
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>480</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>536</v>
+      </c>
+      <c r="M92" t="s">
+        <v>482</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>537</v>
+      </c>
+      <c r="P92" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>538</v>
+      </c>
+      <c r="B93" t="s">
+        <v>539</v>
+      </c>
+      <c r="C93" t="s">
+        <v>479</v>
+      </c>
+      <c r="D93" t="s">
+        <v>540</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>44</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
         <v>1994</v>
       </c>
-      <c r="H92">
+      <c r="I93">
         <v>2003</v>
       </c>
-      <c r="I92" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="J93" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>482</v>
       </c>
       <c r="N93" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>541</v>
+      </c>
+      <c r="P93" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>384</v>
+        <v>542</v>
       </c>
       <c r="B94" t="s">
-        <v>334</v>
+        <v>543</v>
       </c>
       <c r="C94" t="s">
-        <v>385</v>
+        <v>479</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>448</v>
       </c>
       <c r="E94" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>44</v>
+      </c>
+      <c r="G94" t="s">
+        <v>45</v>
       </c>
       <c r="H94">
         <v>2010</v>
       </c>
-      <c r="I94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I94"/>
       <c r="J94" t="s">
-        <v>139</v>
+        <v>480</v>
       </c>
       <c r="K94" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
-        <v>24</v>
+        <v>482</v>
       </c>
       <c r="N94" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>544</v>
+      </c>
+      <c r="P94" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>388</v>
+        <v>545</v>
       </c>
       <c r="B95" t="s">
-        <v>334</v>
+        <v>546</v>
       </c>
       <c r="C95" t="s">
-        <v>28</v>
+        <v>479</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>547</v>
       </c>
       <c r="E95" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G95">
+        <v>44</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2000</v>
+      </c>
+      <c r="I95">
+        <v>2010</v>
+      </c>
+      <c r="J95" t="s">
+        <v>488</v>
+      </c>
+      <c r="K95" t="s">
+        <v>200</v>
+      </c>
+      <c r="L95" t="s">
+        <v>548</v>
+      </c>
+      <c r="M95" t="s">
+        <v>482</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>549</v>
+      </c>
+      <c r="P95" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>550</v>
+      </c>
+      <c r="B96" t="s">
+        <v>551</v>
+      </c>
+      <c r="C96" t="s">
+        <v>479</v>
+      </c>
+      <c r="D96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>44</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
         <v>1996</v>
       </c>
-      <c r="H95">
+      <c r="I96">
         <v>2009</v>
       </c>
-      <c r="I95" t="s">
-[...37 lines deleted...]
-      <c r="G96">
+      <c r="J96" t="s">
+        <v>480</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>552</v>
+      </c>
+      <c r="M96" t="s">
+        <v>482</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>553</v>
+      </c>
+      <c r="P96" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>550</v>
+      </c>
+      <c r="B97" t="s">
+        <v>551</v>
+      </c>
+      <c r="C97" t="s">
+        <v>479</v>
+      </c>
+      <c r="D97" t="s">
+        <v>155</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>44</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
         <v>1997</v>
       </c>
-      <c r="H96">
+      <c r="I97">
         <v>2009</v>
       </c>
-      <c r="I96" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J97" t="s">
-        <v>21</v>
+        <v>480</v>
       </c>
       <c r="K97" t="s">
-        <v>395</v>
+        <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>337</v>
+        <v>554</v>
       </c>
       <c r="M97" t="s">
-        <v>24</v>
+        <v>482</v>
       </c>
       <c r="N97" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>555</v>
+      </c>
+      <c r="P97" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>397</v>
+        <v>556</v>
       </c>
       <c r="B98" t="s">
-        <v>334</v>
+        <v>557</v>
       </c>
       <c r="C98" t="s">
-        <v>166</v>
+        <v>479</v>
       </c>
       <c r="D98" t="s">
-        <v>17</v>
+        <v>558</v>
       </c>
       <c r="E98" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>44</v>
+      </c>
+      <c r="G98" t="s">
+        <v>45</v>
       </c>
       <c r="H98">
         <v>2009</v>
       </c>
-      <c r="I98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I98"/>
       <c r="J98" t="s">
+        <v>480</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>559</v>
+      </c>
+      <c r="M98" t="s">
+        <v>482</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>560</v>
+      </c>
+      <c r="P98" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>561</v>
+      </c>
+      <c r="B99" t="s">
+        <v>562</v>
+      </c>
+      <c r="C99" t="s">
+        <v>479</v>
+      </c>
+      <c r="D99" t="s">
+        <v>241</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>44</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>1992</v>
+      </c>
+      <c r="I99">
+        <v>2009</v>
+      </c>
+      <c r="J99" t="s">
+        <v>480</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>526</v>
+      </c>
+      <c r="M99" t="s">
+        <v>482</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>563</v>
+      </c>
+      <c r="P99" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>565</v>
+      </c>
+      <c r="B100" t="s">
+        <v>566</v>
+      </c>
+      <c r="C100" t="s">
+        <v>479</v>
+      </c>
+      <c r="D100" t="s">
+        <v>183</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>44</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2010</v>
+      </c>
+      <c r="I100">
+        <v>2010</v>
+      </c>
+      <c r="J100" t="s">
+        <v>488</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>482</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>567</v>
+      </c>
+      <c r="P100" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>568</v>
+      </c>
+      <c r="B101" t="s">
+        <v>569</v>
+      </c>
+      <c r="C101" t="s">
+        <v>479</v>
+      </c>
+      <c r="D101" t="s">
+        <v>570</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>44</v>
+      </c>
+      <c r="G101" t="s">
+        <v>45</v>
+      </c>
+      <c r="H101">
+        <v>2009</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>488</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>571</v>
+      </c>
+      <c r="M101" t="s">
+        <v>482</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>572</v>
+      </c>
+      <c r="P101" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>573</v>
+      </c>
+      <c r="B102" t="s">
+        <v>574</v>
+      </c>
+      <c r="C102" t="s">
+        <v>575</v>
+      </c>
+      <c r="D102" t="s">
+        <v>143</v>
+      </c>
+      <c r="E102" t="s">
+        <v>43</v>
+      </c>
+      <c r="F102" t="s">
+        <v>44</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2021</v>
+      </c>
+      <c r="I102">
+        <v>2019</v>
+      </c>
+      <c r="J102" t="s">
+        <v>576</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>577</v>
+      </c>
+      <c r="M102" t="s">
+        <v>578</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>579</v>
+      </c>
+      <c r="P102" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>581</v>
+      </c>
+      <c r="B103" t="s">
+        <v>582</v>
+      </c>
+      <c r="C103" t="s">
+        <v>575</v>
+      </c>
+      <c r="D103" t="s">
+        <v>303</v>
+      </c>
+      <c r="E103" t="s">
+        <v>43</v>
+      </c>
+      <c r="F103" t="s">
+        <v>44</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2014</v>
+      </c>
+      <c r="I103">
+        <v>2019</v>
+      </c>
+      <c r="J103" t="s">
+        <v>583</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>584</v>
+      </c>
+      <c r="M103" t="s">
+        <v>578</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>585</v>
+      </c>
+      <c r="P103" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>587</v>
+      </c>
+      <c r="B104" t="s">
+        <v>588</v>
+      </c>
+      <c r="C104" t="s">
+        <v>575</v>
+      </c>
+      <c r="D104" t="s">
+        <v>303</v>
+      </c>
+      <c r="E104" t="s">
+        <v>43</v>
+      </c>
+      <c r="F104" t="s">
+        <v>44</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2015</v>
+      </c>
+      <c r="I104">
+        <v>2019</v>
+      </c>
+      <c r="J104" t="s">
+        <v>576</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>589</v>
+      </c>
+      <c r="M104" t="s">
+        <v>578</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>590</v>
+      </c>
+      <c r="P104" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>592</v>
+      </c>
+      <c r="B105" t="s">
+        <v>593</v>
+      </c>
+      <c r="C105" t="s">
+        <v>575</v>
+      </c>
+      <c r="D105" t="s">
+        <v>594</v>
+      </c>
+      <c r="E105" t="s">
+        <v>43</v>
+      </c>
+      <c r="F105" t="s">
+        <v>44</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2012</v>
+      </c>
+      <c r="I105">
+        <v>2019</v>
+      </c>
+      <c r="J105" t="s">
+        <v>576</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>595</v>
+      </c>
+      <c r="M105" t="s">
+        <v>578</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>596</v>
+      </c>
+      <c r="P105" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>598</v>
+      </c>
+      <c r="B106" t="s">
+        <v>599</v>
+      </c>
+      <c r="C106" t="s">
+        <v>575</v>
+      </c>
+      <c r="D106" t="s">
+        <v>42</v>
+      </c>
+      <c r="E106" t="s">
+        <v>43</v>
+      </c>
+      <c r="F106" t="s">
+        <v>44</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2012</v>
+      </c>
+      <c r="I106">
+        <v>2019</v>
+      </c>
+      <c r="J106" t="s">
+        <v>583</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>600</v>
+      </c>
+      <c r="M106" t="s">
+        <v>578</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>601</v>
+      </c>
+      <c r="P106" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>603</v>
+      </c>
+      <c r="B107" t="s">
+        <v>604</v>
+      </c>
+      <c r="C107" t="s">
+        <v>575</v>
+      </c>
+      <c r="D107" t="s">
+        <v>269</v>
+      </c>
+      <c r="E107" t="s">
+        <v>43</v>
+      </c>
+      <c r="F107" t="s">
+        <v>44</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2014</v>
+      </c>
+      <c r="I107">
+        <v>2019</v>
+      </c>
+      <c r="J107" t="s">
+        <v>583</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>605</v>
+      </c>
+      <c r="M107" t="s">
+        <v>578</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>606</v>
+      </c>
+      <c r="P107" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>608</v>
+      </c>
+      <c r="B108" t="s">
+        <v>609</v>
+      </c>
+      <c r="C108" t="s">
+        <v>575</v>
+      </c>
+      <c r="D108" t="s">
+        <v>74</v>
+      </c>
+      <c r="E108" t="s">
+        <v>43</v>
+      </c>
+      <c r="F108" t="s">
+        <v>44</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2015</v>
+      </c>
+      <c r="I108">
+        <v>2019</v>
+      </c>
+      <c r="J108" t="s">
+        <v>583</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>610</v>
+      </c>
+      <c r="M108" t="s">
+        <v>578</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>611</v>
+      </c>
+      <c r="P108" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>613</v>
+      </c>
+      <c r="B109" t="s">
+        <v>614</v>
+      </c>
+      <c r="C109" t="s">
+        <v>575</v>
+      </c>
+      <c r="D109" t="s">
+        <v>615</v>
+      </c>
+      <c r="E109" t="s">
+        <v>43</v>
+      </c>
+      <c r="F109" t="s">
+        <v>44</v>
+      </c>
+      <c r="G109" t="s">
+        <v>45</v>
+      </c>
+      <c r="H109">
+        <v>2015</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>583</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>616</v>
+      </c>
+      <c r="M109" t="s">
+        <v>617</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>618</v>
+      </c>
+      <c r="P109" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>620</v>
+      </c>
+      <c r="B110" t="s">
+        <v>621</v>
+      </c>
+      <c r="C110" t="s">
+        <v>575</v>
+      </c>
+      <c r="D110" t="s">
+        <v>123</v>
+      </c>
+      <c r="E110" t="s">
+        <v>43</v>
+      </c>
+      <c r="F110" t="s">
+        <v>44</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2014</v>
+      </c>
+      <c r="I110">
+        <v>2019</v>
+      </c>
+      <c r="J110" t="s">
+        <v>576</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>622</v>
+      </c>
+      <c r="M110" t="s">
+        <v>578</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>623</v>
+      </c>
+      <c r="P110" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>625</v>
+      </c>
+      <c r="B111" t="s">
+        <v>626</v>
+      </c>
+      <c r="C111" t="s">
+        <v>575</v>
+      </c>
+      <c r="D111" t="s">
+        <v>292</v>
+      </c>
+      <c r="E111" t="s">
+        <v>43</v>
+      </c>
+      <c r="F111" t="s">
+        <v>44</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2013</v>
+      </c>
+      <c r="I111">
+        <v>2019</v>
+      </c>
+      <c r="J111" t="s">
+        <v>583</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>627</v>
+      </c>
+      <c r="M111" t="s">
+        <v>578</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>628</v>
+      </c>
+      <c r="P111" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>630</v>
+      </c>
+      <c r="B112" t="s">
+        <v>631</v>
+      </c>
+      <c r="C112" t="s">
+        <v>575</v>
+      </c>
+      <c r="D112" t="s">
+        <v>503</v>
+      </c>
+      <c r="E112" t="s">
+        <v>43</v>
+      </c>
+      <c r="F112" t="s">
+        <v>44</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2017</v>
+      </c>
+      <c r="I112">
+        <v>2019</v>
+      </c>
+      <c r="J112" t="s">
+        <v>583</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>632</v>
+      </c>
+      <c r="M112" t="s">
+        <v>578</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>633</v>
+      </c>
+      <c r="P112" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>635</v>
+      </c>
+      <c r="B113" t="s">
+        <v>636</v>
+      </c>
+      <c r="C113" t="s">
+        <v>575</v>
+      </c>
+      <c r="D113" t="s">
+        <v>422</v>
+      </c>
+      <c r="E113" t="s">
+        <v>43</v>
+      </c>
+      <c r="F113" t="s">
+        <v>44</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2016</v>
+      </c>
+      <c r="I113">
+        <v>2019</v>
+      </c>
+      <c r="J113" t="s">
+        <v>583</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>637</v>
+      </c>
+      <c r="M113" t="s">
+        <v>578</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>638</v>
+      </c>
+      <c r="P113" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>640</v>
+      </c>
+      <c r="B114" t="s">
+        <v>641</v>
+      </c>
+      <c r="C114" t="s">
+        <v>642</v>
+      </c>
+      <c r="D114" t="s">
+        <v>643</v>
+      </c>
+      <c r="E114" t="s">
+        <v>43</v>
+      </c>
+      <c r="F114" t="s">
         <v>21</v>
       </c>
-      <c r="K98" t="s">
-[...31 lines deleted...]
-      <c r="G99">
+      <c r="G114" t="s">
+        <v>45</v>
+      </c>
+      <c r="H114">
+        <v>2017</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>644</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>645</v>
+      </c>
+      <c r="M114" t="s">
+        <v>646</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>647</v>
+      </c>
+      <c r="P114" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>649</v>
+      </c>
+      <c r="B115" t="s">
+        <v>650</v>
+      </c>
+      <c r="C115" t="s">
+        <v>440</v>
+      </c>
+      <c r="D115" t="s">
+        <v>651</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2009</v>
+      </c>
+      <c r="I115">
+        <v>2024</v>
+      </c>
+      <c r="J115" t="s">
+        <v>449</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>652</v>
+      </c>
+      <c r="M115" t="s">
+        <v>444</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>653</v>
+      </c>
+      <c r="P115" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>655</v>
+      </c>
+      <c r="B116" t="s">
+        <v>656</v>
+      </c>
+      <c r="C116" t="s">
+        <v>440</v>
+      </c>
+      <c r="D116" t="s">
+        <v>123</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2009</v>
+      </c>
+      <c r="I116">
+        <v>2024</v>
+      </c>
+      <c r="J116" t="s">
+        <v>449</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>657</v>
+      </c>
+      <c r="M116" t="s">
+        <v>444</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>658</v>
+      </c>
+      <c r="P116" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>660</v>
+      </c>
+      <c r="B117" t="s">
+        <v>661</v>
+      </c>
+      <c r="C117" t="s">
+        <v>440</v>
+      </c>
+      <c r="D117" t="s">
+        <v>241</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2007</v>
+      </c>
+      <c r="I117">
+        <v>2020</v>
+      </c>
+      <c r="J117" t="s">
+        <v>116</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>662</v>
+      </c>
+      <c r="M117" t="s">
+        <v>444</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>663</v>
+      </c>
+      <c r="P117" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>665</v>
+      </c>
+      <c r="B118" t="s">
+        <v>666</v>
+      </c>
+      <c r="C118" t="s">
+        <v>440</v>
+      </c>
+      <c r="D118" t="s">
+        <v>247</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2009</v>
+      </c>
+      <c r="I118">
+        <v>2023</v>
+      </c>
+      <c r="J118" t="s">
+        <v>449</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>667</v>
+      </c>
+      <c r="M118" t="s">
+        <v>444</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>668</v>
+      </c>
+      <c r="P118" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>670</v>
+      </c>
+      <c r="B119" t="s">
+        <v>671</v>
+      </c>
+      <c r="C119" t="s">
+        <v>440</v>
+      </c>
+      <c r="D119" t="s">
+        <v>241</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2006</v>
+      </c>
+      <c r="I119">
+        <v>2024</v>
+      </c>
+      <c r="J119" t="s">
+        <v>449</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>672</v>
+      </c>
+      <c r="M119" t="s">
+        <v>444</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>673</v>
+      </c>
+      <c r="P119" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>675</v>
+      </c>
+      <c r="B120" t="s">
+        <v>676</v>
+      </c>
+      <c r="C120" t="s">
+        <v>440</v>
+      </c>
+      <c r="D120" t="s">
+        <v>677</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>45</v>
+      </c>
+      <c r="H120">
+        <v>2023</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>678</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>679</v>
+      </c>
+      <c r="M120" t="s">
+        <v>444</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>680</v>
+      </c>
+      <c r="P120" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>682</v>
+      </c>
+      <c r="B121" t="s">
+        <v>683</v>
+      </c>
+      <c r="C121" t="s">
+        <v>440</v>
+      </c>
+      <c r="D121" t="s">
+        <v>259</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2011</v>
+      </c>
+      <c r="I121">
+        <v>2022</v>
+      </c>
+      <c r="J121" t="s">
+        <v>116</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>684</v>
+      </c>
+      <c r="M121" t="s">
+        <v>444</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>685</v>
+      </c>
+      <c r="P121" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>687</v>
+      </c>
+      <c r="B122" t="s">
+        <v>688</v>
+      </c>
+      <c r="C122" t="s">
+        <v>440</v>
+      </c>
+      <c r="D122" t="s">
+        <v>259</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2007</v>
+      </c>
+      <c r="I122">
+        <v>2024</v>
+      </c>
+      <c r="J122" t="s">
+        <v>449</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>689</v>
+      </c>
+      <c r="M122" t="s">
+        <v>444</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>690</v>
+      </c>
+      <c r="P122" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>692</v>
+      </c>
+      <c r="B123" t="s">
+        <v>693</v>
+      </c>
+      <c r="C123" t="s">
+        <v>440</v>
+      </c>
+      <c r="D123" t="s">
+        <v>259</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>45</v>
+      </c>
+      <c r="H123">
+        <v>2015</v>
+      </c>
+      <c r="I123">
+        <v>2022</v>
+      </c>
+      <c r="J123" t="s">
+        <v>116</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>694</v>
+      </c>
+      <c r="M123" t="s">
+        <v>444</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>695</v>
+      </c>
+      <c r="P123" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>697</v>
+      </c>
+      <c r="B124" t="s">
+        <v>698</v>
+      </c>
+      <c r="C124" t="s">
+        <v>440</v>
+      </c>
+      <c r="D124" t="s">
+        <v>699</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2015</v>
+      </c>
+      <c r="I124">
+        <v>2023</v>
+      </c>
+      <c r="J124" t="s">
+        <v>700</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>701</v>
+      </c>
+      <c r="M124" t="s">
+        <v>444</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>702</v>
+      </c>
+      <c r="P124" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>704</v>
+      </c>
+      <c r="B125" t="s">
+        <v>705</v>
+      </c>
+      <c r="C125" t="s">
+        <v>440</v>
+      </c>
+      <c r="D125" t="s">
+        <v>211</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2009</v>
+      </c>
+      <c r="I125">
+        <v>2022</v>
+      </c>
+      <c r="J125" t="s">
+        <v>449</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>706</v>
+      </c>
+      <c r="M125" t="s">
+        <v>444</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>707</v>
+      </c>
+      <c r="P125" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>709</v>
+      </c>
+      <c r="B126" t="s">
+        <v>710</v>
+      </c>
+      <c r="C126" t="s">
+        <v>440</v>
+      </c>
+      <c r="D126" t="s">
+        <v>711</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2009</v>
+      </c>
+      <c r="I126">
+        <v>2018</v>
+      </c>
+      <c r="J126" t="s">
+        <v>116</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>712</v>
+      </c>
+      <c r="M126" t="s">
+        <v>444</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>713</v>
+      </c>
+      <c r="P126" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>715</v>
+      </c>
+      <c r="B127" t="s">
+        <v>716</v>
+      </c>
+      <c r="C127" t="s">
+        <v>440</v>
+      </c>
+      <c r="D127" t="s">
+        <v>123</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>45</v>
+      </c>
+      <c r="H127">
+        <v>2023</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>678</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>717</v>
+      </c>
+      <c r="M127" t="s">
+        <v>444</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>718</v>
+      </c>
+      <c r="P127" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>720</v>
+      </c>
+      <c r="B128" t="s">
+        <v>721</v>
+      </c>
+      <c r="C128" t="s">
+        <v>440</v>
+      </c>
+      <c r="D128" t="s">
+        <v>292</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>45</v>
+      </c>
+      <c r="H128">
+        <v>2023</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>722</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>723</v>
+      </c>
+      <c r="M128" t="s">
+        <v>444</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>724</v>
+      </c>
+      <c r="P128" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>726</v>
+      </c>
+      <c r="B129" t="s">
+        <v>727</v>
+      </c>
+      <c r="C129" t="s">
+        <v>728</v>
+      </c>
+      <c r="D129" t="s">
+        <v>729</v>
+      </c>
+      <c r="E129" t="s">
+        <v>43</v>
+      </c>
+      <c r="F129" t="s">
+        <v>44</v>
+      </c>
+      <c r="G129" t="s">
+        <v>45</v>
+      </c>
+      <c r="H129">
+        <v>2013</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>46</v>
+      </c>
+      <c r="K129" t="s">
+        <v>730</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>731</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>732</v>
+      </c>
+      <c r="P129" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>734</v>
+      </c>
+      <c r="B130" t="s">
+        <v>735</v>
+      </c>
+      <c r="C130" t="s">
+        <v>736</v>
+      </c>
+      <c r="D130" t="s">
+        <v>737</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>45</v>
+      </c>
+      <c r="H130">
+        <v>2021</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>583</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>738</v>
+      </c>
+      <c r="M130" t="s">
+        <v>739</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>740</v>
+      </c>
+      <c r="P130" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>742</v>
+      </c>
+      <c r="B131" t="s">
+        <v>743</v>
+      </c>
+      <c r="C131" t="s">
+        <v>744</v>
+      </c>
+      <c r="D131" t="s">
+        <v>259</v>
+      </c>
+      <c r="E131" t="s">
+        <v>43</v>
+      </c>
+      <c r="F131" t="s">
+        <v>44</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2000</v>
+      </c>
+      <c r="I131">
+        <v>2012</v>
+      </c>
+      <c r="J131" t="s">
+        <v>480</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>745</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>746</v>
+      </c>
+      <c r="P131" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>748</v>
+      </c>
+      <c r="B132" t="s">
+        <v>749</v>
+      </c>
+      <c r="C132" t="s">
+        <v>744</v>
+      </c>
+      <c r="D132" t="s">
+        <v>281</v>
+      </c>
+      <c r="E132" t="s">
+        <v>43</v>
+      </c>
+      <c r="F132" t="s">
+        <v>44</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2004</v>
+      </c>
+      <c r="I132">
+        <v>2011</v>
+      </c>
+      <c r="J132" t="s">
+        <v>750</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>745</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>751</v>
+      </c>
+      <c r="P132" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>752</v>
+      </c>
+      <c r="B133" t="s">
+        <v>753</v>
+      </c>
+      <c r="C133" t="s">
+        <v>744</v>
+      </c>
+      <c r="D133" t="s">
+        <v>303</v>
+      </c>
+      <c r="E133" t="s">
+        <v>43</v>
+      </c>
+      <c r="F133" t="s">
+        <v>44</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2006</v>
+      </c>
+      <c r="I133">
+        <v>2006</v>
+      </c>
+      <c r="J133" t="s">
+        <v>750</v>
+      </c>
+      <c r="K133" t="s">
+        <v>200</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>745</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>754</v>
+      </c>
+      <c r="P133" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>752</v>
+      </c>
+      <c r="B134" t="s">
+        <v>755</v>
+      </c>
+      <c r="C134" t="s">
+        <v>744</v>
+      </c>
+      <c r="D134" t="s">
+        <v>326</v>
+      </c>
+      <c r="E134" t="s">
+        <v>43</v>
+      </c>
+      <c r="F134" t="s">
+        <v>44</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2006</v>
+      </c>
+      <c r="I134">
+        <v>2008</v>
+      </c>
+      <c r="J134" t="s">
+        <v>750</v>
+      </c>
+      <c r="K134" t="s">
+        <v>200</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>745</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>756</v>
+      </c>
+      <c r="P134" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>757</v>
+      </c>
+      <c r="B135" t="s">
+        <v>758</v>
+      </c>
+      <c r="C135" t="s">
+        <v>744</v>
+      </c>
+      <c r="D135" t="s">
+        <v>759</v>
+      </c>
+      <c r="E135" t="s">
+        <v>43</v>
+      </c>
+      <c r="F135" t="s">
+        <v>44</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2009</v>
+      </c>
+      <c r="I135">
+        <v>2011</v>
+      </c>
+      <c r="J135" t="s">
+        <v>750</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>745</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>760</v>
+      </c>
+      <c r="P135" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>761</v>
+      </c>
+      <c r="B136" t="s">
+        <v>762</v>
+      </c>
+      <c r="C136" t="s">
+        <v>744</v>
+      </c>
+      <c r="D136" t="s">
+        <v>183</v>
+      </c>
+      <c r="E136" t="s">
+        <v>43</v>
+      </c>
+      <c r="F136" t="s">
+        <v>44</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2006</v>
+      </c>
+      <c r="I136">
+        <v>2008</v>
+      </c>
+      <c r="J136" t="s">
+        <v>750</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>745</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>763</v>
+      </c>
+      <c r="P136" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>764</v>
+      </c>
+      <c r="B137" t="s">
+        <v>765</v>
+      </c>
+      <c r="C137" t="s">
+        <v>744</v>
+      </c>
+      <c r="D137" t="s">
+        <v>766</v>
+      </c>
+      <c r="E137" t="s">
+        <v>43</v>
+      </c>
+      <c r="F137" t="s">
+        <v>44</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2008</v>
+      </c>
+      <c r="I137">
         <v>2010</v>
       </c>
-      <c r="H99">
-[...5 lines deleted...]
-      <c r="J99" t="s">
+      <c r="J137" t="s">
+        <v>750</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>745</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>767</v>
+      </c>
+      <c r="P137" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>768</v>
+      </c>
+      <c r="B138" t="s">
+        <v>769</v>
+      </c>
+      <c r="C138" t="s">
+        <v>744</v>
+      </c>
+      <c r="D138" t="s">
+        <v>547</v>
+      </c>
+      <c r="E138" t="s">
+        <v>43</v>
+      </c>
+      <c r="F138" t="s">
+        <v>44</v>
+      </c>
+      <c r="G138" t="s">
+        <v>45</v>
+      </c>
+      <c r="H138">
+        <v>2006</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>750</v>
+      </c>
+      <c r="K138" t="s">
+        <v>770</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>745</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>771</v>
+      </c>
+      <c r="P138" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>772</v>
+      </c>
+      <c r="B139" t="s">
+        <v>773</v>
+      </c>
+      <c r="C139" t="s">
+        <v>18</v>
+      </c>
+      <c r="D139" t="s">
+        <v>74</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
         <v>21</v>
       </c>
-      <c r="K99"/>
-[...1706 lines deleted...]
-        <v>2015</v>
+      <c r="G139" t="s">
+        <v>45</v>
       </c>
       <c r="H139">
         <v>2023</v>
       </c>
-      <c r="I139" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I139"/>
       <c r="J139" t="s">
+        <v>722</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>26</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>774</v>
+      </c>
+      <c r="P139" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>776</v>
+      </c>
+      <c r="B140" t="s">
+        <v>777</v>
+      </c>
+      <c r="C140" t="s">
+        <v>18</v>
+      </c>
+      <c r="D140" t="s">
+        <v>259</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
         <v>21</v>
       </c>
-      <c r="K139"/>
-      <c r="L139" t="s">
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2015</v>
+      </c>
+      <c r="I140">
+        <v>2023</v>
+      </c>
+      <c r="J140" t="s">
+        <v>722</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>778</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>779</v>
+      </c>
+      <c r="P140" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>781</v>
+      </c>
+      <c r="B141" t="s">
+        <v>782</v>
+      </c>
+      <c r="C141" t="s">
+        <v>18</v>
+      </c>
+      <c r="D141" t="s">
+        <v>123</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>45</v>
+      </c>
+      <c r="H141">
+        <v>2023</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>722</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>778</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>783</v>
+      </c>
+      <c r="P141" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>784</v>
+      </c>
+      <c r="B142" t="s">
+        <v>785</v>
+      </c>
+      <c r="C142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" t="s">
+        <v>42</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2022</v>
+      </c>
+      <c r="I142">
+        <v>2024</v>
+      </c>
+      <c r="J142" t="s">
+        <v>722</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>778</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>786</v>
+      </c>
+      <c r="P142" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>787</v>
+      </c>
+      <c r="B143" t="s">
+        <v>788</v>
+      </c>
+      <c r="C143" t="s">
+        <v>18</v>
+      </c>
+      <c r="D143" t="s">
+        <v>241</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143"/>
+      <c r="I143">
+        <v>2024</v>
+      </c>
+      <c r="J143" t="s">
+        <v>722</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>778</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>789</v>
+      </c>
+      <c r="P143" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>790</v>
+      </c>
+      <c r="B144" t="s">
+        <v>791</v>
+      </c>
+      <c r="C144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" t="s">
+        <v>503</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>45</v>
+      </c>
+      <c r="H144">
+        <v>2025</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>722</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>778</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>792</v>
+      </c>
+      <c r="P144" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>793</v>
+      </c>
+      <c r="B145" t="s">
+        <v>794</v>
+      </c>
+      <c r="C145" t="s">
+        <v>795</v>
+      </c>
+      <c r="D145" t="s">
+        <v>677</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2013</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>796</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145" t="s">
+        <v>797</v>
+      </c>
+      <c r="M145" t="s">
+        <v>798</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>799</v>
+      </c>
+      <c r="P145" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>801</v>
+      </c>
+      <c r="B146" t="s">
+        <v>802</v>
+      </c>
+      <c r="C146" t="s">
+        <v>803</v>
+      </c>
+      <c r="D146" t="s">
+        <v>804</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2013</v>
+      </c>
+      <c r="I146">
+        <v>2025</v>
+      </c>
+      <c r="J146" t="s">
+        <v>722</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>805</v>
+      </c>
+      <c r="M146" t="s">
+        <v>798</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>806</v>
+      </c>
+      <c r="P146" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>808</v>
+      </c>
+      <c r="B147" t="s">
+        <v>809</v>
+      </c>
+      <c r="C147" t="s">
+        <v>803</v>
+      </c>
+      <c r="D147" t="s">
+        <v>326</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>45</v>
+      </c>
+      <c r="H147">
+        <v>2025</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>722</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>798</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>810</v>
+      </c>
+      <c r="P147" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>808</v>
+      </c>
+      <c r="B148" t="s">
+        <v>811</v>
+      </c>
+      <c r="C148" t="s">
+        <v>803</v>
+      </c>
+      <c r="D148" t="s">
+        <v>326</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2013</v>
+      </c>
+      <c r="I148">
+        <v>2024</v>
+      </c>
+      <c r="J148" t="s">
+        <v>796</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>812</v>
+      </c>
+      <c r="M148" t="s">
+        <v>798</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>813</v>
+      </c>
+      <c r="P148" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>815</v>
+      </c>
+      <c r="B149" t="s">
+        <v>816</v>
+      </c>
+      <c r="C149" t="s">
+        <v>803</v>
+      </c>
+      <c r="D149" t="s">
+        <v>817</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2013</v>
+      </c>
+      <c r="I149">
+        <v>2024</v>
+      </c>
+      <c r="J149" t="s">
+        <v>796</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>818</v>
+      </c>
+      <c r="M149" t="s">
+        <v>798</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>819</v>
+      </c>
+      <c r="P149" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>820</v>
+      </c>
+      <c r="B150" t="s">
+        <v>821</v>
+      </c>
+      <c r="C150" t="s">
+        <v>803</v>
+      </c>
+      <c r="D150" t="s">
+        <v>448</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>45</v>
+      </c>
+      <c r="H150">
+        <v>2025</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>722</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>818</v>
+      </c>
+      <c r="M150" t="s">
+        <v>798</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>822</v>
+      </c>
+      <c r="P150" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>823</v>
+      </c>
+      <c r="B151" t="s">
+        <v>824</v>
+      </c>
+      <c r="C151" t="s">
+        <v>803</v>
+      </c>
+      <c r="D151" t="s">
+        <v>825</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2015</v>
+      </c>
+      <c r="I151">
+        <v>2025</v>
+      </c>
+      <c r="J151" t="s">
+        <v>722</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>826</v>
+      </c>
+      <c r="M151" t="s">
+        <v>798</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>827</v>
+      </c>
+      <c r="P151" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>823</v>
+      </c>
+      <c r="B152" t="s">
+        <v>828</v>
+      </c>
+      <c r="C152" t="s">
+        <v>795</v>
+      </c>
+      <c r="D152" t="s">
+        <v>829</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2013</v>
+      </c>
+      <c r="I152">
+        <v>2024</v>
+      </c>
+      <c r="J152" t="s">
+        <v>796</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>830</v>
+      </c>
+      <c r="M152" t="s">
+        <v>798</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>831</v>
+      </c>
+      <c r="P152" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>833</v>
+      </c>
+      <c r="B153" t="s">
+        <v>834</v>
+      </c>
+      <c r="C153" t="s">
+        <v>795</v>
+      </c>
+      <c r="D153" t="s">
+        <v>835</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2013</v>
+      </c>
+      <c r="I153">
+        <v>2024</v>
+      </c>
+      <c r="J153" t="s">
+        <v>796</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>836</v>
+      </c>
+      <c r="M153" t="s">
+        <v>798</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>837</v>
+      </c>
+      <c r="P153" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>838</v>
+      </c>
+      <c r="B154" t="s">
+        <v>839</v>
+      </c>
+      <c r="C154" t="s">
+        <v>795</v>
+      </c>
+      <c r="D154" t="s">
+        <v>241</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2013</v>
+      </c>
+      <c r="I154">
+        <v>2024</v>
+      </c>
+      <c r="J154" t="s">
+        <v>796</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>840</v>
+      </c>
+      <c r="M154" t="s">
+        <v>798</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>841</v>
+      </c>
+      <c r="P154" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>842</v>
+      </c>
+      <c r="B155" t="s">
+        <v>843</v>
+      </c>
+      <c r="C155" t="s">
+        <v>795</v>
+      </c>
+      <c r="D155" t="s">
+        <v>123</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2015</v>
+      </c>
+      <c r="I155">
+        <v>2024</v>
+      </c>
+      <c r="J155" t="s">
+        <v>796</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>844</v>
+      </c>
+      <c r="M155" t="s">
+        <v>798</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>845</v>
+      </c>
+      <c r="P155" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>846</v>
+      </c>
+      <c r="B156" t="s">
+        <v>847</v>
+      </c>
+      <c r="C156" t="s">
+        <v>803</v>
+      </c>
+      <c r="D156" t="s">
+        <v>292</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2013</v>
+      </c>
+      <c r="I156">
+        <v>2024</v>
+      </c>
+      <c r="J156" t="s">
+        <v>796</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>848</v>
+      </c>
+      <c r="M156" t="s">
+        <v>798</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>849</v>
+      </c>
+      <c r="P156" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>850</v>
+      </c>
+      <c r="B157" t="s">
+        <v>851</v>
+      </c>
+      <c r="C157" t="s">
+        <v>736</v>
+      </c>
+      <c r="D157" t="s">
+        <v>852</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2010</v>
+      </c>
+      <c r="I157">
+        <v>2019</v>
+      </c>
+      <c r="J157" t="s">
+        <v>583</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>853</v>
+      </c>
+      <c r="M157" t="s">
+        <v>739</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>854</v>
+      </c>
+      <c r="P157" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>856</v>
+      </c>
+      <c r="B158" t="s">
+        <v>857</v>
+      </c>
+      <c r="C158" t="s">
+        <v>736</v>
+      </c>
+      <c r="D158" t="s">
+        <v>858</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2002</v>
+      </c>
+      <c r="I158">
+        <v>2012</v>
+      </c>
+      <c r="J158" t="s">
+        <v>583</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>859</v>
+      </c>
+      <c r="M158" t="s">
+        <v>739</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>860</v>
+      </c>
+      <c r="P158" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>862</v>
+      </c>
+      <c r="B159" t="s">
+        <v>863</v>
+      </c>
+      <c r="C159" t="s">
+        <v>736</v>
+      </c>
+      <c r="D159" t="s">
+        <v>292</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>1989</v>
+      </c>
+      <c r="I159">
+        <v>2015</v>
+      </c>
+      <c r="J159" t="s">
+        <v>583</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>864</v>
+      </c>
+      <c r="M159" t="s">
+        <v>739</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>865</v>
+      </c>
+      <c r="P159" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>867</v>
+      </c>
+      <c r="B160" t="s">
+        <v>868</v>
+      </c>
+      <c r="C160" t="s">
+        <v>736</v>
+      </c>
+      <c r="D160" t="s">
+        <v>217</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2013</v>
+      </c>
+      <c r="I160">
+        <v>2014</v>
+      </c>
+      <c r="J160" t="s">
+        <v>583</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>869</v>
+      </c>
+      <c r="M160" t="s">
+        <v>739</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>870</v>
+      </c>
+      <c r="P160" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>872</v>
+      </c>
+      <c r="B161" t="s">
+        <v>873</v>
+      </c>
+      <c r="C161" t="s">
+        <v>736</v>
+      </c>
+      <c r="D161" t="s">
+        <v>530</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>44</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2005</v>
+      </c>
+      <c r="I161">
+        <v>2015</v>
+      </c>
+      <c r="J161" t="s">
+        <v>583</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>874</v>
+      </c>
+      <c r="M161" t="s">
+        <v>739</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>875</v>
+      </c>
+      <c r="P161" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>877</v>
+      </c>
+      <c r="B162" t="s">
+        <v>878</v>
+      </c>
+      <c r="C162" t="s">
+        <v>736</v>
+      </c>
+      <c r="D162" t="s">
+        <v>53</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>45</v>
+      </c>
+      <c r="H162">
+        <v>2019</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>583</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>879</v>
+      </c>
+      <c r="M162" t="s">
+        <v>739</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>880</v>
+      </c>
+      <c r="P162" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>882</v>
+      </c>
+      <c r="B163" t="s">
+        <v>883</v>
+      </c>
+      <c r="C163" t="s">
+        <v>736</v>
+      </c>
+      <c r="D163" t="s">
+        <v>884</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2009</v>
+      </c>
+      <c r="I163">
+        <v>2016</v>
+      </c>
+      <c r="J163" t="s">
+        <v>583</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>885</v>
+      </c>
+      <c r="M163" t="s">
+        <v>739</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>886</v>
+      </c>
+      <c r="P163" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>888</v>
+      </c>
+      <c r="B164" t="s">
+        <v>889</v>
+      </c>
+      <c r="C164" t="s">
+        <v>736</v>
+      </c>
+      <c r="D164" t="s">
+        <v>890</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>1989</v>
+      </c>
+      <c r="I164">
+        <v>2015</v>
+      </c>
+      <c r="J164" t="s">
+        <v>583</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>891</v>
+      </c>
+      <c r="M164" t="s">
+        <v>739</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>892</v>
+      </c>
+      <c r="P164" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>894</v>
+      </c>
+      <c r="B165" t="s">
+        <v>895</v>
+      </c>
+      <c r="C165" t="s">
+        <v>736</v>
+      </c>
+      <c r="D165" t="s">
+        <v>123</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2009</v>
+      </c>
+      <c r="I165">
+        <v>2013</v>
+      </c>
+      <c r="J165" t="s">
+        <v>583</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165" t="s">
+        <v>896</v>
+      </c>
+      <c r="M165" t="s">
+        <v>739</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>897</v>
+      </c>
+      <c r="P165" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>899</v>
+      </c>
+      <c r="B166" t="s">
+        <v>900</v>
+      </c>
+      <c r="C166" t="s">
+        <v>803</v>
+      </c>
+      <c r="D166" t="s">
+        <v>292</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166" t="s">
+        <v>901</v>
+      </c>
+      <c r="H166">
+        <v>2018</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>902</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>903</v>
+      </c>
+      <c r="M166" t="s">
+        <v>798</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>904</v>
+      </c>
+      <c r="P166" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>906</v>
+      </c>
+      <c r="B167" t="s">
+        <v>907</v>
+      </c>
+      <c r="C167" t="s">
+        <v>908</v>
+      </c>
+      <c r="D167" t="s">
+        <v>259</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>378</v>
+      </c>
+      <c r="H167"/>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>909</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>910</v>
+      </c>
+      <c r="M167" t="s">
+        <v>911</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>912</v>
+      </c>
+      <c r="P167"/>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>913</v>
+      </c>
+      <c r="B168" t="s">
+        <v>914</v>
+      </c>
+      <c r="C168" t="s">
+        <v>803</v>
+      </c>
+      <c r="D168" t="s">
+        <v>259</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>915</v>
+      </c>
+      <c r="H168">
+        <v>2015</v>
+      </c>
+      <c r="I168">
+        <v>2018</v>
+      </c>
+      <c r="J168" t="s">
+        <v>902</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>916</v>
+      </c>
+      <c r="M168" t="s">
+        <v>798</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>917</v>
+      </c>
+      <c r="P168" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>919</v>
+      </c>
+      <c r="B169" t="s">
+        <v>920</v>
+      </c>
+      <c r="C169" t="s">
+        <v>803</v>
+      </c>
+      <c r="D169" t="s">
+        <v>804</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>901</v>
+      </c>
+      <c r="H169">
+        <v>2013</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>902</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>921</v>
+      </c>
+      <c r="M169" t="s">
+        <v>798</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>922</v>
+      </c>
+      <c r="P169" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>924</v>
+      </c>
+      <c r="B170" t="s">
+        <v>925</v>
+      </c>
+      <c r="C170" t="s">
+        <v>803</v>
+      </c>
+      <c r="D170" t="s">
+        <v>269</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>901</v>
+      </c>
+      <c r="H170">
+        <v>2020</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>902</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>926</v>
+      </c>
+      <c r="M170" t="s">
+        <v>798</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>927</v>
+      </c>
+      <c r="P170" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>929</v>
+      </c>
+      <c r="B171" t="s">
+        <v>930</v>
+      </c>
+      <c r="C171" t="s">
+        <v>803</v>
+      </c>
+      <c r="D171" t="s">
+        <v>241</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>915</v>
+      </c>
+      <c r="H171">
+        <v>2015</v>
+      </c>
+      <c r="I171">
+        <v>2018</v>
+      </c>
+      <c r="J171" t="s">
+        <v>902</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>931</v>
+      </c>
+      <c r="M171" t="s">
+        <v>798</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>932</v>
+      </c>
+      <c r="P171" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>934</v>
+      </c>
+      <c r="B172" t="s">
+        <v>935</v>
+      </c>
+      <c r="C172" t="s">
+        <v>803</v>
+      </c>
+      <c r="D172" t="s">
+        <v>183</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>45</v>
+      </c>
+      <c r="H172">
+        <v>2020</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>902</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>936</v>
+      </c>
+      <c r="M172" t="s">
+        <v>798</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>937</v>
+      </c>
+      <c r="P172" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>939</v>
+      </c>
+      <c r="B173" t="s">
+        <v>940</v>
+      </c>
+      <c r="C173" t="s">
+        <v>803</v>
+      </c>
+      <c r="D173" t="s">
+        <v>123</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>941</v>
+      </c>
+      <c r="H173">
+        <v>2015</v>
+      </c>
+      <c r="I173">
+        <v>2019</v>
+      </c>
+      <c r="J173" t="s">
+        <v>902</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>942</v>
+      </c>
+      <c r="M173" t="s">
+        <v>798</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>943</v>
+      </c>
+      <c r="P173" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>945</v>
+      </c>
+      <c r="B174" t="s">
+        <v>946</v>
+      </c>
+      <c r="C174" t="s">
+        <v>947</v>
+      </c>
+      <c r="D174" t="s">
+        <v>948</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>44</v>
+      </c>
+      <c r="G174" t="s">
+        <v>378</v>
+      </c>
+      <c r="H174"/>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>66</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174" t="s">
+        <v>949</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>950</v>
+      </c>
+      <c r="P174"/>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>951</v>
+      </c>
+      <c r="B175" t="s">
+        <v>952</v>
+      </c>
+      <c r="C175" t="s">
+        <v>575</v>
+      </c>
+      <c r="D175" t="s">
+        <v>953</v>
+      </c>
+      <c r="E175" t="s">
+        <v>43</v>
+      </c>
+      <c r="F175" t="s">
+        <v>44</v>
+      </c>
+      <c r="G175" t="s">
+        <v>45</v>
+      </c>
+      <c r="H175">
+        <v>2022</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>954</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>955</v>
+      </c>
+      <c r="M175" t="s">
+        <v>956</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>957</v>
+      </c>
+      <c r="P175" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>959</v>
+      </c>
+      <c r="B176" t="s">
+        <v>960</v>
+      </c>
+      <c r="C176" t="s">
+        <v>575</v>
+      </c>
+      <c r="D176" t="s">
+        <v>961</v>
+      </c>
+      <c r="E176" t="s">
+        <v>43</v>
+      </c>
+      <c r="F176" t="s">
+        <v>44</v>
+      </c>
+      <c r="G176" t="s">
+        <v>45</v>
+      </c>
+      <c r="H176">
+        <v>2022</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>954</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>962</v>
+      </c>
+      <c r="M176" t="s">
+        <v>956</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>963</v>
+      </c>
+      <c r="P176" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>965</v>
+      </c>
+      <c r="B177" t="s">
+        <v>966</v>
+      </c>
+      <c r="C177" t="s">
+        <v>575</v>
+      </c>
+      <c r="D177" t="s">
+        <v>967</v>
+      </c>
+      <c r="E177" t="s">
+        <v>43</v>
+      </c>
+      <c r="F177" t="s">
+        <v>44</v>
+      </c>
+      <c r="G177" t="s">
+        <v>45</v>
+      </c>
+      <c r="H177">
+        <v>2022</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>954</v>
+      </c>
+      <c r="K177" t="s">
+        <v>968</v>
+      </c>
+      <c r="L177" t="s">
+        <v>969</v>
+      </c>
+      <c r="M177" t="s">
+        <v>956</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>970</v>
+      </c>
+      <c r="P177" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>972</v>
+      </c>
+      <c r="B178" t="s">
+        <v>973</v>
+      </c>
+      <c r="C178" t="s">
+        <v>575</v>
+      </c>
+      <c r="D178" t="s">
+        <v>974</v>
+      </c>
+      <c r="E178" t="s">
+        <v>43</v>
+      </c>
+      <c r="F178" t="s">
+        <v>44</v>
+      </c>
+      <c r="G178" t="s">
+        <v>45</v>
+      </c>
+      <c r="H178">
+        <v>2022</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>954</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>975</v>
+      </c>
+      <c r="M178" t="s">
+        <v>956</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>976</v>
+      </c>
+      <c r="P178" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>978</v>
+      </c>
+      <c r="B179" t="s">
+        <v>979</v>
+      </c>
+      <c r="C179" t="s">
+        <v>575</v>
+      </c>
+      <c r="D179" t="s">
+        <v>980</v>
+      </c>
+      <c r="E179" t="s">
+        <v>43</v>
+      </c>
+      <c r="F179" t="s">
+        <v>44</v>
+      </c>
+      <c r="G179" t="s">
+        <v>45</v>
+      </c>
+      <c r="H179">
+        <v>2022</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>954</v>
+      </c>
+      <c r="K179" t="s">
+        <v>968</v>
+      </c>
+      <c r="L179" t="s">
+        <v>981</v>
+      </c>
+      <c r="M179" t="s">
+        <v>956</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>982</v>
+      </c>
+      <c r="P179" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>984</v>
+      </c>
+      <c r="B180" t="s">
+        <v>985</v>
+      </c>
+      <c r="C180" t="s">
+        <v>575</v>
+      </c>
+      <c r="D180" t="s">
+        <v>986</v>
+      </c>
+      <c r="E180" t="s">
+        <v>43</v>
+      </c>
+      <c r="F180" t="s">
+        <v>44</v>
+      </c>
+      <c r="G180" t="s">
+        <v>45</v>
+      </c>
+      <c r="H180">
+        <v>2022</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>954</v>
+      </c>
+      <c r="K180" t="s">
+        <v>987</v>
+      </c>
+      <c r="L180" t="s">
+        <v>988</v>
+      </c>
+      <c r="M180" t="s">
+        <v>956</v>
+      </c>
+      <c r="N180" t="s">
+        <v>989</v>
+      </c>
+      <c r="O180" t="s">
+        <v>990</v>
+      </c>
+      <c r="P180" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>992</v>
+      </c>
+      <c r="B181" t="s">
+        <v>993</v>
+      </c>
+      <c r="C181" t="s">
+        <v>575</v>
+      </c>
+      <c r="D181" t="s">
+        <v>994</v>
+      </c>
+      <c r="E181" t="s">
+        <v>43</v>
+      </c>
+      <c r="F181" t="s">
+        <v>44</v>
+      </c>
+      <c r="G181" t="s">
+        <v>45</v>
+      </c>
+      <c r="H181">
+        <v>2022</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>954</v>
+      </c>
+      <c r="K181" t="s">
+        <v>987</v>
+      </c>
+      <c r="L181" t="s">
+        <v>995</v>
+      </c>
+      <c r="M181" t="s">
+        <v>956</v>
+      </c>
+      <c r="N181" t="s">
+        <v>989</v>
+      </c>
+      <c r="O181" t="s">
+        <v>996</v>
+      </c>
+      <c r="P181" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>998</v>
+      </c>
+      <c r="B182" t="s">
+        <v>999</v>
+      </c>
+      <c r="C182" t="s">
+        <v>575</v>
+      </c>
+      <c r="D182" t="s">
+        <v>303</v>
+      </c>
+      <c r="E182" t="s">
+        <v>43</v>
+      </c>
+      <c r="F182" t="s">
+        <v>44</v>
+      </c>
+      <c r="G182" t="s">
+        <v>45</v>
+      </c>
+      <c r="H182">
+        <v>2022</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>954</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1000</v>
+      </c>
+      <c r="M182" t="s">
+        <v>956</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1001</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C183" t="s">
+        <v>575</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E183" t="s">
+        <v>43</v>
+      </c>
+      <c r="F183" t="s">
+        <v>44</v>
+      </c>
+      <c r="G183" t="s">
+        <v>45</v>
+      </c>
+      <c r="H183">
+        <v>2022</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>954</v>
+      </c>
+      <c r="K183" t="s">
+        <v>968</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1006</v>
+      </c>
+      <c r="M183" t="s">
+        <v>956</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C184" t="s">
+        <v>575</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E184" t="s">
+        <v>43</v>
+      </c>
+      <c r="F184" t="s">
+        <v>44</v>
+      </c>
+      <c r="G184" t="s">
+        <v>45</v>
+      </c>
+      <c r="H184">
+        <v>2022</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>954</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M184" t="s">
+        <v>956</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C185" t="s">
+        <v>41</v>
+      </c>
+      <c r="D185" t="s">
+        <v>269</v>
+      </c>
+      <c r="E185" t="s">
+        <v>43</v>
+      </c>
+      <c r="F185" t="s">
+        <v>44</v>
+      </c>
+      <c r="G185" t="s">
+        <v>378</v>
+      </c>
+      <c r="H185"/>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>54</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M185" t="s">
+        <v>48</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P185" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D186" t="s">
+        <v>677</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" t="s">
+        <v>8</v>
+      </c>
+      <c r="H186">
+        <v>2021</v>
+      </c>
+      <c r="I186">
+        <v>2024</v>
+      </c>
+      <c r="J186" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1023</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D187" t="s">
+        <v>292</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>21</v>
+      </c>
+      <c r="G187" t="s">
+        <v>45</v>
+      </c>
+      <c r="H187">
+        <v>2023</v>
+      </c>
+      <c r="I187">
+        <v>2024</v>
+      </c>
+      <c r="J187" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D188" t="s">
+        <v>217</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188" t="s">
+        <v>45</v>
+      </c>
+      <c r="H188">
+        <v>2024</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1034</v>
+      </c>
+      <c r="M188" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1035</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" t="s">
+        <v>45</v>
+      </c>
+      <c r="H189">
+        <v>2023</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>398</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1040</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1041</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D190" t="s">
+        <v>968</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>45</v>
+      </c>
+      <c r="H190">
+        <v>2024</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1046</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1047</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D191" t="s">
+        <v>825</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>45</v>
+      </c>
+      <c r="H191">
+        <v>2021</v>
+      </c>
+      <c r="I191">
+        <v>2024</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1051</v>
+      </c>
+      <c r="M191" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1052</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D192" t="s">
+        <v>241</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>45</v>
+      </c>
+      <c r="H192">
+        <v>2021</v>
+      </c>
+      <c r="I192">
+        <v>2024</v>
+      </c>
+      <c r="J192" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1056</v>
+      </c>
+      <c r="M192" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1057</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D193" t="s">
+        <v>123</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>45</v>
+      </c>
+      <c r="H193">
+        <v>2021</v>
+      </c>
+      <c r="I193">
+        <v>2024</v>
+      </c>
+      <c r="J193" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1061</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C194" t="s">
+        <v>440</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E194" t="s">
+        <v>43</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>378</v>
+      </c>
+      <c r="H194"/>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>92</v>
+      </c>
+      <c r="K194" t="s">
+        <v>350</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>1067</v>
+      </c>
+      <c r="N194" t="s">
+        <v>352</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1068</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C195" t="s">
+        <v>32</v>
+      </c>
+      <c r="D195" t="s">
+        <v>890</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>44</v>
+      </c>
+      <c r="G195" t="s">
+        <v>45</v>
+      </c>
+      <c r="H195">
+        <v>1990</v>
+      </c>
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>34</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1071</v>
+      </c>
+      <c r="M195" t="s">
+        <v>36</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1072</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C196" t="s">
+        <v>32</v>
+      </c>
+      <c r="D196" t="s">
+        <v>292</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>44</v>
+      </c>
+      <c r="G196" t="s">
+        <v>45</v>
+      </c>
+      <c r="H196">
+        <v>1990</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>34</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1075</v>
+      </c>
+      <c r="M196" t="s">
+        <v>36</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1076</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C197" t="s">
+        <v>32</v>
+      </c>
+      <c r="D197" t="s">
+        <v>530</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>44</v>
+      </c>
+      <c r="G197" t="s">
+        <v>45</v>
+      </c>
+      <c r="H197">
+        <v>1987</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>34</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1080</v>
+      </c>
+      <c r="M197" t="s">
+        <v>36</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1081</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>2008</v>
+      </c>
+      <c r="I198">
+        <v>2020</v>
+      </c>
+      <c r="J198" t="s">
+        <v>369</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1087</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1088</v>
+      </c>
+      <c r="N198" t="s">
+        <v>69</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1089</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C199" t="s">
+        <v>462</v>
+      </c>
+      <c r="D199" t="s">
+        <v>259</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>44</v>
+      </c>
+      <c r="G199" t="s">
+        <v>441</v>
+      </c>
+      <c r="H199">
+        <v>2008</v>
+      </c>
+      <c r="I199">
+        <v>2014</v>
+      </c>
+      <c r="J199" t="s">
+        <v>583</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1093</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1095</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C200" t="s">
+        <v>462</v>
+      </c>
+      <c r="D200" t="s">
+        <v>890</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>44</v>
+      </c>
+      <c r="G200" t="s">
+        <v>8</v>
+      </c>
+      <c r="H200">
+        <v>2009</v>
+      </c>
+      <c r="I200">
+        <v>2014</v>
+      </c>
+      <c r="J200" t="s">
+        <v>583</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1099</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C201" t="s">
+        <v>462</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>44</v>
+      </c>
+      <c r="G201" t="s">
+        <v>45</v>
+      </c>
+      <c r="H201">
+        <v>2024</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>472</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1104</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C202" t="s">
+        <v>462</v>
+      </c>
+      <c r="D202" t="s">
+        <v>825</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>44</v>
+      </c>
+      <c r="G202" t="s">
+        <v>915</v>
+      </c>
+      <c r="H202">
+        <v>2015</v>
+      </c>
+      <c r="I202">
+        <v>2019</v>
+      </c>
+      <c r="J202" t="s">
+        <v>583</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202"/>
+      <c r="M202" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1107</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C203" t="s">
+        <v>462</v>
+      </c>
+      <c r="D203" t="s">
+        <v>825</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>44</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2015</v>
+      </c>
+      <c r="I203">
+        <v>2024</v>
+      </c>
+      <c r="J203" t="s">
+        <v>472</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203"/>
+      <c r="M203" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1110</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C204" t="s">
+        <v>462</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>44</v>
+      </c>
+      <c r="G204" t="s">
+        <v>45</v>
+      </c>
+      <c r="H204"/>
+      <c r="I204">
+        <v>2024</v>
+      </c>
+      <c r="J204" t="s">
+        <v>472</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204"/>
+      <c r="M204" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C205" t="s">
+        <v>462</v>
+      </c>
+      <c r="D205" t="s">
+        <v>241</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>44</v>
+      </c>
+      <c r="G205" t="s">
+        <v>441</v>
+      </c>
+      <c r="H205">
+        <v>2008</v>
+      </c>
+      <c r="I205">
+        <v>2014</v>
+      </c>
+      <c r="J205" t="s">
+        <v>583</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1117</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1118</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C206" t="s">
+        <v>462</v>
+      </c>
+      <c r="D206" t="s">
+        <v>259</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>44</v>
+      </c>
+      <c r="G206" t="s">
+        <v>8</v>
+      </c>
+      <c r="H206">
+        <v>2008</v>
+      </c>
+      <c r="I206">
+        <v>2014</v>
+      </c>
+      <c r="J206" t="s">
+        <v>583</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1121</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1122</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C207" t="s">
+        <v>462</v>
+      </c>
+      <c r="D207" t="s">
+        <v>123</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>44</v>
+      </c>
+      <c r="G207" t="s">
+        <v>441</v>
+      </c>
+      <c r="H207">
+        <v>2014</v>
+      </c>
+      <c r="I207"/>
+      <c r="J207" t="s">
+        <v>583</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1125</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1126</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C208" t="s">
+        <v>462</v>
+      </c>
+      <c r="D208" t="s">
+        <v>80</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>44</v>
+      </c>
+      <c r="G208" t="s">
+        <v>441</v>
+      </c>
+      <c r="H208">
+        <v>2021</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>583</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1129</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1130</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C209" t="s">
+        <v>462</v>
+      </c>
+      <c r="D209" t="s">
+        <v>337</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>44</v>
+      </c>
+      <c r="G209" t="s">
+        <v>441</v>
+      </c>
+      <c r="H209">
+        <v>2024</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>472</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209"/>
+      <c r="M209" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1133</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C210" t="s">
+        <v>470</v>
+      </c>
+      <c r="D210" t="s">
+        <v>259</v>
+      </c>
+      <c r="E210" t="s">
+        <v>409</v>
+      </c>
+      <c r="F210" t="s">
+        <v>21</v>
+      </c>
+      <c r="G210" t="s">
+        <v>378</v>
+      </c>
+      <c r="H210"/>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210"/>
+      <c r="M210" t="s">
+        <v>1137</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B211" t="s">
+        <v>907</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D211" t="s">
+        <v>292</v>
+      </c>
+      <c r="E211" t="s">
+        <v>409</v>
+      </c>
+      <c r="F211" t="s">
+        <v>21</v>
+      </c>
+      <c r="G211" t="s">
+        <v>378</v>
+      </c>
+      <c r="H211"/>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211"/>
+      <c r="M211" t="s">
+        <v>1142</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1143</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C212" t="s">
+        <v>32</v>
+      </c>
+      <c r="D212" t="s">
+        <v>217</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>21</v>
+      </c>
+      <c r="G212" t="s">
+        <v>45</v>
+      </c>
+      <c r="H212">
+        <v>2013</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>34</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1147</v>
+      </c>
+      <c r="M212" t="s">
+        <v>36</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1148</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C213" t="s">
+        <v>32</v>
+      </c>
+      <c r="D213" t="s">
+        <v>123</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>21</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2012</v>
+      </c>
+      <c r="I213">
+        <v>2017</v>
+      </c>
+      <c r="J213" t="s">
+        <v>34</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1152</v>
+      </c>
+      <c r="M213" t="s">
+        <v>36</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1153</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C214" t="s">
+        <v>18</v>
+      </c>
+      <c r="D214" t="s">
+        <v>535</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>21</v>
+      </c>
+      <c r="G214" t="s">
+        <v>45</v>
+      </c>
+      <c r="H214">
+        <v>2021</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>116</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1159</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C215" t="s">
+        <v>18</v>
+      </c>
+      <c r="D215" t="s">
+        <v>241</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>21</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H215">
+        <v>2021</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>116</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1164</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1165</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C216" t="s">
+        <v>18</v>
+      </c>
+      <c r="D216" t="s">
+        <v>183</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216" t="s">
+        <v>45</v>
+      </c>
+      <c r="H216">
+        <v>2021</v>
+      </c>
+      <c r="I216"/>
+      <c r="J216" t="s">
+        <v>116</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1169</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D217" t="s">
+        <v>241</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>21</v>
+      </c>
+      <c r="G217" t="s">
+        <v>45</v>
+      </c>
+      <c r="H217">
+        <v>2024</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1175</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1176</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1177</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C218" t="s">
+        <v>18</v>
+      </c>
+      <c r="D218" t="s">
+        <v>471</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>21</v>
+      </c>
+      <c r="G218" t="s">
+        <v>915</v>
+      </c>
+      <c r="H218">
+        <v>2021</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>116</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1181</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1182</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C219" t="s">
+        <v>18</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>21</v>
+      </c>
+      <c r="G219" t="s">
+        <v>45</v>
+      </c>
+      <c r="H219">
+        <v>2021</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>116</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219"/>
+      <c r="M219" t="s">
+        <v>26</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1187</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C220" t="s">
+        <v>18</v>
+      </c>
+      <c r="D220" t="s">
+        <v>259</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
+      </c>
+      <c r="H220">
+        <v>2015</v>
+      </c>
+      <c r="I220">
+        <v>2018</v>
+      </c>
+      <c r="J220" t="s">
+        <v>116</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M220" t="s">
+        <v>26</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1192</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C221" t="s">
+        <v>18</v>
+      </c>
+      <c r="D221" t="s">
+        <v>699</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>44</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>2013</v>
+      </c>
+      <c r="I221">
+        <v>2016</v>
+      </c>
+      <c r="J221" t="s">
+        <v>116</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1196</v>
+      </c>
+      <c r="M221" t="s">
+        <v>26</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1197</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>21</v>
+      </c>
+      <c r="G222" t="s">
+        <v>45</v>
+      </c>
+      <c r="H222">
+        <v>2014</v>
+      </c>
+      <c r="I222">
+        <v>2024</v>
+      </c>
+      <c r="J222" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K222" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1202</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1176</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1203</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D223" t="s">
+        <v>228</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>2014</v>
+      </c>
+      <c r="I223">
+        <v>2024</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1207</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1176</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1208</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D224" t="s">
         <v>540</v>
       </c>
-      <c r="M139" t="s">
-[...32 lines deleted...]
-      <c r="J140" t="s">
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
         <v>21</v>
       </c>
-      <c r="K140"/>
-[...32 lines deleted...]
-      <c r="H141">
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2020</v>
+      </c>
+      <c r="I224">
         <v>2024</v>
       </c>
-      <c r="I141" t="s">
-[...2 lines deleted...]
-      <c r="J141" t="s">
+      <c r="J224" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1212</v>
+      </c>
+      <c r="M224" t="s">
+        <v>1176</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D225" t="s">
+        <v>259</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
         <v>21</v>
       </c>
-      <c r="K141"/>
-[...29 lines deleted...]
-      <c r="G142">
+      <c r="G225" t="s">
+        <v>45</v>
+      </c>
+      <c r="H225">
+        <v>2014</v>
+      </c>
+      <c r="I225">
         <v>2024</v>
       </c>
-      <c r="H142">
-[...5 lines deleted...]
-      <c r="J142" t="s">
+      <c r="J225" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1217</v>
+      </c>
+      <c r="M225" t="s">
+        <v>1176</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1218</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D226" t="s">
+        <v>858</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>44</v>
+      </c>
+      <c r="G226" t="s">
+        <v>45</v>
+      </c>
+      <c r="H226">
+        <v>2002</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>644</v>
+      </c>
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1222</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D227" t="s">
+        <v>711</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
         <v>21</v>
       </c>
-      <c r="K142"/>
-[...36 lines deleted...]
-      <c r="J143" t="s">
+      <c r="G227" t="s">
+        <v>22</v>
+      </c>
+      <c r="H227">
+        <v>2007</v>
+      </c>
+      <c r="I227">
+        <v>2013</v>
+      </c>
+      <c r="J227" t="s">
+        <v>644</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1226</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1227</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D228" t="s">
+        <v>711</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>44</v>
+      </c>
+      <c r="G228" t="s">
+        <v>45</v>
+      </c>
+      <c r="H228">
+        <v>2006</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>644</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1230</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1231</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D229" t="s">
+        <v>699</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>44</v>
+      </c>
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
+        <v>2007</v>
+      </c>
+      <c r="I229">
+        <v>2015</v>
+      </c>
+      <c r="J229" t="s">
+        <v>644</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1235</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1236</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D230" t="s">
+        <v>858</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>44</v>
+      </c>
+      <c r="G230" t="s">
+        <v>45</v>
+      </c>
+      <c r="H230">
+        <v>2007</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>644</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1239</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1240</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D231" t="s">
+        <v>123</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>44</v>
+      </c>
+      <c r="G231" t="s">
+        <v>45</v>
+      </c>
+      <c r="H231">
+        <v>2013</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>644</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1243</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1244</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D232" t="s">
+        <v>259</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
         <v>21</v>
       </c>
-      <c r="K143"/>
-[...17 lines deleted...]
-      <c r="C144" t="s">
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>1993</v>
+      </c>
+      <c r="I232">
+        <v>2007</v>
+      </c>
+      <c r="J232" t="s">
+        <v>644</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1249</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D233" t="s">
+        <v>53</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>44</v>
+      </c>
+      <c r="G233" t="s">
+        <v>45</v>
+      </c>
+      <c r="H233">
+        <v>2013</v>
+      </c>
+      <c r="I233"/>
+      <c r="J233" t="s">
+        <v>644</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D234" t="s">
+        <v>292</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>44</v>
+      </c>
+      <c r="G234" t="s">
+        <v>45</v>
+      </c>
+      <c r="H234">
+        <v>2013</v>
+      </c>
+      <c r="I234"/>
+      <c r="J234" t="s">
+        <v>644</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1259</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C235" t="s">
+        <v>908</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E235" t="s">
+        <v>409</v>
+      </c>
+      <c r="F235" t="s">
+        <v>21</v>
+      </c>
+      <c r="G235" t="s">
+        <v>378</v>
+      </c>
+      <c r="H235"/>
+      <c r="I235"/>
+      <c r="J235" t="s">
         <v>472</v>
       </c>
-      <c r="D144" t="s">
-[...11 lines deleted...]
-      <c r="H144">
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235"/>
+      <c r="M235"/>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1264</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D236" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G236" t="s">
+        <v>8</v>
+      </c>
+      <c r="H236">
+        <v>2015</v>
+      </c>
+      <c r="I236">
         <v>2024</v>
       </c>
-      <c r="I144" t="s">
-[...2 lines deleted...]
-      <c r="J144" t="s">
+      <c r="J236" t="s">
+        <v>1271</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1272</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1273</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1274</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C237" t="s">
+        <v>479</v>
+      </c>
+      <c r="D237" t="s">
+        <v>183</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G237" t="s">
+        <v>8</v>
+      </c>
+      <c r="H237">
+        <v>2004</v>
+      </c>
+      <c r="I237">
+        <v>2024</v>
+      </c>
+      <c r="J237" t="s">
+        <v>1271</v>
+      </c>
+      <c r="K237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1278</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1273</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1279</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
         <v>21</v>
       </c>
-      <c r="K144" t="s">
-[...3986 lines deleted...]
-        <v>2004</v>
+      <c r="G238" t="s">
+        <v>441</v>
       </c>
       <c r="H238">
         <v>2024</v>
       </c>
-      <c r="I238" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I238"/>
       <c r="J238" t="s">
+        <v>1271</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1283</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1273</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1284</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G239" t="s">
+        <v>441</v>
+      </c>
+      <c r="H239">
+        <v>2024</v>
+      </c>
+      <c r="I239"/>
+      <c r="J239" t="s">
+        <v>1271</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1273</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C240" t="s">
+        <v>479</v>
+      </c>
+      <c r="D240" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
         <v>21</v>
       </c>
-      <c r="K238" t="s">
-[...31 lines deleted...]
-      <c r="G239">
+      <c r="G240" t="s">
+        <v>8</v>
+      </c>
+      <c r="H240">
+        <v>2011</v>
+      </c>
+      <c r="I240">
         <v>2024</v>
       </c>
-      <c r="H239"/>
-[...3 lines deleted...]
-      <c r="J239" t="s">
+      <c r="J240" t="s">
+        <v>1271</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1294</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1273</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D241" t="s">
+        <v>368</v>
+      </c>
+      <c r="E241" t="s">
+        <v>43</v>
+      </c>
+      <c r="F241" t="s">
         <v>21</v>
       </c>
-      <c r="K239" t="s">
-[...38 lines deleted...]
-      <c r="J240" t="s">
+      <c r="G241" t="s">
+        <v>378</v>
+      </c>
+      <c r="H241"/>
+      <c r="I241"/>
+      <c r="J241" t="s">
+        <v>488</v>
+      </c>
+      <c r="K241" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241" t="s">
+        <v>370</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1301</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D242" t="s">
+        <v>503</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>44</v>
+      </c>
+      <c r="G242" t="s">
+        <v>45</v>
+      </c>
+      <c r="H242">
+        <v>2016</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>34</v>
+      </c>
+      <c r="K242" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242"/>
+      <c r="M242" t="s">
+        <v>1306</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1307</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D243" t="s">
+        <v>503</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>44</v>
+      </c>
+      <c r="G243" t="s">
+        <v>45</v>
+      </c>
+      <c r="H243">
+        <v>2016</v>
+      </c>
+      <c r="I243"/>
+      <c r="J243" t="s">
+        <v>34</v>
+      </c>
+      <c r="K243" t="s">
+        <v>24</v>
+      </c>
+      <c r="L243"/>
+      <c r="M243" t="s">
+        <v>1306</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1311</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D244" t="s">
+        <v>98</v>
+      </c>
+      <c r="E244" t="s">
+        <v>43</v>
+      </c>
+      <c r="F244" t="s">
+        <v>44</v>
+      </c>
+      <c r="G244" t="s">
+        <v>22</v>
+      </c>
+      <c r="H244">
+        <v>2012</v>
+      </c>
+      <c r="I244">
+        <v>2015</v>
+      </c>
+      <c r="J244" t="s">
+        <v>34</v>
+      </c>
+      <c r="K244" t="s">
+        <v>24</v>
+      </c>
+      <c r="L244"/>
+      <c r="M244" t="s">
+        <v>1306</v>
+      </c>
+      <c r="N244" t="s">
+        <v>69</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1315</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D245" t="s">
+        <v>211</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
         <v>21</v>
       </c>
-      <c r="K240" t="s">
-[...196 lines deleted...]
-        <v>2012</v>
+      <c r="G245" t="s">
+        <v>45</v>
       </c>
       <c r="H245">
         <v>2015</v>
       </c>
-      <c r="I245" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I245"/>
       <c r="J245" t="s">
+        <v>34</v>
+      </c>
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245"/>
+      <c r="M245" t="s">
+        <v>1306</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1319</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D246" t="s">
+        <v>503</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
         <v>21</v>
       </c>
-      <c r="K245"/>
-[...35 lines deleted...]
-      </c>
+      <c r="G246" t="s">
+        <v>45</v>
+      </c>
+      <c r="H246">
+        <v>2018</v>
+      </c>
+      <c r="I246"/>
       <c r="J246" t="s">
+        <v>34</v>
+      </c>
+      <c r="K246" t="s">
+        <v>24</v>
+      </c>
+      <c r="L246"/>
+      <c r="M246" t="s">
+        <v>1306</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1323</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D247" t="s">
+        <v>503</v>
+      </c>
+      <c r="E247" t="s">
+        <v>43</v>
+      </c>
+      <c r="F247" t="s">
         <v>21</v>
       </c>
-      <c r="K246"/>
-[...29 lines deleted...]
-      <c r="G247">
+      <c r="G247" t="s">
+        <v>45</v>
+      </c>
+      <c r="H247">
         <v>2018</v>
       </c>
-      <c r="H247"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I247"/>
       <c r="J247" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K247" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247"/>
       <c r="M247" t="s">
-        <v>24</v>
+        <v>1306</v>
       </c>
       <c r="N247" t="s">
-        <v>912</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1327</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>913</v>
+        <v>1329</v>
       </c>
       <c r="B248" t="s">
-        <v>902</v>
+        <v>1330</v>
       </c>
       <c r="C248" t="s">
-        <v>352</v>
+        <v>1305</v>
       </c>
       <c r="D248" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="E248" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="F248" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G248">
+        <v>44</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2010</v>
+      </c>
+      <c r="I248">
         <v>2018</v>
       </c>
-      <c r="H248"/>
-[...2 lines deleted...]
-      </c>
       <c r="J248" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248"/>
       <c r="M248" t="s">
-        <v>24</v>
+        <v>1306</v>
       </c>
       <c r="N248" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1331</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>915</v>
+        <v>1333</v>
       </c>
       <c r="B249" t="s">
-        <v>902</v>
+        <v>1334</v>
       </c>
       <c r="C249" t="s">
-        <v>166</v>
+        <v>1305</v>
       </c>
       <c r="D249" t="s">
-        <v>29</v>
+        <v>487</v>
       </c>
       <c r="E249" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="F249" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G249">
+        <v>44</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2011</v>
+      </c>
+      <c r="I249">
+        <v>2011</v>
+      </c>
+      <c r="J249" t="s">
+        <v>34</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1335</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1306</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1336</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D250" t="s">
+        <v>199</v>
+      </c>
+      <c r="E250" t="s">
+        <v>43</v>
+      </c>
+      <c r="F250" t="s">
+        <v>44</v>
+      </c>
+      <c r="G250" t="s">
+        <v>45</v>
+      </c>
+      <c r="H250">
+        <v>2013</v>
+      </c>
+      <c r="I250"/>
+      <c r="J250" t="s">
+        <v>34</v>
+      </c>
+      <c r="K250" t="s">
+        <v>200</v>
+      </c>
+      <c r="L250"/>
+      <c r="M250" t="s">
+        <v>1306</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1340</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D251" t="s">
+        <v>80</v>
+      </c>
+      <c r="E251" t="s">
+        <v>43</v>
+      </c>
+      <c r="F251" t="s">
+        <v>44</v>
+      </c>
+      <c r="G251" t="s">
+        <v>22</v>
+      </c>
+      <c r="H251">
         <v>2010</v>
       </c>
-      <c r="H249">
-[...87 lines deleted...]
-        <v>20</v>
+      <c r="I251">
+        <v>2016</v>
       </c>
       <c r="J251" t="s">
-        <v>139</v>
-[...4 lines deleted...]
-      </c>
+        <v>369</v>
+      </c>
+      <c r="K251" t="s">
+        <v>24</v>
+      </c>
+      <c r="L251"/>
       <c r="M251" t="s">
-        <v>24</v>
+        <v>1306</v>
       </c>
       <c r="N251" t="s">
-        <v>921</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1344</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>922</v>
+        <v>1346</v>
       </c>
       <c r="B252" t="s">
-        <v>902</v>
+        <v>1347</v>
       </c>
       <c r="C252" t="s">
-        <v>57</v>
+        <v>1305</v>
       </c>
       <c r="D252" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="E252" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="F252" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G252">
+        <v>44</v>
+      </c>
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
         <v>2010</v>
       </c>
-      <c r="H252">
-[...3 lines deleted...]
-        <v>252</v>
+      <c r="I252">
+        <v>2010</v>
       </c>
       <c r="J252" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K252"/>
+        <v>34</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
       <c r="L252" t="s">
-        <v>903</v>
+        <v>1348</v>
       </c>
       <c r="M252" t="s">
-        <v>24</v>
+        <v>1306</v>
       </c>
       <c r="N252" t="s">
-        <v>923</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>924</v>
+        <v>1351</v>
       </c>
       <c r="B253" t="s">
-        <v>902</v>
+        <v>1352</v>
       </c>
       <c r="C253" t="s">
-        <v>37</v>
+        <v>1305</v>
       </c>
       <c r="D253" t="s">
-        <v>29</v>
+        <v>259</v>
       </c>
       <c r="E253" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="F253" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>44</v>
+      </c>
+      <c r="G253" t="s">
+        <v>22</v>
       </c>
       <c r="H253">
         <v>2010</v>
       </c>
-      <c r="I253" t="s">
-        <v>20</v>
+      <c r="I253">
+        <v>2010</v>
       </c>
       <c r="J253" t="s">
+        <v>34</v>
+      </c>
+      <c r="K253" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1353</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1306</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1354</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>44</v>
+      </c>
+      <c r="G254" t="s">
+        <v>45</v>
+      </c>
+      <c r="H254">
+        <v>2018</v>
+      </c>
+      <c r="I254"/>
+      <c r="J254" t="s">
+        <v>369</v>
+      </c>
+      <c r="K254" t="s">
+        <v>24</v>
+      </c>
+      <c r="L254"/>
+      <c r="M254" t="s">
+        <v>1360</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1361</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C255" t="s">
+        <v>440</v>
+      </c>
+      <c r="D255" t="s">
+        <v>292</v>
+      </c>
+      <c r="E255" t="s">
+        <v>43</v>
+      </c>
+      <c r="F255" t="s">
         <v>21</v>
       </c>
-      <c r="K253" t="s">
-[...16 lines deleted...]
-      <c r="B254" t="s">
+      <c r="G255" t="s">
+        <v>22</v>
+      </c>
+      <c r="H255">
+        <v>2011</v>
+      </c>
+      <c r="I255">
+        <v>2019</v>
+      </c>
+      <c r="J255" t="s">
+        <v>116</v>
+      </c>
+      <c r="K255" t="s">
+        <v>24</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1365</v>
+      </c>
+      <c r="M255" t="s">
+        <v>444</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1366</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C256" t="s">
+        <v>440</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E256" t="s">
+        <v>43</v>
+      </c>
+      <c r="F256" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" t="s">
+        <v>45</v>
+      </c>
+      <c r="H256">
+        <v>2015</v>
+      </c>
+      <c r="I256"/>
+      <c r="J256" t="s">
+        <v>116</v>
+      </c>
+      <c r="K256" t="s">
+        <v>1371</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1372</v>
+      </c>
+      <c r="M256" t="s">
+        <v>444</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1373</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C257" t="s">
+        <v>440</v>
+      </c>
+      <c r="D257" t="s">
+        <v>858</v>
+      </c>
+      <c r="E257" t="s">
+        <v>43</v>
+      </c>
+      <c r="F257" t="s">
+        <v>21</v>
+      </c>
+      <c r="G257" t="s">
+        <v>22</v>
+      </c>
+      <c r="H257">
+        <v>2013</v>
+      </c>
+      <c r="I257">
+        <v>2016</v>
+      </c>
+      <c r="J257" t="s">
+        <v>116</v>
+      </c>
+      <c r="K257" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1377</v>
+      </c>
+      <c r="M257" t="s">
+        <v>444</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1378</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C258" t="s">
+        <v>440</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E258" t="s">
+        <v>43</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>45</v>
+      </c>
+      <c r="H258">
+        <v>2013</v>
+      </c>
+      <c r="I258"/>
+      <c r="J258" t="s">
+        <v>116</v>
+      </c>
+      <c r="K258" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1383</v>
+      </c>
+      <c r="M258" t="s">
+        <v>444</v>
+      </c>
+      <c r="N258" t="s">
+        <v>1384</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1385</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C259" t="s">
+        <v>440</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E259" t="s">
+        <v>43</v>
+      </c>
+      <c r="F259" t="s">
+        <v>21</v>
+      </c>
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259">
+        <v>2014</v>
+      </c>
+      <c r="I259">
+        <v>2016</v>
+      </c>
+      <c r="J259" t="s">
+        <v>116</v>
+      </c>
+      <c r="K259" t="s">
+        <v>1371</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1390</v>
+      </c>
+      <c r="M259" t="s">
+        <v>444</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1391</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C260" t="s">
+        <v>440</v>
+      </c>
+      <c r="D260" t="s">
+        <v>109</v>
+      </c>
+      <c r="E260" t="s">
+        <v>43</v>
+      </c>
+      <c r="F260" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" t="s">
+        <v>45</v>
+      </c>
+      <c r="H260">
+        <v>2018</v>
+      </c>
+      <c r="I260"/>
+      <c r="J260" t="s">
+        <v>116</v>
+      </c>
+      <c r="K260" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1395</v>
+      </c>
+      <c r="M260" t="s">
+        <v>444</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1396</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C261" t="s">
+        <v>440</v>
+      </c>
+      <c r="D261" t="s">
+        <v>269</v>
+      </c>
+      <c r="E261" t="s">
+        <v>43</v>
+      </c>
+      <c r="F261" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261" t="s">
+        <v>45</v>
+      </c>
+      <c r="H261">
+        <v>2019</v>
+      </c>
+      <c r="I261"/>
+      <c r="J261" t="s">
+        <v>116</v>
+      </c>
+      <c r="K261" t="s">
+        <v>24</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1400</v>
+      </c>
+      <c r="M261" t="s">
+        <v>444</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1401</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C262" t="s">
+        <v>440</v>
+      </c>
+      <c r="D262" t="s">
+        <v>211</v>
+      </c>
+      <c r="E262" t="s">
+        <v>43</v>
+      </c>
+      <c r="F262" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262" t="s">
+        <v>45</v>
+      </c>
+      <c r="H262">
+        <v>2019</v>
+      </c>
+      <c r="I262"/>
+      <c r="J262" t="s">
+        <v>116</v>
+      </c>
+      <c r="K262" t="s">
+        <v>275</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1405</v>
+      </c>
+      <c r="M262" t="s">
+        <v>444</v>
+      </c>
+      <c r="N262" t="s">
+        <v>1406</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1407</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C263" t="s">
+        <v>440</v>
+      </c>
+      <c r="D263" t="s">
+        <v>259</v>
+      </c>
+      <c r="E263" t="s">
+        <v>43</v>
+      </c>
+      <c r="F263" t="s">
+        <v>21</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
+        <v>2020</v>
+      </c>
+      <c r="I263">
+        <v>2023</v>
+      </c>
+      <c r="J263" t="s">
+        <v>449</v>
+      </c>
+      <c r="K263" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1411</v>
+      </c>
+      <c r="M263" t="s">
+        <v>444</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1412</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C264" t="s">
+        <v>440</v>
+      </c>
+      <c r="D264" t="s">
+        <v>448</v>
+      </c>
+      <c r="E264" t="s">
+        <v>43</v>
+      </c>
+      <c r="F264" t="s">
+        <v>21</v>
+      </c>
+      <c r="G264" t="s">
+        <v>45</v>
+      </c>
+      <c r="H264">
+        <v>2020</v>
+      </c>
+      <c r="I264"/>
+      <c r="J264" t="s">
+        <v>116</v>
+      </c>
+      <c r="K264" t="s">
+        <v>24</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1416</v>
+      </c>
+      <c r="M264" t="s">
+        <v>444</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1417</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C265" t="s">
+        <v>440</v>
+      </c>
+      <c r="D265" t="s">
+        <v>123</v>
+      </c>
+      <c r="E265" t="s">
+        <v>43</v>
+      </c>
+      <c r="F265" t="s">
+        <v>21</v>
+      </c>
+      <c r="G265" t="s">
+        <v>45</v>
+      </c>
+      <c r="H265">
+        <v>2021</v>
+      </c>
+      <c r="I265"/>
+      <c r="J265" t="s">
+        <v>116</v>
+      </c>
+      <c r="K265" t="s">
+        <v>24</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1421</v>
+      </c>
+      <c r="M265" t="s">
+        <v>444</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1422</v>
+      </c>
+      <c r="P265" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C266" t="s">
+        <v>440</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E266" t="s">
+        <v>43</v>
+      </c>
+      <c r="F266" t="s">
+        <v>21</v>
+      </c>
+      <c r="G266" t="s">
+        <v>45</v>
+      </c>
+      <c r="H266">
+        <v>2021</v>
+      </c>
+      <c r="I266"/>
+      <c r="J266" t="s">
+        <v>116</v>
+      </c>
+      <c r="K266" t="s">
+        <v>24</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1426</v>
+      </c>
+      <c r="M266" t="s">
+        <v>444</v>
+      </c>
+      <c r="N266" t="s">
+        <v>69</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1427</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C267" t="s">
+        <v>440</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E267" t="s">
+        <v>43</v>
+      </c>
+      <c r="F267" t="s">
+        <v>21</v>
+      </c>
+      <c r="G267" t="s">
+        <v>45</v>
+      </c>
+      <c r="H267">
+        <v>2021</v>
+      </c>
+      <c r="I267"/>
+      <c r="J267" t="s">
+        <v>116</v>
+      </c>
+      <c r="K267" t="s">
+        <v>24</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1431</v>
+      </c>
+      <c r="M267" t="s">
+        <v>444</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1432</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C268" t="s">
+        <v>440</v>
+      </c>
+      <c r="D268" t="s">
+        <v>547</v>
+      </c>
+      <c r="E268" t="s">
+        <v>43</v>
+      </c>
+      <c r="F268" t="s">
+        <v>21</v>
+      </c>
+      <c r="G268" t="s">
+        <v>45</v>
+      </c>
+      <c r="H268">
+        <v>2024</v>
+      </c>
+      <c r="I268"/>
+      <c r="J268" t="s">
+        <v>449</v>
+      </c>
+      <c r="K268" t="s">
+        <v>1436</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1437</v>
+      </c>
+      <c r="M268" t="s">
+        <v>444</v>
+      </c>
+      <c r="N268" t="s">
+        <v>69</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1438</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C269" t="s">
+        <v>440</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E269" t="s">
+        <v>43</v>
+      </c>
+      <c r="F269" t="s">
+        <v>21</v>
+      </c>
+      <c r="G269" t="s">
+        <v>45</v>
+      </c>
+      <c r="H269">
+        <v>2024</v>
+      </c>
+      <c r="I269"/>
+      <c r="J269" t="s">
+        <v>449</v>
+      </c>
+      <c r="K269" t="s">
+        <v>24</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1443</v>
+      </c>
+      <c r="M269" t="s">
+        <v>1444</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1445</v>
+      </c>
+      <c r="P269" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C270" t="s">
+        <v>440</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1449</v>
+      </c>
+      <c r="E270" t="s">
+        <v>43</v>
+      </c>
+      <c r="F270" t="s">
+        <v>21</v>
+      </c>
+      <c r="G270" t="s">
+        <v>45</v>
+      </c>
+      <c r="H270">
+        <v>2024</v>
+      </c>
+      <c r="I270"/>
+      <c r="J270" t="s">
+        <v>449</v>
+      </c>
+      <c r="K270" t="s">
+        <v>24</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1450</v>
+      </c>
+      <c r="M270" t="s">
+        <v>444</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1451</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C271" t="s">
+        <v>440</v>
+      </c>
+      <c r="D271" t="s">
+        <v>98</v>
+      </c>
+      <c r="E271" t="s">
+        <v>43</v>
+      </c>
+      <c r="F271" t="s">
+        <v>21</v>
+      </c>
+      <c r="G271" t="s">
+        <v>45</v>
+      </c>
+      <c r="H271">
+        <v>2010</v>
+      </c>
+      <c r="I271"/>
+      <c r="J271" t="s">
+        <v>116</v>
+      </c>
+      <c r="K271" t="s">
+        <v>24</v>
+      </c>
+      <c r="L271" t="s">
+        <v>1455</v>
+      </c>
+      <c r="M271" t="s">
+        <v>444</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1456</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C272" t="s">
+        <v>440</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E272" t="s">
+        <v>43</v>
+      </c>
+      <c r="F272" t="s">
+        <v>21</v>
+      </c>
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
+        <v>2008</v>
+      </c>
+      <c r="I272">
+        <v>2019</v>
+      </c>
+      <c r="J272" t="s">
+        <v>116</v>
+      </c>
+      <c r="K272" t="s">
+        <v>24</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1460</v>
+      </c>
+      <c r="M272" t="s">
+        <v>444</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1461</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C273" t="s">
+        <v>440</v>
+      </c>
+      <c r="D273" t="s">
+        <v>303</v>
+      </c>
+      <c r="E273" t="s">
+        <v>43</v>
+      </c>
+      <c r="F273" t="s">
+        <v>21</v>
+      </c>
+      <c r="G273" t="s">
+        <v>45</v>
+      </c>
+      <c r="H273">
+        <v>2014</v>
+      </c>
+      <c r="I273"/>
+      <c r="J273" t="s">
+        <v>116</v>
+      </c>
+      <c r="K273" t="s">
+        <v>987</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1465</v>
+      </c>
+      <c r="M273" t="s">
+        <v>444</v>
+      </c>
+      <c r="N273" t="s">
+        <v>27</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1466</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C274" t="s">
+        <v>440</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1470</v>
+      </c>
+      <c r="E274" t="s">
+        <v>43</v>
+      </c>
+      <c r="F274" t="s">
+        <v>21</v>
+      </c>
+      <c r="G274" t="s">
+        <v>45</v>
+      </c>
+      <c r="H274">
+        <v>2021</v>
+      </c>
+      <c r="I274"/>
+      <c r="J274" t="s">
+        <v>116</v>
+      </c>
+      <c r="K274" t="s">
+        <v>24</v>
+      </c>
+      <c r="L274" t="s">
+        <v>1471</v>
+      </c>
+      <c r="M274" t="s">
+        <v>444</v>
+      </c>
+      <c r="N274" t="s">
+        <v>27</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1472</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D275" t="s">
+        <v>858</v>
+      </c>
+      <c r="E275" t="s">
+        <v>20</v>
+      </c>
+      <c r="F275" t="s">
+        <v>21</v>
+      </c>
+      <c r="G275" t="s">
+        <v>45</v>
+      </c>
+      <c r="H275">
+        <v>2012</v>
+      </c>
+      <c r="I275"/>
+      <c r="J275" t="s">
         <v>902</v>
       </c>
-      <c r="C254" t="s">
-[...20 lines deleted...]
-      <c r="J254" t="s">
+      <c r="K275" t="s">
+        <v>24</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1476</v>
+      </c>
+      <c r="M275" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N275" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1478</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
+      <c r="A276" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D276" t="s">
+        <v>699</v>
+      </c>
+      <c r="E276" t="s">
+        <v>20</v>
+      </c>
+      <c r="F276" t="s">
         <v>21</v>
       </c>
-      <c r="K254" t="s">
-[...38 lines deleted...]
-      <c r="J255" t="s">
+      <c r="G276" t="s">
+        <v>22</v>
+      </c>
+      <c r="H276">
+        <v>2002</v>
+      </c>
+      <c r="I276">
+        <v>2016</v>
+      </c>
+      <c r="J276" t="s">
+        <v>902</v>
+      </c>
+      <c r="K276" t="s">
+        <v>24</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1482</v>
+      </c>
+      <c r="M276" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N276" t="s">
+        <v>27</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1483</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
+      <c r="A277" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D277" t="s">
+        <v>699</v>
+      </c>
+      <c r="E277" t="s">
+        <v>43</v>
+      </c>
+      <c r="F277" t="s">
         <v>21</v>
       </c>
-      <c r="K255"/>
-[...922 lines deleted...]
-        <v>2002</v>
+      <c r="G277" t="s">
+        <v>22</v>
       </c>
       <c r="H277">
         <v>2016</v>
       </c>
-      <c r="I277" t="s">
-        <v>627</v>
+      <c r="I277">
+        <v>2019</v>
       </c>
       <c r="J277" t="s">
+        <v>902</v>
+      </c>
+      <c r="K277" t="s">
+        <v>24</v>
+      </c>
+      <c r="L277" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M277" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N277" t="s">
+        <v>27</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1488</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16">
+      <c r="A278" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D278" t="s">
+        <v>281</v>
+      </c>
+      <c r="E278" t="s">
+        <v>43</v>
+      </c>
+      <c r="F278" t="s">
         <v>21</v>
       </c>
-      <c r="K277" t="s">
-[...31 lines deleted...]
-      <c r="G278">
+      <c r="G278" t="s">
+        <v>45</v>
+      </c>
+      <c r="H278">
+        <v>2018</v>
+      </c>
+      <c r="I278"/>
+      <c r="J278" t="s">
+        <v>902</v>
+      </c>
+      <c r="K278" t="s">
+        <v>24</v>
+      </c>
+      <c r="L278"/>
+      <c r="M278" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N278" t="s">
+        <v>27</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1491</v>
+      </c>
+      <c r="P278" t="s">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16">
+      <c r="A279" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D279" t="s">
+        <v>259</v>
+      </c>
+      <c r="E279" t="s">
+        <v>20</v>
+      </c>
+      <c r="F279" t="s">
+        <v>21</v>
+      </c>
+      <c r="G279" t="s">
+        <v>45</v>
+      </c>
+      <c r="H279">
+        <v>2018</v>
+      </c>
+      <c r="I279"/>
+      <c r="J279" t="s">
+        <v>902</v>
+      </c>
+      <c r="K279" t="s">
+        <v>24</v>
+      </c>
+      <c r="L279"/>
+      <c r="M279" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N279" t="s">
+        <v>27</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1494</v>
+      </c>
+      <c r="P279" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16">
+      <c r="A280" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D280" t="s">
+        <v>228</v>
+      </c>
+      <c r="E280" t="s">
+        <v>20</v>
+      </c>
+      <c r="F280" t="s">
+        <v>21</v>
+      </c>
+      <c r="G280" t="s">
+        <v>45</v>
+      </c>
+      <c r="H280">
+        <v>2011</v>
+      </c>
+      <c r="I280"/>
+      <c r="J280" t="s">
+        <v>902</v>
+      </c>
+      <c r="K280" t="s">
+        <v>24</v>
+      </c>
+      <c r="L280" t="s">
+        <v>1498</v>
+      </c>
+      <c r="M280" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N280" t="s">
+        <v>27</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1499</v>
+      </c>
+      <c r="P280" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16">
+      <c r="A281" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D281" t="s">
+        <v>711</v>
+      </c>
+      <c r="E281" t="s">
+        <v>20</v>
+      </c>
+      <c r="F281" t="s">
+        <v>21</v>
+      </c>
+      <c r="G281" t="s">
+        <v>45</v>
+      </c>
+      <c r="H281">
         <v>2016</v>
       </c>
-      <c r="H278">
+      <c r="I281"/>
+      <c r="J281" t="s">
+        <v>1503</v>
+      </c>
+      <c r="K281" t="s">
+        <v>24</v>
+      </c>
+      <c r="L281"/>
+      <c r="M281" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N281" t="s">
+        <v>27</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1504</v>
+      </c>
+      <c r="P281" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16">
+      <c r="A282" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D282" t="s">
+        <v>241</v>
+      </c>
+      <c r="E282" t="s">
+        <v>20</v>
+      </c>
+      <c r="F282" t="s">
+        <v>21</v>
+      </c>
+      <c r="G282" t="s">
+        <v>45</v>
+      </c>
+      <c r="H282">
+        <v>2020</v>
+      </c>
+      <c r="I282"/>
+      <c r="J282" t="s">
+        <v>902</v>
+      </c>
+      <c r="K282" t="s">
+        <v>24</v>
+      </c>
+      <c r="L282" t="s">
+        <v>1508</v>
+      </c>
+      <c r="M282" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N282" t="s">
+        <v>27</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1509</v>
+      </c>
+      <c r="P282" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16">
+      <c r="A283" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1514</v>
+      </c>
+      <c r="E283" t="s">
+        <v>43</v>
+      </c>
+      <c r="F283" t="s">
+        <v>21</v>
+      </c>
+      <c r="G283" t="s">
+        <v>441</v>
+      </c>
+      <c r="H283">
+        <v>2025</v>
+      </c>
+      <c r="I283"/>
+      <c r="J283" t="s">
+        <v>1515</v>
+      </c>
+      <c r="K283" t="s">
+        <v>24</v>
+      </c>
+      <c r="L283" t="s">
+        <v>1516</v>
+      </c>
+      <c r="M283" t="s">
+        <v>1517</v>
+      </c>
+      <c r="N283" t="s">
+        <v>27</v>
+      </c>
+      <c r="O283" t="s">
+        <v>1518</v>
+      </c>
+      <c r="P283" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16">
+      <c r="A284" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C284" t="s">
+        <v>395</v>
+      </c>
+      <c r="D284" t="s">
+        <v>804</v>
+      </c>
+      <c r="E284" t="s">
+        <v>20</v>
+      </c>
+      <c r="F284" t="s">
+        <v>21</v>
+      </c>
+      <c r="G284" t="s">
+        <v>22</v>
+      </c>
+      <c r="H284">
+        <v>2007</v>
+      </c>
+      <c r="I284">
+        <v>2020</v>
+      </c>
+      <c r="J284" t="s">
+        <v>398</v>
+      </c>
+      <c r="K284" t="s">
+        <v>24</v>
+      </c>
+      <c r="L284" t="s">
+        <v>1522</v>
+      </c>
+      <c r="M284" t="s">
+        <v>399</v>
+      </c>
+      <c r="N284" t="s">
+        <v>27</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1523</v>
+      </c>
+      <c r="P284" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16">
+      <c r="A285" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C285" t="s">
+        <v>575</v>
+      </c>
+      <c r="D285" t="s">
+        <v>42</v>
+      </c>
+      <c r="E285" t="s">
+        <v>43</v>
+      </c>
+      <c r="F285" t="s">
+        <v>44</v>
+      </c>
+      <c r="G285" t="s">
+        <v>22</v>
+      </c>
+      <c r="H285">
+        <v>2001</v>
+      </c>
+      <c r="I285">
         <v>2019</v>
       </c>
-      <c r="I278" t="s">
-[...2 lines deleted...]
-      <c r="J278" t="s">
+      <c r="J285" t="s">
+        <v>576</v>
+      </c>
+      <c r="K285" t="s">
+        <v>24</v>
+      </c>
+      <c r="L285" t="s">
+        <v>1527</v>
+      </c>
+      <c r="M285" t="s">
+        <v>578</v>
+      </c>
+      <c r="N285" t="s">
+        <v>27</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1528</v>
+      </c>
+      <c r="P285" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16">
+      <c r="A286" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C286" t="s">
+        <v>575</v>
+      </c>
+      <c r="D286" t="s">
+        <v>259</v>
+      </c>
+      <c r="E286" t="s">
+        <v>43</v>
+      </c>
+      <c r="F286" t="s">
+        <v>44</v>
+      </c>
+      <c r="G286" t="s">
+        <v>22</v>
+      </c>
+      <c r="H286">
+        <v>1995</v>
+      </c>
+      <c r="I286">
+        <v>2019</v>
+      </c>
+      <c r="J286" t="s">
+        <v>583</v>
+      </c>
+      <c r="K286" t="s">
+        <v>24</v>
+      </c>
+      <c r="L286" t="s">
+        <v>1532</v>
+      </c>
+      <c r="M286" t="s">
+        <v>578</v>
+      </c>
+      <c r="N286" t="s">
+        <v>27</v>
+      </c>
+      <c r="O286" t="s">
+        <v>1533</v>
+      </c>
+      <c r="P286" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16">
+      <c r="A287" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C287" t="s">
+        <v>575</v>
+      </c>
+      <c r="D287" t="s">
+        <v>143</v>
+      </c>
+      <c r="E287" t="s">
+        <v>43</v>
+      </c>
+      <c r="F287" t="s">
+        <v>44</v>
+      </c>
+      <c r="G287" t="s">
+        <v>441</v>
+      </c>
+      <c r="H287">
+        <v>2021</v>
+      </c>
+      <c r="I287"/>
+      <c r="J287" t="s">
+        <v>583</v>
+      </c>
+      <c r="K287" t="s">
+        <v>24</v>
+      </c>
+      <c r="L287" t="s">
+        <v>1537</v>
+      </c>
+      <c r="M287" t="s">
+        <v>617</v>
+      </c>
+      <c r="N287" t="s">
+        <v>27</v>
+      </c>
+      <c r="O287" t="s">
+        <v>1538</v>
+      </c>
+      <c r="P287" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16">
+      <c r="A288" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C288" t="s">
+        <v>575</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1542</v>
+      </c>
+      <c r="E288" t="s">
+        <v>43</v>
+      </c>
+      <c r="F288" t="s">
+        <v>44</v>
+      </c>
+      <c r="G288" t="s">
+        <v>22</v>
+      </c>
+      <c r="H288">
+        <v>2014</v>
+      </c>
+      <c r="I288">
+        <v>2019</v>
+      </c>
+      <c r="J288" t="s">
+        <v>583</v>
+      </c>
+      <c r="K288" t="s">
+        <v>24</v>
+      </c>
+      <c r="L288" t="s">
+        <v>1543</v>
+      </c>
+      <c r="M288" t="s">
+        <v>578</v>
+      </c>
+      <c r="N288" t="s">
+        <v>27</v>
+      </c>
+      <c r="O288" t="s">
+        <v>1544</v>
+      </c>
+      <c r="P288" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16">
+      <c r="A289" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C289" t="s">
+        <v>575</v>
+      </c>
+      <c r="D289" t="s">
+        <v>199</v>
+      </c>
+      <c r="E289" t="s">
+        <v>43</v>
+      </c>
+      <c r="F289" t="s">
+        <v>44</v>
+      </c>
+      <c r="G289" t="s">
+        <v>22</v>
+      </c>
+      <c r="H289">
+        <v>2012</v>
+      </c>
+      <c r="I289">
+        <v>2019</v>
+      </c>
+      <c r="J289" t="s">
+        <v>369</v>
+      </c>
+      <c r="K289" t="s">
+        <v>24</v>
+      </c>
+      <c r="L289" t="s">
+        <v>1548</v>
+      </c>
+      <c r="M289" t="s">
+        <v>578</v>
+      </c>
+      <c r="N289" t="s">
+        <v>27</v>
+      </c>
+      <c r="O289" t="s">
+        <v>1549</v>
+      </c>
+      <c r="P289" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16">
+      <c r="A290" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C290" t="s">
+        <v>575</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E290" t="s">
+        <v>43</v>
+      </c>
+      <c r="F290" t="s">
+        <v>44</v>
+      </c>
+      <c r="G290" t="s">
+        <v>22</v>
+      </c>
+      <c r="H290">
+        <v>2001</v>
+      </c>
+      <c r="I290">
+        <v>2019</v>
+      </c>
+      <c r="J290" t="s">
+        <v>583</v>
+      </c>
+      <c r="K290" t="s">
+        <v>24</v>
+      </c>
+      <c r="L290" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M290" t="s">
+        <v>578</v>
+      </c>
+      <c r="N290" t="s">
+        <v>27</v>
+      </c>
+      <c r="O290" t="s">
+        <v>1555</v>
+      </c>
+      <c r="P290" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16">
+      <c r="A291" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C291" t="s">
+        <v>575</v>
+      </c>
+      <c r="D291" t="s">
+        <v>241</v>
+      </c>
+      <c r="E291" t="s">
+        <v>43</v>
+      </c>
+      <c r="F291" t="s">
+        <v>44</v>
+      </c>
+      <c r="G291" t="s">
+        <v>22</v>
+      </c>
+      <c r="H291">
+        <v>1995</v>
+      </c>
+      <c r="I291">
+        <v>2019</v>
+      </c>
+      <c r="J291" t="s">
+        <v>583</v>
+      </c>
+      <c r="K291" t="s">
+        <v>24</v>
+      </c>
+      <c r="L291" t="s">
+        <v>1559</v>
+      </c>
+      <c r="M291" t="s">
+        <v>578</v>
+      </c>
+      <c r="N291" t="s">
+        <v>27</v>
+      </c>
+      <c r="O291" t="s">
+        <v>1560</v>
+      </c>
+      <c r="P291" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16">
+      <c r="A292" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C292" t="s">
+        <v>575</v>
+      </c>
+      <c r="D292" t="s">
+        <v>615</v>
+      </c>
+      <c r="E292" t="s">
+        <v>43</v>
+      </c>
+      <c r="F292" t="s">
+        <v>44</v>
+      </c>
+      <c r="G292" t="s">
+        <v>22</v>
+      </c>
+      <c r="H292">
+        <v>2004</v>
+      </c>
+      <c r="I292">
+        <v>2019</v>
+      </c>
+      <c r="J292" t="s">
+        <v>583</v>
+      </c>
+      <c r="K292" t="s">
+        <v>24</v>
+      </c>
+      <c r="L292" t="s">
+        <v>1564</v>
+      </c>
+      <c r="M292" t="s">
+        <v>578</v>
+      </c>
+      <c r="N292" t="s">
+        <v>27</v>
+      </c>
+      <c r="O292" t="s">
+        <v>1565</v>
+      </c>
+      <c r="P292" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16">
+      <c r="A293" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C293" t="s">
+        <v>575</v>
+      </c>
+      <c r="D293" t="s">
+        <v>183</v>
+      </c>
+      <c r="E293" t="s">
+        <v>43</v>
+      </c>
+      <c r="F293" t="s">
+        <v>44</v>
+      </c>
+      <c r="G293" t="s">
+        <v>22</v>
+      </c>
+      <c r="H293">
+        <v>2011</v>
+      </c>
+      <c r="I293">
+        <v>2019</v>
+      </c>
+      <c r="J293" t="s">
+        <v>583</v>
+      </c>
+      <c r="K293" t="s">
+        <v>24</v>
+      </c>
+      <c r="L293" t="s">
+        <v>1569</v>
+      </c>
+      <c r="M293" t="s">
+        <v>578</v>
+      </c>
+      <c r="N293" t="s">
+        <v>27</v>
+      </c>
+      <c r="O293" t="s">
+        <v>1570</v>
+      </c>
+      <c r="P293" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16">
+      <c r="A294" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C294" t="s">
+        <v>575</v>
+      </c>
+      <c r="D294" t="s">
+        <v>241</v>
+      </c>
+      <c r="E294" t="s">
+        <v>20</v>
+      </c>
+      <c r="F294" t="s">
         <v>21</v>
       </c>
-      <c r="K278" t="s">
-[...38 lines deleted...]
-      <c r="J279" t="s">
+      <c r="G294" t="s">
+        <v>22</v>
+      </c>
+      <c r="H294">
+        <v>2004</v>
+      </c>
+      <c r="I294">
+        <v>2021</v>
+      </c>
+      <c r="J294" t="s">
+        <v>722</v>
+      </c>
+      <c r="K294" t="s">
+        <v>24</v>
+      </c>
+      <c r="L294"/>
+      <c r="M294" t="s">
+        <v>1574</v>
+      </c>
+      <c r="N294" t="s">
+        <v>27</v>
+      </c>
+      <c r="O294" t="s">
+        <v>1575</v>
+      </c>
+      <c r="P294" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16">
+      <c r="A295" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D295" t="s">
+        <v>53</v>
+      </c>
+      <c r="E295" t="s">
+        <v>20</v>
+      </c>
+      <c r="F295" t="s">
         <v>21</v>
       </c>
-      <c r="K279"/>
-[...36 lines deleted...]
-      <c r="J280" t="s">
+      <c r="G295" t="s">
+        <v>22</v>
+      </c>
+      <c r="H295">
+        <v>2007</v>
+      </c>
+      <c r="I295">
+        <v>2012</v>
+      </c>
+      <c r="J295" t="s">
+        <v>480</v>
+      </c>
+      <c r="K295" t="s">
+        <v>24</v>
+      </c>
+      <c r="L295" t="s">
+        <v>1580</v>
+      </c>
+      <c r="M295" t="s">
+        <v>1581</v>
+      </c>
+      <c r="N295" t="s">
+        <v>27</v>
+      </c>
+      <c r="O295" t="s">
+        <v>1582</v>
+      </c>
+      <c r="P295" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16">
+      <c r="A296" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D296" t="s">
+        <v>368</v>
+      </c>
+      <c r="E296" t="s">
+        <v>43</v>
+      </c>
+      <c r="F296" t="s">
         <v>21</v>
       </c>
-      <c r="K280"/>
-[...71 lines deleted...]
-      <c r="G282">
+      <c r="G296" t="s">
+        <v>45</v>
+      </c>
+      <c r="H296">
         <v>2016</v>
       </c>
-      <c r="H282"/>
-[...608 lines deleted...]
-      </c>
+      <c r="I296"/>
       <c r="J296" t="s">
-        <v>21</v>
+        <v>644</v>
       </c>
       <c r="K296" t="s">
-        <v>1075</v>
+        <v>24</v>
       </c>
       <c r="L296" t="s">
-        <v>1076</v>
+        <v>370</v>
       </c>
       <c r="M296" t="s">
-        <v>24</v>
+        <v>1587</v>
       </c>
       <c r="N296" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
+        <v>1588</v>
+      </c>
+      <c r="P296" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1078</v>
+        <v>1590</v>
       </c>
       <c r="B297" t="s">
-        <v>1079</v>
+        <v>1591</v>
       </c>
       <c r="C297" t="s">
-        <v>251</v>
+        <v>736</v>
       </c>
       <c r="D297" t="s">
-        <v>29</v>
+        <v>1592</v>
       </c>
       <c r="E297" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="F297" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G297">
+        <v>44</v>
+      </c>
+      <c r="G297" t="s">
+        <v>22</v>
+      </c>
+      <c r="H297">
+        <v>2015</v>
+      </c>
+      <c r="I297">
         <v>2016</v>
       </c>
-      <c r="H297"/>
-[...2 lines deleted...]
-      </c>
       <c r="J297" t="s">
-        <v>21</v>
+        <v>902</v>
       </c>
       <c r="K297" t="s">
-        <v>253</v>
+        <v>350</v>
       </c>
       <c r="L297" t="s">
-        <v>1080</v>
+        <v>1593</v>
       </c>
       <c r="M297" t="s">
-        <v>24</v>
+        <v>1594</v>
       </c>
       <c r="N297" t="s">
-        <v>1081</v>
-[...43 lines deleted...]
-        <v>1086</v>
+        <v>352</v>
+      </c>
+      <c r="O297" t="s">
+        <v>1595</v>
+      </c>
+      <c r="P297" t="s">
+        <v>1596</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>