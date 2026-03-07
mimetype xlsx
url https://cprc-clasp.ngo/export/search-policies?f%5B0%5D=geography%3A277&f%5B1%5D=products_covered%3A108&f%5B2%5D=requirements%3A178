--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -12,164 +12,181 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -433,193 +450,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="93" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="511.875" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="63.556" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2025</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>