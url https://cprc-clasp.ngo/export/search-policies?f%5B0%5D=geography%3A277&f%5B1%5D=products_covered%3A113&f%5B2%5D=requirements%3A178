--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,356 +12,435 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-1</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -625,777 +704,876 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>33</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
-[...8 lines deleted...]
-      <c r="L2" t="s">
+      <c r="J4" t="s">
         <v>23</v>
-      </c>
-[...78 lines deleted...]
-        <v>28</v>
       </c>
       <c r="K4" t="s">
         <v>33</v>
       </c>
       <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-      <c r="A5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
         <v>35</v>
       </c>
-      <c r="B5" t="s">
-[...11 lines deleted...]
-      <c r="F5" t="s">
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>63</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>35</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>45</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>35</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>76</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>35</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>76</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>35</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>76</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>35</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>81</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>82</v>
+      </c>
+      <c r="K12" t="s">
+        <v>45</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>83</v>
+      </c>
+      <c r="N12" t="s">
+        <v>35</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>82</v>
+      </c>
+      <c r="K13" t="s">
+        <v>45</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>83</v>
+      </c>
+      <c r="N13" t="s">
+        <v>35</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>54</v>
+      </c>
+      <c r="K14" t="s">
+        <v>33</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>56</v>
+      </c>
+      <c r="N14" t="s">
+        <v>35</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>100</v>
+      </c>
+      <c r="G15" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>33</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>102</v>
+      </c>
+      <c r="N15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" t="s">
+        <v>32</v>
+      </c>
+      <c r="H16">
+        <v>2024</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>109</v>
+      </c>
+      <c r="K16" t="s">
+        <v>110</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>112</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="G5">
-[...473 lines deleted...]
-        <v>88</v>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>