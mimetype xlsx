--- v0 (2025-11-27)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -315,125 +315,100 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...30 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
     <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
   </si>
   <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n81-fans</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
@@ -939,61 +914,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P23"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1514,615 +1489,565 @@
       </c>
       <c r="M11" t="s">
         <v>96</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
         <v>97</v>
       </c>
       <c r="P11" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>99</v>
       </c>
       <c r="B12" t="s">
         <v>100</v>
       </c>
       <c r="C12" t="s">
         <v>101</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>75</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J12" t="s">
         <v>102</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>103</v>
       </c>
       <c r="M12" t="s">
         <v>104</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
         <v>105</v>
       </c>
       <c r="P12" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>107</v>
       </c>
       <c r="B13" t="s">
         <v>108</v>
       </c>
       <c r="C13" t="s">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="D13" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="F13" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H13">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>60</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="M13" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>101</v>
+      </c>
+      <c r="D14" t="s">
+        <v>88</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G14" t="s">
         <v>114</v>
       </c>
-      <c r="B14" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H14">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>116</v>
       </c>
       <c r="M14" t="s">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
         <v>117</v>
       </c>
       <c r="P14" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>119</v>
       </c>
       <c r="B15" t="s">
         <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>109</v>
+        <v>49</v>
       </c>
       <c r="D15" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>75</v>
       </c>
       <c r="G15" t="s">
         <v>51</v>
       </c>
       <c r="H15">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>122</v>
       </c>
       <c r="M15" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
         <v>123</v>
       </c>
       <c r="P15" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>125</v>
       </c>
       <c r="B16" t="s">
         <v>126</v>
       </c>
       <c r="C16" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>127</v>
+        <v>88</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="F16" t="s">
-        <v>75</v>
+        <v>128</v>
       </c>
       <c r="G16" t="s">
         <v>51</v>
       </c>
       <c r="H16">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>43</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D17" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="E17" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>75</v>
       </c>
       <c r="G17" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
       <c r="J17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>137</v>
+      </c>
       <c r="M17" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="P17" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D18" t="s">
-        <v>19</v>
+        <v>144</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="F18" t="s">
         <v>75</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L18"/>
+      <c r="M18"/>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="P18" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B19" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C19" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D19" t="s">
-        <v>150</v>
+        <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>151</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>75</v>
       </c>
       <c r="G19" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="H19"/>
+        <v>51</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
-      <c r="M19"/>
+      <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
+        <v>154</v>
+      </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C20" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>75</v>
       </c>
       <c r="G20" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>2007</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
       <c r="J20" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>159</v>
       </c>
       <c r="M20" t="s">
-        <v>160</v>
+        <v>44</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
         <v>163</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" t="s">
         <v>164</v>
       </c>
-      <c r="C21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="F21" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H21">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>43</v>
+        <v>165</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M21" t="s">
-        <v>44</v>
+        <v>167</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="P21" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B22" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C22" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="D22" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="G22" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>2001</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
       <c r="J22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P22" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      <c r="A23" t="s">
         <v>176</v>
-      </c>
-[...43 lines deleted...]
-        <v>182</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">