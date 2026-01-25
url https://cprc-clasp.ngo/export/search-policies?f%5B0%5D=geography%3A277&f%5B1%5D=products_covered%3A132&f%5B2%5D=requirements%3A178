--- v0 (2025-10-12)
+++ v1 (2026-01-25)
@@ -12,269 +12,318 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,443 +587,494 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2021</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...111 lines deleted...]
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
         <v>2001</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>42</v>
       </c>
       <c r="L5" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
-        <v>44</v>
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2017</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>48</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
         <v>49</v>
       </c>
-      <c r="B7" t="s">
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
         <v>50</v>
       </c>
-      <c r="C7" t="s">
-[...17 lines deleted...]
-      <c r="I7" t="s">
+      <c r="K7" t="s">
+        <v>42</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
         <v>41</v>
       </c>
-      <c r="J7" t="s">
-[...49 lines deleted...]
-      </c>
+      <c r="K8" t="s">
+        <v>42</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>59</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>