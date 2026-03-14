--- v0 (2025-10-12)
+++ v1 (2026-03-14)
@@ -12,388 +12,494 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -657,865 +763,976 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2001</v>
+      </c>
+      <c r="I2">
+        <v>2021</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2001</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2009</v>
+      </c>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="J3" t="s">
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...5 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>83</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="J4" t="s">
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1981</v>
+      </c>
+      <c r="I12">
+        <v>2002</v>
+      </c>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>96</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>101</v>
+      </c>
+      <c r="G13" t="s">
+        <v>61</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>64</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" t="s">
+        <v>75</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>101</v>
+      </c>
+      <c r="G14" t="s">
+        <v>61</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>62</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>64</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>94</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>110</v>
+      </c>
+      <c r="N15" t="s">
+        <v>96</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>116</v>
+      </c>
+      <c r="G16" t="s">
+        <v>61</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>117</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>119</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G17" t="s">
+        <v>61</v>
+      </c>
+      <c r="H17">
+        <v>1998</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>124</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>32</v>
+      <c r="L17" t="s">
+        <v>125</v>
+      </c>
+      <c r="M17" t="s">
+        <v>126</v>
+      </c>
+      <c r="N17" t="s">
+        <v>96</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...24 lines deleted...]
-      <c r="I5" t="s">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>93</v>
+      </c>
+      <c r="G18" t="s">
+        <v>61</v>
+      </c>
+      <c r="H18">
+        <v>2007</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>131</v>
+      </c>
+      <c r="N18" t="s">
         <v>27</v>
       </c>
-      <c r="J5" t="s">
-[...550 lines deleted...]
-        <v>98</v>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>