--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="423">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="424">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -562,87 +562,87 @@
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
     <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -893,50 +893,53 @@
     <t>https://www.legislation.gov.au/Series/F2014L01580</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
     <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2013L01500</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
@@ -1710,51 +1713,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2904,89 +2907,89 @@
       </c>
       <c r="P24" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>173</v>
       </c>
       <c r="B25" t="s">
         <v>174</v>
       </c>
       <c r="C25" t="s">
         <v>41</v>
       </c>
       <c r="D25" t="s">
         <v>175</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>176</v>
       </c>
       <c r="H25">
         <v>2007</v>
       </c>
       <c r="I25">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M25" t="s">
         <v>46</v>
       </c>
       <c r="N25" t="s">
         <v>47</v>
       </c>
       <c r="O25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C26" t="s">
-        <v>182</v>
+        <v>41</v>
       </c>
       <c r="D26" t="s">
         <v>183</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>8</v>
       </c>
       <c r="H26">
         <v>2007</v>
       </c>
       <c r="I26">
         <v>2025</v>
       </c>
       <c r="J26" t="s">
         <v>184</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
@@ -3013,201 +3016,201 @@
       <c r="B27" t="s">
         <v>190</v>
       </c>
       <c r="C27" t="s">
         <v>41</v>
       </c>
       <c r="D27" t="s">
         <v>42</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2008</v>
       </c>
       <c r="I27">
         <v>2008</v>
       </c>
       <c r="J27" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
         <v>45</v>
       </c>
       <c r="M27" t="s">
         <v>46</v>
       </c>
       <c r="N27" t="s">
         <v>47</v>
       </c>
       <c r="O27" t="s">
         <v>191</v>
       </c>
       <c r="P27" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>193</v>
       </c>
       <c r="B28" t="s">
         <v>194</v>
       </c>
       <c r="C28" t="s">
         <v>41</v>
       </c>
       <c r="D28" t="s">
         <v>85</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2008</v>
       </c>
       <c r="I28">
         <v>2016</v>
       </c>
       <c r="J28" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>195</v>
       </c>
       <c r="M28" t="s">
         <v>46</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>196</v>
       </c>
       <c r="P28" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>198</v>
       </c>
       <c r="B29" t="s">
         <v>198</v>
       </c>
       <c r="C29" t="s">
         <v>41</v>
       </c>
       <c r="D29" t="s">
         <v>102</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2010</v>
       </c>
       <c r="I29">
         <v>2015</v>
       </c>
       <c r="J29" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>103</v>
       </c>
       <c r="M29" t="s">
         <v>46</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>199</v>
       </c>
       <c r="P29" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>201</v>
       </c>
       <c r="B30" t="s">
         <v>202</v>
       </c>
       <c r="C30" t="s">
         <v>41</v>
       </c>
       <c r="D30" t="s">
         <v>52</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>1989</v>
       </c>
       <c r="I30">
         <v>2016</v>
       </c>
       <c r="J30" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
         <v>53</v>
       </c>
       <c r="M30" t="s">
         <v>46</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>203</v>
       </c>
       <c r="P30" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>205</v>
       </c>
       <c r="B31" t="s">
@@ -3263,149 +3266,149 @@
       <c r="B32" t="s">
         <v>212</v>
       </c>
       <c r="C32" t="s">
         <v>41</v>
       </c>
       <c r="D32" t="s">
         <v>79</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2011</v>
       </c>
       <c r="I32">
         <v>2016</v>
       </c>
       <c r="J32" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>80</v>
       </c>
       <c r="M32" t="s">
         <v>46</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>213</v>
       </c>
       <c r="P32" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>215</v>
       </c>
       <c r="B33" t="s">
         <v>216</v>
       </c>
       <c r="C33" t="s">
         <v>41</v>
       </c>
       <c r="D33" t="s">
         <v>96</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33">
         <v>2016</v>
       </c>
       <c r="J33" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>217</v>
       </c>
       <c r="M33" t="s">
         <v>46</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>218</v>
       </c>
       <c r="P33" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>220</v>
       </c>
       <c r="B34" t="s">
         <v>221</v>
       </c>
       <c r="C34" t="s">
         <v>41</v>
       </c>
       <c r="D34" t="s">
         <v>67</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>34</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>222</v>
       </c>
       <c r="M34" t="s">
         <v>223</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>224</v>
       </c>
       <c r="P34" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>226</v>
       </c>
       <c r="B35" t="s">
@@ -3848,1474 +3851,1476 @@
       </c>
       <c r="P43" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>278</v>
       </c>
       <c r="B44" t="s">
         <v>279</v>
       </c>
       <c r="C44" t="s">
         <v>280</v>
       </c>
       <c r="D44" t="s">
         <v>52</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>126</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>281</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44">
         <v>2019</v>
       </c>
       <c r="J44" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M44" t="s">
         <v>247</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P44" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B45" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C45" t="s">
         <v>117</v>
       </c>
       <c r="D45" t="s">
         <v>85</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>126</v>
       </c>
       <c r="G45" t="s">
         <v>34</v>
       </c>
       <c r="H45">
         <v>2024</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M45" t="s">
         <v>119</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P45" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B46" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C46" t="s">
         <v>117</v>
       </c>
       <c r="D46" t="s">
         <v>52</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>126</v>
       </c>
       <c r="G46" t="s">
         <v>34</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46">
         <v>2024</v>
       </c>
       <c r="J46" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M46" t="s">
         <v>119</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P46" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B47" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C47" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D47" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>126</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2008</v>
       </c>
       <c r="I47">
         <v>2020</v>
       </c>
       <c r="J47" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="M47" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="N47" t="s">
         <v>47</v>
       </c>
       <c r="O47" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="P47" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B48" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C48" t="s">
         <v>124</v>
       </c>
       <c r="D48" t="s">
         <v>52</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>43</v>
       </c>
       <c r="G48" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H48">
         <v>2014</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>253</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="M48" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="P48" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B49" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C49" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D49" t="s">
         <v>85</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>126</v>
       </c>
       <c r="G49" t="s">
         <v>34</v>
       </c>
       <c r="H49">
         <v>2013</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M49" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P49" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B50" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C50" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D50" t="s">
         <v>52</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>126</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
       <c r="I50">
         <v>2017</v>
       </c>
       <c r="J50" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="M50" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P50" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B51" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C51" t="s">
         <v>133</v>
       </c>
       <c r="D51" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>34</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>135</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>136</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="P51" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B52" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C52" t="s">
         <v>133</v>
       </c>
       <c r="D52" t="s">
         <v>175</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>34</v>
       </c>
       <c r="H52">
         <v>2009</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>135</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>136</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P52" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B53" t="s">
         <v>143</v>
       </c>
       <c r="C53" t="s">
         <v>133</v>
       </c>
       <c r="D53" t="s">
         <v>73</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2011</v>
       </c>
       <c r="I53">
         <v>2011</v>
       </c>
       <c r="J53" t="s">
         <v>135</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
         <v>144</v>
       </c>
       <c r="M53" t="s">
         <v>136</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P53" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B54" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C54" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D54" t="s">
         <v>96</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>34</v>
       </c>
       <c r="H54">
         <v>2013</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="M54" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P54" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B55" t="s">
         <v>132</v>
       </c>
       <c r="C55" t="s">
         <v>133</v>
       </c>
       <c r="D55" t="s">
         <v>134</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2012</v>
       </c>
       <c r="I55">
         <v>2012</v>
       </c>
       <c r="J55" t="s">
         <v>135</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
         <v>136</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P55" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B56" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C56" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D56" t="s">
         <v>79</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>34</v>
       </c>
       <c r="H56">
         <v>2008</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M56" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="P56" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B57" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C57" t="s">
         <v>133</v>
       </c>
       <c r="D57" t="s">
         <v>79</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2015</v>
       </c>
       <c r="I57">
         <v>2019</v>
       </c>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="P57" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B58" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C58" t="s">
         <v>133</v>
       </c>
       <c r="D58" t="s">
         <v>79</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>34</v>
       </c>
       <c r="H58">
         <v>2015</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>135</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
         <v>136</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="P58" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B59" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C59" t="s">
         <v>133</v>
       </c>
       <c r="D59" t="s">
         <v>52</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2012</v>
       </c>
       <c r="I59">
         <v>2012</v>
       </c>
       <c r="J59" t="s">
         <v>135</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>136</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="P59" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B60" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C60" t="s">
         <v>124</v>
       </c>
       <c r="D60" t="s">
         <v>52</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>34</v>
       </c>
-      <c r="H60"/>
+      <c r="H60">
+        <v>2024</v>
+      </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P60" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B61" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C61" t="s">
         <v>133</v>
       </c>
       <c r="D61" t="s">
         <v>149</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>34</v>
       </c>
       <c r="H61">
         <v>2009</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>135</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
         <v>150</v>
       </c>
       <c r="M61" t="s">
         <v>136</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P61" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B62"/>
       <c r="C62" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D62" t="s">
         <v>134</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2011</v>
       </c>
       <c r="I62">
         <v>2018</v>
       </c>
       <c r="J62" t="s">
         <v>23</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="P62" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B63" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C63" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D63" t="s">
         <v>175</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2005</v>
       </c>
       <c r="I63">
         <v>2011</v>
       </c>
       <c r="J63" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="M63" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P63" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B64" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C64" t="s">
         <v>117</v>
       </c>
       <c r="D64" t="s">
         <v>52</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>43</v>
       </c>
       <c r="G64" t="s">
         <v>34</v>
       </c>
       <c r="H64">
         <v>2013</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M64" t="s">
         <v>119</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P64" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B65" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C65" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D65" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>126</v>
       </c>
       <c r="G65" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H65">
         <v>2024</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>184</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="M65" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P65" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B66" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C66" t="s">
         <v>108</v>
       </c>
       <c r="D66" t="s">
         <v>96</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2017</v>
       </c>
       <c r="I66">
         <v>2021</v>
       </c>
       <c r="J66" t="s">
         <v>111</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M66" t="s">
         <v>112</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P66" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B67" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C67" t="s">
         <v>108</v>
       </c>
       <c r="D67" t="s">
         <v>96</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2017</v>
       </c>
       <c r="I67">
         <v>2021</v>
       </c>
       <c r="J67" t="s">
         <v>111</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M67" t="s">
         <v>112</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P67" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B68" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C68" t="s">
         <v>108</v>
       </c>
       <c r="D68" t="s">
         <v>85</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
       <c r="I68">
         <v>2015</v>
       </c>
       <c r="J68" t="s">
         <v>111</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M68" t="s">
         <v>112</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="P68" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C69" t="s">
         <v>108</v>
       </c>
       <c r="D69" t="s">
         <v>102</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
       <c r="I69">
         <v>2015</v>
       </c>
       <c r="J69" t="s">
         <v>111</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M69" t="s">
         <v>112</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="P69" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B70" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C70" t="s">
         <v>108</v>
       </c>
       <c r="D70" t="s">
         <v>102</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>34</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>111</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M70" t="s">
         <v>112</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P70" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B71" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C71" t="s">
         <v>108</v>
       </c>
       <c r="D71" t="s">
         <v>52</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2012</v>
       </c>
       <c r="I71">
         <v>2021</v>
       </c>
       <c r="J71" t="s">
         <v>169</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>112</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="P71" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B72" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C72" t="s">
         <v>108</v>
       </c>
       <c r="D72" t="s">
         <v>52</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>227</v>
       </c>
       <c r="H72">
         <v>2012</v>
       </c>
       <c r="I72">
         <v>2015</v>
       </c>
       <c r="J72" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>112</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="P72" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B73" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C73" t="s">
         <v>108</v>
       </c>
       <c r="D73" t="s">
         <v>52</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>34</v>
       </c>
       <c r="H73">
         <v>2012</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>111</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
         <v>112</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="P73" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">