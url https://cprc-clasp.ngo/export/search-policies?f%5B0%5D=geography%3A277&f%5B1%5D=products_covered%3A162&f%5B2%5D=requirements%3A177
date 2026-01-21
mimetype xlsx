--- v0 (2025-11-27)
+++ v1 (2026-01-21)
@@ -12,136 +12,175 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
     <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
   </si>
   <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
     <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>BDS 1734:2003</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
@@ -155,96 +194,90 @@
   <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
     <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
   </si>
   <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
     <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
   </si>
   <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
   <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
     <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
@@ -389,53 +422,50 @@
   <si>
     <t>India</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
     <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
@@ -606,51 +636,51 @@
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Details/F2012L02133</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
@@ -674,60 +704,63 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
   </si>
   <si>
     <t>Samoa*</t>
   </si>
@@ -789,80 +822,50 @@
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
   </si>
   <si>
     <t>AS/NZS 4934.1-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps-0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps</t>
   </si>
   <si>
     <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
@@ -1335,51 +1338,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="111.973" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1411,2205 +1414,2203 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>44</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>45</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5" t="s">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
         <v>47</v>
       </c>
-      <c r="H5">
-[...11 lines deleted...]
-      <c r="L5" t="s">
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="D6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
       <c r="J6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>66</v>
       </c>
       <c r="P7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>68</v>
       </c>
       <c r="B8" t="s">
         <v>69</v>
       </c>
       <c r="C8" t="s">
         <v>70</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>72</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>73</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>75</v>
       </c>
       <c r="P8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>77</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>80</v>
       </c>
       <c r="G9" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="H9">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
         <v>81</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
       <c r="J10" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="P10" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="H11"/>
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
         <v>97</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>98</v>
       </c>
       <c r="P11" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>100</v>
       </c>
       <c r="B12" t="s">
         <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>102</v>
       </c>
       <c r="D12" t="s">
         <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
       <c r="M12" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G13" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="I13">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="P13" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
         <v>111</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2009</v>
+      </c>
+      <c r="J14" t="s">
+        <v>36</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
         <v>113</v>
       </c>
-      <c r="D14" t="s">
-[...23 lines deleted...]
-      <c r="L14" t="s">
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I15">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
       <c r="M15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2003</v>
+        <v>2022</v>
       </c>
       <c r="I16">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J16" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>50</v>
+        <v>131</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P16" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B17" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2003</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="M17" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="P17" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B18" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="D18" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2003</v>
       </c>
       <c r="I18">
         <v>2013</v>
       </c>
       <c r="J18" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="M18" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="P18" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B19" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
         <v>2013</v>
       </c>
-      <c r="I19">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="M19" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="P19" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="I20">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J20" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="M20" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="P20" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B21" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C21" t="s">
-        <v>154</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>155</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H21">
+        <v>2005</v>
+      </c>
+      <c r="I21">
         <v>2015</v>
       </c>
-      <c r="I21">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M21" t="s">
-        <v>157</v>
+        <v>60</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>158</v>
       </c>
       <c r="P21" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>160</v>
       </c>
       <c r="B22" t="s">
         <v>161</v>
       </c>
       <c r="C22" t="s">
         <v>162</v>
       </c>
       <c r="D22" t="s">
         <v>163</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I22">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="J22" t="s">
+        <v>130</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
         <v>164</v>
       </c>
-      <c r="K22" t="s">
-[...2 lines deleted...]
-      <c r="L22" t="s">
+      <c r="M22" t="s">
         <v>165</v>
       </c>
-      <c r="M22" t="s">
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>166</v>
       </c>
-      <c r="N22" t="s">
-[...2 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>168</v>
+      </c>
+      <c r="B23" t="s">
         <v>169</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>170</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>33</v>
+        <v>171</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="H23"/>
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
       <c r="I23">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="J23" t="s">
         <v>172</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>173</v>
       </c>
       <c r="M23" t="s">
         <v>174</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>175</v>
       </c>
       <c r="P23" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>177</v>
       </c>
       <c r="B24" t="s">
         <v>178</v>
       </c>
       <c r="C24" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="D24" t="s">
+        <v>44</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
         <v>179</v>
       </c>
-      <c r="E24" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H24"/>
       <c r="I24">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="J24" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M24" t="s">
-        <v>166</v>
+        <v>182</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="P24" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B25" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C25" t="s">
-        <v>154</v>
+        <v>170</v>
       </c>
       <c r="D25" t="s">
-        <v>103</v>
+        <v>187</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2009</v>
+      </c>
+      <c r="I25">
+        <v>2017</v>
+      </c>
       <c r="J25" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M25" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="P25" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B26" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C26" t="s">
-        <v>86</v>
+        <v>162</v>
       </c>
       <c r="D26" t="s">
-        <v>155</v>
+        <v>112</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H26">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="M26" t="s">
-        <v>88</v>
+        <v>165</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="P26" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B27" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C27" t="s">
-        <v>197</v>
+        <v>95</v>
       </c>
       <c r="D27" t="s">
-        <v>198</v>
+        <v>163</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="H27">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="I27">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J27" t="s">
-        <v>63</v>
+        <v>199</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="M27" t="s">
-        <v>200</v>
+        <v>97</v>
       </c>
       <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
         <v>201</v>
       </c>
-      <c r="O27" t="s">
+      <c r="P27" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>203</v>
+      </c>
+      <c r="B28" t="s">
         <v>204</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>205</v>
       </c>
-      <c r="C28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>155</v>
+        <v>206</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="I28">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J28" t="s">
-        <v>164</v>
+        <v>72</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>207</v>
+      </c>
       <c r="M28" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="N28" t="s">
-        <v>27</v>
+        <v>209</v>
       </c>
       <c r="O28" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="P28" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B29" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C29" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="D29" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G29" t="s">
-        <v>47</v>
+        <v>214</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J29" t="s">
-        <v>211</v>
+        <v>172</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="P29" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B30" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C30" t="s">
-        <v>215</v>
+        <v>102</v>
       </c>
       <c r="D30" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>2015</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
       <c r="J30" t="s">
-        <v>81</v>
+        <v>220</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
+        <v>215</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>221</v>
+      </c>
+      <c r="P30" t="s">
         <v>217</v>
-      </c>
-[...7 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B31" t="s">
-        <v>101</v>
+        <v>223</v>
       </c>
       <c r="C31" t="s">
-        <v>102</v>
+        <v>224</v>
       </c>
       <c r="D31" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="H31">
-        <v>1994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" t="s">
+        <v>225</v>
+      </c>
       <c r="M31" t="s">
-        <v>104</v>
+        <v>226</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="P31" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B32" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="C32" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="D32" t="s">
-        <v>225</v>
+        <v>163</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="I32">
-        <v>2019</v>
+        <v>2003</v>
       </c>
       <c r="J32" t="s">
-        <v>164</v>
+        <v>36</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>206</v>
+        <v>113</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="P32" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B33" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C33" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="D33" t="s">
-        <v>155</v>
+        <v>234</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G33" t="s">
-        <v>8</v>
+        <v>214</v>
       </c>
       <c r="H33">
         <v>2015</v>
       </c>
       <c r="I33">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J33" t="s">
-        <v>211</v>
+        <v>172</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>235</v>
+      </c>
       <c r="M33" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B34" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C34" t="s">
+        <v>102</v>
+      </c>
+      <c r="D34" t="s">
+        <v>163</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>8</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34">
+        <v>2024</v>
+      </c>
+      <c r="J34" t="s">
+        <v>220</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
         <v>215</v>
       </c>
-      <c r="D34" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="P34" t="s">
-        <v>219</v>
+        <v>241</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="B35" t="s">
-        <v>108</v>
+        <v>243</v>
       </c>
       <c r="C35" t="s">
-        <v>102</v>
+        <v>224</v>
       </c>
       <c r="D35" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G35" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="H35">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>109</v>
+        <v>244</v>
       </c>
       <c r="M35" t="s">
-        <v>104</v>
+        <v>226</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="P35" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B36" t="s">
-        <v>240</v>
+        <v>117</v>
       </c>
       <c r="C36" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D36" t="s">
-        <v>241</v>
+        <v>44</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G36" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I36">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J36" t="s">
-        <v>242</v>
+        <v>36</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>243</v>
+        <v>118</v>
       </c>
       <c r="M36" t="s">
-        <v>244</v>
+        <v>113</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P36" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B37" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C37" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G37" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M37" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P37" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D38" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H38">
         <v>2010</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P38" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D39" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P39" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D40" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P40" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B41" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C41" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G41" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41">
         <v>2016</v>
       </c>
       <c r="J41" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M41" t="s">
-        <v>244</v>
+        <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P41" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B42" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C42" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D42" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2020</v>
       </c>
       <c r="I42">
         <v>2024</v>
       </c>
       <c r="J42" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M42" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P42" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B43" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C43" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="D43" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G43" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2007</v>
       </c>
       <c r="I43">
         <v>2015</v>
       </c>
       <c r="J43" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M43" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P43" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B44" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C44" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="D44" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H44">
         <v>2018</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P44" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B45" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C45" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D45" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2002</v>
       </c>
       <c r="I45">
         <v>2016</v>
       </c>
       <c r="J45" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M45" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P45" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B46" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C46" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="D46" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G46" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46">
         <v>2013</v>
       </c>
       <c r="J46" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P46" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">