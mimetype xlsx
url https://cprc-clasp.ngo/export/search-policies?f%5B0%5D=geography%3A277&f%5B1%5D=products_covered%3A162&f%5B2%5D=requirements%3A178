--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,636 +12,858 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -905,1753 +1127,1990 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N39"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>59</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>54</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>54</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12">
+        <v>2009</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G14" t="s">
+        <v>59</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>107</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>91</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...22 lines deleted...]
-      <c r="F3" t="s">
+      <c r="K17" t="s">
+        <v>130</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...18 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>59</v>
+      </c>
+      <c r="H18">
+        <v>2003</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>136</v>
+      </c>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>59</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
+        <v>2017</v>
+      </c>
+      <c r="J19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>142</v>
+      </c>
+      <c r="M19" t="s">
+        <v>143</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
         <v>32</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>91</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>52</v>
+      </c>
+      <c r="G21" t="s">
+        <v>59</v>
+      </c>
+      <c r="H21">
+        <v>2001</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...37 lines deleted...]
-      <c r="F5" t="s">
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...82 lines deleted...]
-      <c r="F7" t="s">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>52</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>157</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>158</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>156</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
-[...9 lines deleted...]
-      <c r="K7" t="s">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>52</v>
       </c>
-      <c r="L7" t="s">
-[...69 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>157</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>158</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>162</v>
+      </c>
+      <c r="P23" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>163</v>
+      </c>
+      <c r="C24" t="s">
+        <v>156</v>
+      </c>
+      <c r="D24" t="s">
         <v>19</v>
       </c>
-      <c r="G9">
-[...11 lines deleted...]
-      <c r="K9" t="s">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" t="s">
         <v>59</v>
-      </c>
-[...616 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
-      <c r="I24" t="s">
-        <v>114</v>
+      <c r="I24">
+        <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="N24" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>119</v>
+        <v>165</v>
       </c>
       <c r="B25" t="s">
-        <v>27</v>
+        <v>166</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>59</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I25" t="s">
-        <v>29</v>
+      <c r="I25">
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M25" t="s">
+        <v>91</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>169</v>
+      </c>
+      <c r="B26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C26" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" t="s">
+        <v>129</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>131</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>171</v>
+      </c>
+      <c r="P26" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>172</v>
+      </c>
+      <c r="B27" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" t="s">
+        <v>106</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>174</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>175</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>176</v>
+      </c>
+      <c r="P27" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>178</v>
+      </c>
+      <c r="B28" t="s">
+        <v>179</v>
+      </c>
+      <c r="C28" t="s">
+        <v>180</v>
+      </c>
+      <c r="D28" t="s">
+        <v>82</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>181</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>182</v>
+      </c>
+      <c r="M28" t="s">
+        <v>183</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>184</v>
+      </c>
+      <c r="P28" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>186</v>
+      </c>
+      <c r="B29" t="s">
+        <v>187</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>59</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>188</v>
+      </c>
+      <c r="M29" t="s">
+        <v>36</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>189</v>
+      </c>
+      <c r="P29" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>191</v>
+      </c>
+      <c r="B30" t="s">
+        <v>192</v>
+      </c>
+      <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2010</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>193</v>
+      </c>
+      <c r="M30" t="s">
+        <v>36</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>194</v>
+      </c>
+      <c r="P30" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>195</v>
+      </c>
+      <c r="B31" t="s">
+        <v>196</v>
+      </c>
+      <c r="C31" t="s">
+        <v>197</v>
+      </c>
+      <c r="D31" t="s">
+        <v>198</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>52</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>181</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>199</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>200</v>
+      </c>
+      <c r="P31" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>202</v>
+      </c>
+      <c r="B32" t="s">
+        <v>203</v>
+      </c>
+      <c r="C32" t="s">
+        <v>197</v>
+      </c>
+      <c r="D32" t="s">
+        <v>204</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>52</v>
+      </c>
+      <c r="G32" t="s">
+        <v>59</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
+      <c r="J32" t="s">
+        <v>205</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>199</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>206</v>
+      </c>
+      <c r="P32" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>208</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
+        <v>210</v>
+      </c>
+      <c r="D33" t="s">
+        <v>198</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" t="s">
+        <v>59</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>211</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>212</v>
+      </c>
+      <c r="M33" t="s">
+        <v>213</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>214</v>
+      </c>
+      <c r="P33" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>216</v>
+      </c>
+      <c r="B34" t="s">
+        <v>217</v>
+      </c>
+      <c r="C34" t="s">
+        <v>106</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>52</v>
+      </c>
+      <c r="G34" t="s">
+        <v>59</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>218</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>219</v>
+      </c>
+      <c r="M34" t="s">
+        <v>220</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>221</v>
+      </c>
+      <c r="P34" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>223</v>
+      </c>
+      <c r="B35" t="s">
+        <v>224</v>
+      </c>
+      <c r="C35" t="s">
+        <v>106</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...231 lines deleted...]
-      <c r="E31" t="s">
+      <c r="G35" t="s">
+        <v>59</v>
+      </c>
+      <c r="H35">
+        <v>2001</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>218</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>225</v>
+      </c>
+      <c r="M35" t="s">
+        <v>109</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>226</v>
+      </c>
+      <c r="P35" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>228</v>
+      </c>
+      <c r="B36" t="s">
+        <v>229</v>
+      </c>
+      <c r="C36" t="s">
+        <v>230</v>
+      </c>
+      <c r="D36" t="s">
+        <v>198</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>52</v>
+      </c>
+      <c r="G36" t="s">
+        <v>59</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>205</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>231</v>
+      </c>
+      <c r="M36" t="s">
+        <v>232</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>233</v>
+      </c>
+      <c r="P36" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>235</v>
+      </c>
+      <c r="B37" t="s">
+        <v>236</v>
+      </c>
+      <c r="C37" t="s">
+        <v>230</v>
+      </c>
+      <c r="D37" t="s">
+        <v>198</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>52</v>
+      </c>
+      <c r="G37" t="s">
+        <v>59</v>
+      </c>
+      <c r="H37">
+        <v>1998</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
+        <v>205</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>237</v>
+      </c>
+      <c r="M37" t="s">
+        <v>232</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>238</v>
+      </c>
+      <c r="P37" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>240</v>
+      </c>
+      <c r="B38" t="s">
+        <v>241</v>
+      </c>
+      <c r="C38" t="s">
+        <v>106</v>
+      </c>
+      <c r="D38" t="s">
+        <v>242</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>59</v>
+      </c>
+      <c r="H38">
+        <v>2007</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>174</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>243</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>244</v>
+      </c>
+      <c r="P38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>246</v>
+      </c>
+      <c r="B39" t="s">
+        <v>247</v>
+      </c>
+      <c r="C39" t="s">
+        <v>248</v>
+      </c>
+      <c r="D39" t="s">
+        <v>82</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>43</v>
       </c>
-      <c r="F31" t="s">
-[...84 lines deleted...]
-      <c r="G33">
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2016</v>
       </c>
-      <c r="H33">
-[...264 lines deleted...]
-      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="K39" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N39" t="s">
-        <v>178</v>
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>250</v>
+      </c>
+      <c r="P39" t="s">
+        <v>251</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>