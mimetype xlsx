--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -367,51 +367,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
     <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
@@ -488,66 +488,72 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
@@ -602,150 +608,153 @@
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
   </si>
   <si>
     <t>MEPS for electric pressure cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...4 lines deleted...]
-  <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...14 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
     <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2015L01825</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
@@ -1328,51 +1337,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2336,1326 +2345,1328 @@
       </c>
       <c r="P20" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>148</v>
       </c>
       <c r="B21" t="s">
         <v>149</v>
       </c>
       <c r="C21" t="s">
         <v>35</v>
       </c>
       <c r="D21" t="s">
         <v>69</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>150</v>
       </c>
       <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21">
         <v>2015</v>
       </c>
-      <c r="I21"/>
       <c r="J21" t="s">
         <v>46</v>
       </c>
       <c r="K21" t="s">
         <v>70</v>
       </c>
       <c r="L21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M21" t="s">
         <v>40</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
         <v>35</v>
       </c>
       <c r="D22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>45</v>
+        <v>157</v>
       </c>
       <c r="H22">
         <v>2008</v>
       </c>
       <c r="I22">
         <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>46</v>
+        <v>120</v>
       </c>
       <c r="K22" t="s">
         <v>70</v>
       </c>
       <c r="L22" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="M22" t="s">
         <v>40</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="P22" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
         <v>35</v>
       </c>
       <c r="D23" t="s">
         <v>99</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>150</v>
       </c>
       <c r="H23">
         <v>2021</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>38</v>
       </c>
       <c r="K23" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="L23" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M23" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N23" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="O23" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="P23" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B24" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C24" t="s">
         <v>35</v>
       </c>
       <c r="D24" t="s">
         <v>99</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>8</v>
       </c>
       <c r="H24">
         <v>2019</v>
       </c>
       <c r="I24">
         <v>2025</v>
       </c>
       <c r="J24" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M24" t="s">
         <v>135</v>
       </c>
       <c r="N24" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="O24" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="P24" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B25" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C25" t="s">
         <v>35</v>
       </c>
       <c r="D25" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2021</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M25" t="s">
         <v>121</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="P25" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B26" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C26" t="s">
         <v>35</v>
       </c>
       <c r="D26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>119</v>
       </c>
       <c r="H26">
         <v>2020</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>120</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M26" t="s">
         <v>121</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C27" t="s">
         <v>35</v>
       </c>
       <c r="D27" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>8</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27">
         <v>2025</v>
       </c>
       <c r="J27" t="s">
         <v>120</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>135</v>
       </c>
       <c r="N27" t="s">
         <v>115</v>
       </c>
       <c r="O27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="P27" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B28" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C28" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D28" t="s">
         <v>69</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G28" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>191</v>
+        <v>111</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
         <v>193</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>194</v>
       </c>
       <c r="P28" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B29" t="s">
         <v>196</v>
       </c>
       <c r="C29" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="D29" t="s">
         <v>69</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G29" t="s">
         <v>45</v>
       </c>
       <c r="H29">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I29"/>
+        <v>2013</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
       <c r="J29" t="s">
-        <v>111</v>
+        <v>197</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29"/>
+      <c r="L29" t="s">
+        <v>198</v>
+      </c>
       <c r="M29" t="s">
         <v>193</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C30" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="D30" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G30" t="s">
         <v>45</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="M30" t="s">
         <v>193</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="P30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C31" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D31" t="s">
         <v>99</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>37</v>
       </c>
       <c r="G31" t="s">
         <v>45</v>
       </c>
       <c r="H31">
         <v>2005</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="M31" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="P31" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B32" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C32" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="D32" t="s">
         <v>52</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>218</v>
       </c>
       <c r="H32">
         <v>2020</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="M32" t="s">
         <v>193</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="P32" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B33" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C33" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="D33" t="s">
         <v>36</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2020</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="M33" t="s">
         <v>193</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="P33" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B34" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C34" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D34" t="s">
         <v>99</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>37</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>1987</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="M34" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="P34" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B35" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C35" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D35" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G35" t="s">
         <v>45</v>
       </c>
       <c r="H35">
         <v>2008</v>
       </c>
       <c r="I35">
         <v>2020</v>
       </c>
       <c r="J35" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="M35" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="N35" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="O35" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="P35" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B36" t="s">
         <v>89</v>
       </c>
       <c r="C36" t="s">
         <v>90</v>
       </c>
       <c r="D36" t="s">
         <v>91</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2009</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>100</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>93</v>
       </c>
       <c r="M36" t="s">
         <v>94</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="P36" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B37" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C37" t="s">
         <v>90</v>
       </c>
       <c r="D37" t="s">
         <v>99</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>45</v>
       </c>
       <c r="H37">
         <v>2002</v>
       </c>
       <c r="I37">
         <v>2007</v>
       </c>
       <c r="J37" t="s">
         <v>100</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
         <v>101</v>
       </c>
       <c r="M37" t="s">
         <v>94</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
+        <v>251</v>
+      </c>
+      <c r="P37" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B38" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C38" t="s">
         <v>90</v>
       </c>
       <c r="D38" t="s">
         <v>19</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>45</v>
       </c>
       <c r="H38">
         <v>2011</v>
       </c>
       <c r="I38">
         <v>2015</v>
       </c>
       <c r="J38" t="s">
         <v>100</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>94</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="P38" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B39" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C39" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D39" t="s">
         <v>36</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="M39" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="P39" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D40" t="s">
         <v>31</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="P40" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D41" t="s">
         <v>36</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2020</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="P41" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B42" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C42" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D42" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="P42" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B43" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C43" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D43" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="G43" t="s">
         <v>8</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43">
         <v>2024</v>
       </c>
       <c r="J43" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="M43" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="P43" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B44" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C44" t="s">
         <v>90</v>
       </c>
       <c r="D44" t="s">
         <v>36</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="G44" t="s">
         <v>8</v>
       </c>
       <c r="H44">
         <v>2004</v>
       </c>
       <c r="I44">
         <v>2024</v>
       </c>
       <c r="J44" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
+        <v>286</v>
+      </c>
+      <c r="M44" t="s">
+        <v>281</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>287</v>
+      </c>
+      <c r="P44" t="s">
         <v>283</v>
-      </c>
-[...10 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B45" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C45" t="s">
         <v>81</v>
       </c>
       <c r="D45" t="s">
         <v>126</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>110</v>
       </c>
       <c r="H45">
         <v>2021</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>84</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>85</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="P45" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B46" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C46" t="s">
         <v>81</v>
       </c>
       <c r="D46" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>110</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>84</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>85</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="P46" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B47" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C47" t="s">
         <v>81</v>
       </c>
       <c r="D47" t="s">
         <v>36</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>45</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
       <c r="I47">
         <v>2015</v>
       </c>
       <c r="J47" t="s">
         <v>84</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>85</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="P47" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">