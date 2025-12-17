--- v0 (2025-10-13)
+++ v1 (2025-12-17)
@@ -12,1426 +12,2063 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="629">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18492012</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
+  </si>
+  <si>
+    <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerator</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Refrigerators (2022)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/refrigerator-meps</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1695,4763 +2332,5420 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N110"/>
+  <dimension ref="A1:P110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1997</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...25 lines deleted...]
-      <c r="F3" t="s">
+      <c r="H7">
+        <v>2005</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...139 lines deleted...]
-      <c r="N6" t="s">
+      <c r="F8" t="s">
         <v>46</v>
       </c>
-    </row>
-[...64 lines deleted...]
-        <v>2012</v>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-        <v>43</v>
+      <c r="I8">
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K8" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N8" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>73</v>
+      </c>
+      <c r="G9" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9">
         <v>2016</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="D10" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="F10" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G10"/>
+        <v>73</v>
+      </c>
+      <c r="G10" t="s">
+        <v>84</v>
+      </c>
       <c r="H10"/>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="N10" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="E11" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F11" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>92</v>
+      </c>
+      <c r="G11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11">
         <v>2020</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K11" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="N11" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>92</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
-        <v>68</v>
+      <c r="I12">
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>92</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>85</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>94</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>83</v>
+      </c>
+      <c r="F14" t="s">
+        <v>92</v>
+      </c>
+      <c r="G14" t="s">
+        <v>38</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>85</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>94</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>92</v>
+      </c>
+      <c r="G15" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
+        <v>94</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16" t="s">
+        <v>83</v>
+      </c>
+      <c r="F16" t="s">
+        <v>92</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1999</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>52</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>94</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
+        <v>59</v>
+      </c>
+      <c r="E17" t="s">
+        <v>83</v>
+      </c>
+      <c r="F17" t="s">
+        <v>92</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1999</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>125</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>94</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>133</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2023</v>
+      </c>
+      <c r="J18" t="s">
+        <v>134</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>135</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" t="s">
+        <v>141</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...25 lines deleted...]
-      <c r="E13" t="s">
+      <c r="G19" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>134</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>142</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1986</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>125</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>152</v>
+      </c>
+      <c r="D21" t="s">
+        <v>153</v>
+      </c>
+      <c r="E21" t="s">
+        <v>154</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>84</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>155</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>152</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>154</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>84</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>155</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>156</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>163</v>
+      </c>
+      <c r="D23" t="s">
+        <v>164</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>73</v>
       </c>
-      <c r="F13" t="s">
-[...421 lines deleted...]
-        <v>2023</v>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2023</v>
       </c>
-      <c r="I23" t="s">
-        <v>124</v>
+      <c r="I23">
+        <v>2023</v>
       </c>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>165</v>
       </c>
       <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>166</v>
+      </c>
+      <c r="M23" t="s">
+        <v>167</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>172</v>
+      </c>
+      <c r="D24" t="s">
+        <v>72</v>
+      </c>
+      <c r="E24" t="s">
+        <v>83</v>
+      </c>
+      <c r="F24" t="s">
+        <v>73</v>
+      </c>
+      <c r="G24" t="s">
+        <v>84</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>155</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>173</v>
+      </c>
+      <c r="M24" t="s">
+        <v>174</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>177</v>
+      </c>
+      <c r="B25" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
+        <v>180</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>73</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>155</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>181</v>
+      </c>
+      <c r="M25" t="s">
+        <v>182</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>183</v>
+      </c>
+      <c r="P25" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>185</v>
+      </c>
+      <c r="B26" t="s">
+        <v>186</v>
+      </c>
+      <c r="C26" t="s">
+        <v>187</v>
+      </c>
+      <c r="D26" t="s">
+        <v>59</v>
+      </c>
+      <c r="E26" t="s">
+        <v>83</v>
+      </c>
+      <c r="F26" t="s">
+        <v>92</v>
+      </c>
+      <c r="G26" t="s">
+        <v>38</v>
+      </c>
+      <c r="H26">
+        <v>1995</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
         <v>125</v>
       </c>
-      <c r="L23" t="s">
-[...117 lines deleted...]
-      </c>
       <c r="K26" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>142</v>
+        <v>188</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N26" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>144</v>
+        <v>192</v>
       </c>
       <c r="B27" t="s">
-        <v>140</v>
+        <v>193</v>
       </c>
       <c r="C27" t="s">
-        <v>84</v>
+        <v>187</v>
       </c>
       <c r="D27" t="s">
-        <v>66</v>
+        <v>109</v>
       </c>
       <c r="E27" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>92</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2013</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2015</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="K27" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>142</v>
+        <v>194</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N27" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>195</v>
+      </c>
+      <c r="P27" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>197</v>
       </c>
       <c r="B28" t="s">
-        <v>140</v>
+        <v>198</v>
       </c>
       <c r="C28" t="s">
-        <v>84</v>
+        <v>187</v>
       </c>
       <c r="D28" t="s">
-        <v>66</v>
+        <v>109</v>
       </c>
       <c r="E28" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>92</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2013</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2010</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="K28" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>149</v>
+        <v>199</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="N28" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>151</v>
+        <v>203</v>
       </c>
       <c r="B29" t="s">
-        <v>140</v>
+        <v>204</v>
       </c>
       <c r="C29" t="s">
-        <v>84</v>
+        <v>187</v>
       </c>
       <c r="D29" t="s">
-        <v>66</v>
+        <v>109</v>
       </c>
       <c r="E29" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>92</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2013</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2014</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="K29" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>149</v>
+        <v>205</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="N29" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>206</v>
+      </c>
+      <c r="P29" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>154</v>
+        <v>208</v>
       </c>
       <c r="B30" t="s">
-        <v>140</v>
+        <v>209</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>187</v>
       </c>
       <c r="D30" t="s">
-        <v>66</v>
+        <v>109</v>
       </c>
       <c r="E30" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>92</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2013</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2015</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="K30" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>142</v>
+        <v>210</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N30" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>157</v>
+        <v>213</v>
       </c>
       <c r="B31" t="s">
-        <v>140</v>
+        <v>214</v>
       </c>
       <c r="C31" t="s">
-        <v>48</v>
+        <v>187</v>
       </c>
       <c r="D31" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="E31" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>92</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2010</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2011</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="K31" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>149</v>
+        <v>188</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="N31" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>215</v>
+      </c>
+      <c r="P31" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>159</v>
+        <v>216</v>
       </c>
       <c r="B32" t="s">
-        <v>160</v>
+        <v>217</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
+        <v>218</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="E32" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>46</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
-      <c r="I32" t="s">
-        <v>161</v>
+      <c r="I32">
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>220</v>
       </c>
       <c r="N32" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>221</v>
+      </c>
+      <c r="P32" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="B33" t="s">
-        <v>160</v>
+        <v>224</v>
       </c>
       <c r="C33" t="s">
-        <v>48</v>
+        <v>218</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E33" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>46</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2010</v>
       </c>
-      <c r="I33" t="s">
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>225</v>
+      </c>
+      <c r="M33" t="s">
+        <v>220</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>226</v>
+      </c>
+      <c r="P33" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>228</v>
+      </c>
+      <c r="B34" t="s">
+        <v>229</v>
+      </c>
+      <c r="C34" t="s">
+        <v>218</v>
+      </c>
+      <c r="D34" t="s">
+        <v>164</v>
+      </c>
+      <c r="E34" t="s">
         <v>20</v>
       </c>
-      <c r="J33" t="s">
+      <c r="F34" t="s">
+        <v>46</v>
+      </c>
+      <c r="G34" t="s">
+        <v>38</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>220</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>230</v>
+      </c>
+      <c r="P34" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>231</v>
+      </c>
+      <c r="B35" t="s">
+        <v>232</v>
+      </c>
+      <c r="C35" t="s">
+        <v>218</v>
+      </c>
+      <c r="D35" t="s">
+        <v>233</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>46</v>
+      </c>
+      <c r="G35" t="s">
+        <v>38</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>234</v>
+      </c>
+      <c r="M35" t="s">
+        <v>220</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>235</v>
+      </c>
+      <c r="P35" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>236</v>
+      </c>
+      <c r="B36" t="s">
+        <v>237</v>
+      </c>
+      <c r="C36" t="s">
+        <v>218</v>
+      </c>
+      <c r="D36" t="s">
+        <v>59</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>46</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1992</v>
+      </c>
+      <c r="I36">
+        <v>2009</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>225</v>
+      </c>
+      <c r="M36" t="s">
+        <v>220</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>242</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F37" t="s">
+        <v>46</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37">
+        <v>2019</v>
+      </c>
+      <c r="J37" t="s">
+        <v>243</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>244</v>
+      </c>
+      <c r="M37" t="s">
+        <v>245</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>246</v>
+      </c>
+      <c r="P37" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>248</v>
+      </c>
+      <c r="B38" t="s">
+        <v>249</v>
+      </c>
+      <c r="C38" t="s">
+        <v>242</v>
+      </c>
+      <c r="D38" t="s">
+        <v>109</v>
+      </c>
+      <c r="E38" t="s">
+        <v>83</v>
+      </c>
+      <c r="F38" t="s">
+        <v>46</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2017</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>243</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>250</v>
+      </c>
+      <c r="M38" t="s">
+        <v>245</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>251</v>
+      </c>
+      <c r="P38" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>253</v>
+      </c>
+      <c r="B39" t="s">
+        <v>254</v>
+      </c>
+      <c r="C39" t="s">
+        <v>255</v>
+      </c>
+      <c r="D39" t="s">
+        <v>256</v>
+      </c>
+      <c r="E39" t="s">
+        <v>83</v>
+      </c>
+      <c r="F39" t="s">
+        <v>92</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1995</v>
+      </c>
+      <c r="I39">
+        <v>2021</v>
+      </c>
+      <c r="J39" t="s">
+        <v>155</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>257</v>
+      </c>
+      <c r="M39" t="s">
+        <v>258</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>259</v>
+      </c>
+      <c r="P39" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>261</v>
+      </c>
+      <c r="B40" t="s">
+        <v>262</v>
+      </c>
+      <c r="C40" t="s">
+        <v>263</v>
+      </c>
+      <c r="D40" t="s">
+        <v>264</v>
+      </c>
+      <c r="E40" t="s">
+        <v>83</v>
+      </c>
+      <c r="F40" t="s">
+        <v>73</v>
+      </c>
+      <c r="G40" t="s">
+        <v>38</v>
+      </c>
+      <c r="H40">
+        <v>2017</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>265</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>266</v>
+      </c>
+      <c r="M40" t="s">
+        <v>267</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>268</v>
+      </c>
+      <c r="P40" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>270</v>
+      </c>
+      <c r="B41" t="s">
+        <v>271</v>
+      </c>
+      <c r="C41" t="s">
+        <v>163</v>
+      </c>
+      <c r="D41" t="s">
+        <v>59</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>73</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2007</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>155</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>272</v>
+      </c>
+      <c r="M41" t="s">
+        <v>167</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>273</v>
+      </c>
+      <c r="P41" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>275</v>
+      </c>
+      <c r="B42" t="s">
+        <v>276</v>
+      </c>
+      <c r="C42" t="s">
+        <v>163</v>
+      </c>
+      <c r="D42" t="s">
+        <v>59</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>73</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2006</v>
+      </c>
+      <c r="I42">
+        <v>2024</v>
+      </c>
+      <c r="J42" t="s">
+        <v>165</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>277</v>
+      </c>
+      <c r="M42" t="s">
+        <v>167</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>278</v>
+      </c>
+      <c r="P42" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>280</v>
+      </c>
+      <c r="B43" t="s">
+        <v>281</v>
+      </c>
+      <c r="C43" t="s">
+        <v>282</v>
+      </c>
+      <c r="D43" t="s">
+        <v>283</v>
+      </c>
+      <c r="E43" t="s">
+        <v>83</v>
+      </c>
+      <c r="F43" t="s">
+        <v>46</v>
+      </c>
+      <c r="G43" t="s">
+        <v>38</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>284</v>
+      </c>
+      <c r="K43" t="s">
+        <v>285</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>286</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>287</v>
+      </c>
+      <c r="P43" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>289</v>
+      </c>
+      <c r="B44" t="s">
+        <v>290</v>
+      </c>
+      <c r="C44" t="s">
+        <v>152</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>73</v>
+      </c>
+      <c r="G44" t="s">
+        <v>38</v>
+      </c>
+      <c r="H44">
+        <v>2023</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>291</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>292</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>293</v>
+      </c>
+      <c r="P44" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>295</v>
+      </c>
+      <c r="B45" t="s">
+        <v>296</v>
+      </c>
+      <c r="C45" t="s">
+        <v>152</v>
+      </c>
+      <c r="D45" t="s">
+        <v>59</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>73</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45">
+        <v>2024</v>
+      </c>
+      <c r="J45" t="s">
+        <v>291</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>297</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>298</v>
+      </c>
+      <c r="P45" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>300</v>
+      </c>
+      <c r="B46" t="s">
+        <v>301</v>
+      </c>
+      <c r="C46" t="s">
+        <v>152</v>
+      </c>
+      <c r="D46" t="s">
+        <v>109</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>73</v>
+      </c>
+      <c r="G46" t="s">
+        <v>38</v>
+      </c>
+      <c r="H46">
+        <v>2025</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>291</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>297</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>302</v>
+      </c>
+      <c r="P46" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>303</v>
+      </c>
+      <c r="B47" t="s">
+        <v>304</v>
+      </c>
+      <c r="C47" t="s">
+        <v>51</v>
+      </c>
+      <c r="D47" t="s">
+        <v>59</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K33" t="s">
-[...25 lines deleted...]
-      <c r="E34" t="s">
+      <c r="G47" t="s">
+        <v>305</v>
+      </c>
+      <c r="H47">
+        <v>1989</v>
+      </c>
+      <c r="I47">
+        <v>2016</v>
+      </c>
+      <c r="J47" t="s">
+        <v>85</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>306</v>
+      </c>
+      <c r="M47" t="s">
+        <v>307</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>308</v>
+      </c>
+      <c r="P47" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>310</v>
+      </c>
+      <c r="B48" t="s">
+        <v>311</v>
+      </c>
+      <c r="C48" t="s">
+        <v>51</v>
+      </c>
+      <c r="D48" t="s">
+        <v>59</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>312</v>
+      </c>
+      <c r="H48">
+        <v>1989</v>
+      </c>
+      <c r="I48">
+        <v>2025</v>
+      </c>
+      <c r="J48" t="s">
+        <v>313</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>314</v>
+      </c>
+      <c r="M48" t="s">
+        <v>307</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>315</v>
+      </c>
+      <c r="P48" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>317</v>
+      </c>
+      <c r="B49" t="s">
+        <v>318</v>
+      </c>
+      <c r="C49" t="s">
+        <v>51</v>
+      </c>
+      <c r="D49" t="s">
+        <v>19</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49">
+        <v>2012</v>
+      </c>
+      <c r="J49" t="s">
+        <v>85</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>66</v>
+      </c>
+      <c r="M49" t="s">
+        <v>54</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>319</v>
+      </c>
+      <c r="P49" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>321</v>
+      </c>
+      <c r="B50" t="s">
+        <v>322</v>
+      </c>
+      <c r="C50" t="s">
+        <v>51</v>
+      </c>
+      <c r="D50" t="s">
+        <v>19</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2011</v>
+      </c>
+      <c r="I50">
+        <v>2017</v>
+      </c>
+      <c r="J50" t="s">
+        <v>85</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>323</v>
+      </c>
+      <c r="M50" t="s">
+        <v>54</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>324</v>
+      </c>
+      <c r="P50" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>326</v>
+      </c>
+      <c r="B51" t="s">
+        <v>327</v>
+      </c>
+      <c r="C51" t="s">
+        <v>51</v>
+      </c>
+      <c r="D51" t="s">
+        <v>91</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
         <v>38</v>
       </c>
-      <c r="F34" t="s">
+      <c r="H51">
+        <v>2021</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>52</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>328</v>
+      </c>
+      <c r="M51" t="s">
+        <v>329</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>330</v>
+      </c>
+      <c r="P51" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>332</v>
+      </c>
+      <c r="B52" t="s">
+        <v>333</v>
+      </c>
+      <c r="C52" t="s">
+        <v>51</v>
+      </c>
+      <c r="D52" t="s">
+        <v>109</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>38</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>85</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>334</v>
+      </c>
+      <c r="M52" t="s">
+        <v>54</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>335</v>
+      </c>
+      <c r="P52" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>337</v>
+      </c>
+      <c r="B53" t="s">
+        <v>338</v>
+      </c>
+      <c r="C53" t="s">
+        <v>51</v>
+      </c>
+      <c r="D53" t="s">
+        <v>339</v>
+      </c>
+      <c r="E53" t="s">
+        <v>83</v>
+      </c>
+      <c r="F53" t="s">
+        <v>92</v>
+      </c>
+      <c r="G53" t="s">
+        <v>38</v>
+      </c>
+      <c r="H53">
+        <v>2021</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>155</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>340</v>
+      </c>
+      <c r="M53" t="s">
+        <v>341</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>342</v>
+      </c>
+      <c r="P53" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>344</v>
+      </c>
+      <c r="B54" t="s">
+        <v>345</v>
+      </c>
+      <c r="C54" t="s">
+        <v>346</v>
+      </c>
+      <c r="D54" t="s">
+        <v>347</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>73</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2013</v>
+      </c>
+      <c r="I54">
+        <v>2024</v>
+      </c>
+      <c r="J54" t="s">
+        <v>348</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>349</v>
+      </c>
+      <c r="M54" t="s">
+        <v>350</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>351</v>
+      </c>
+      <c r="P54" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>353</v>
+      </c>
+      <c r="B55" t="s">
+        <v>354</v>
+      </c>
+      <c r="C55" t="s">
+        <v>346</v>
+      </c>
+      <c r="D55" t="s">
+        <v>164</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>73</v>
+      </c>
+      <c r="G55" t="s">
+        <v>38</v>
+      </c>
+      <c r="H55">
+        <v>2025</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>291</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>349</v>
+      </c>
+      <c r="M55" t="s">
+        <v>350</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>355</v>
+      </c>
+      <c r="P55" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>357</v>
+      </c>
+      <c r="B56" t="s">
+        <v>358</v>
+      </c>
+      <c r="C56" t="s">
+        <v>359</v>
+      </c>
+      <c r="D56" t="s">
+        <v>59</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>73</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56">
+        <v>2024</v>
+      </c>
+      <c r="J56" t="s">
+        <v>348</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>360</v>
+      </c>
+      <c r="M56" t="s">
+        <v>350</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>361</v>
+      </c>
+      <c r="P56" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>363</v>
+      </c>
+      <c r="B57" t="s">
+        <v>364</v>
+      </c>
+      <c r="C57" t="s">
+        <v>365</v>
+      </c>
+      <c r="D57" t="s">
         <v>32</v>
       </c>
-      <c r="G34">
-[...3 lines deleted...]
-      <c r="I34" t="s">
+      <c r="E57" t="s">
         <v>20</v>
       </c>
-      <c r="J34" t="s">
+      <c r="F57" t="s">
+        <v>73</v>
+      </c>
+      <c r="G57" t="s">
+        <v>38</v>
+      </c>
+      <c r="H57">
+        <v>2019</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>243</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>366</v>
+      </c>
+      <c r="M57" t="s">
+        <v>367</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>368</v>
+      </c>
+      <c r="P57" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>370</v>
+      </c>
+      <c r="B58" t="s">
+        <v>371</v>
+      </c>
+      <c r="C58" t="s">
+        <v>365</v>
+      </c>
+      <c r="D58" t="s">
+        <v>19</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-[...23 lines deleted...]
-      <c r="E35" t="s">
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2003</v>
+      </c>
+      <c r="I58">
+        <v>2024</v>
+      </c>
+      <c r="J58" t="s">
+        <v>372</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>373</v>
+      </c>
+      <c r="M58" t="s">
+        <v>367</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>374</v>
+      </c>
+      <c r="P58" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>376</v>
+      </c>
+      <c r="B59" t="s">
+        <v>377</v>
+      </c>
+      <c r="C59" t="s">
+        <v>187</v>
+      </c>
+      <c r="D59" t="s">
+        <v>32</v>
+      </c>
+      <c r="E59" t="s">
+        <v>83</v>
+      </c>
+      <c r="F59" t="s">
+        <v>92</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1998</v>
+      </c>
+      <c r="I59">
+        <v>2014</v>
+      </c>
+      <c r="J59" t="s">
+        <v>378</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>379</v>
+      </c>
+      <c r="M59" t="s">
+        <v>189</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>380</v>
+      </c>
+      <c r="P59" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>382</v>
+      </c>
+      <c r="B60" t="s">
+        <v>383</v>
+      </c>
+      <c r="C60" t="s">
+        <v>187</v>
+      </c>
+      <c r="D60" t="s">
+        <v>109</v>
+      </c>
+      <c r="E60" t="s">
+        <v>83</v>
+      </c>
+      <c r="F60" t="s">
+        <v>92</v>
+      </c>
+      <c r="G60" t="s">
         <v>38</v>
       </c>
-      <c r="F35" t="s">
-[...6 lines deleted...]
-      <c r="I35" t="s">
+      <c r="H60">
+        <v>2013</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>125</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>189</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>384</v>
+      </c>
+      <c r="P60" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>386</v>
+      </c>
+      <c r="B61" t="s">
+        <v>387</v>
+      </c>
+      <c r="C61" t="s">
+        <v>187</v>
+      </c>
+      <c r="D61" t="s">
+        <v>109</v>
+      </c>
+      <c r="E61" t="s">
+        <v>83</v>
+      </c>
+      <c r="F61" t="s">
+        <v>92</v>
+      </c>
+      <c r="G61" t="s">
+        <v>38</v>
+      </c>
+      <c r="H61">
+        <v>2013</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>125</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>189</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>388</v>
+      </c>
+      <c r="P61" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>390</v>
+      </c>
+      <c r="B62" t="s">
+        <v>391</v>
+      </c>
+      <c r="C62" t="s">
+        <v>346</v>
+      </c>
+      <c r="D62" t="s">
+        <v>59</v>
+      </c>
+      <c r="E62" t="s">
         <v>20</v>
       </c>
-      <c r="J35" t="s">
+      <c r="F62" t="s">
+        <v>73</v>
+      </c>
+      <c r="G62" t="s">
+        <v>392</v>
+      </c>
+      <c r="H62">
+        <v>2015</v>
+      </c>
+      <c r="I62">
+        <v>2018</v>
+      </c>
+      <c r="J62" t="s">
+        <v>393</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>394</v>
+      </c>
+      <c r="M62" t="s">
+        <v>350</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>395</v>
+      </c>
+      <c r="P62" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>397</v>
+      </c>
+      <c r="B63" t="s">
+        <v>398</v>
+      </c>
+      <c r="C63" t="s">
+        <v>140</v>
+      </c>
+      <c r="D63" t="s">
+        <v>59</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>73</v>
+      </c>
+      <c r="G63" t="s">
+        <v>38</v>
+      </c>
+      <c r="H63">
+        <v>2021</v>
+      </c>
+      <c r="I63">
+        <v>2024</v>
+      </c>
+      <c r="J63" t="s">
+        <v>399</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>400</v>
+      </c>
+      <c r="M63" t="s">
+        <v>142</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>401</v>
+      </c>
+      <c r="P63" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>403</v>
+      </c>
+      <c r="B64" t="s">
+        <v>404</v>
+      </c>
+      <c r="C64" t="s">
+        <v>255</v>
+      </c>
+      <c r="D64" t="s">
+        <v>405</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>73</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2008</v>
+      </c>
+      <c r="I64">
+        <v>2020</v>
+      </c>
+      <c r="J64" t="s">
+        <v>74</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>406</v>
+      </c>
+      <c r="M64" t="s">
+        <v>407</v>
+      </c>
+      <c r="N64" t="s">
+        <v>408</v>
+      </c>
+      <c r="O64" t="s">
+        <v>409</v>
+      </c>
+      <c r="P64" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>411</v>
+      </c>
+      <c r="B65" t="s">
+        <v>412</v>
+      </c>
+      <c r="C65" t="s">
+        <v>179</v>
+      </c>
+      <c r="D65" t="s">
+        <v>413</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>46</v>
+      </c>
+      <c r="G65" t="s">
+        <v>38</v>
+      </c>
+      <c r="H65">
+        <v>2024</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>414</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>415</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>416</v>
+      </c>
+      <c r="P65" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>418</v>
+      </c>
+      <c r="B66" t="s">
+        <v>419</v>
+      </c>
+      <c r="C66" t="s">
+        <v>179</v>
+      </c>
+      <c r="D66" t="s">
+        <v>59</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>46</v>
+      </c>
+      <c r="G66" t="s">
+        <v>420</v>
+      </c>
+      <c r="H66">
+        <v>2008</v>
+      </c>
+      <c r="I66">
+        <v>2014</v>
+      </c>
+      <c r="J66" t="s">
+        <v>243</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>421</v>
+      </c>
+      <c r="M66" t="s">
+        <v>415</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>422</v>
+      </c>
+      <c r="P66" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>423</v>
+      </c>
+      <c r="B67" t="s">
+        <v>224</v>
+      </c>
+      <c r="C67" t="s">
+        <v>218</v>
+      </c>
+      <c r="D67" t="s">
+        <v>59</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...1358 lines deleted...]
-        <v>2010</v>
+      <c r="G67" t="s">
+        <v>22</v>
       </c>
       <c r="H67">
         <v>2010</v>
       </c>
-      <c r="I67" t="s">
+      <c r="I67">
+        <v>2010</v>
+      </c>
+      <c r="J67" t="s">
+        <v>23</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>225</v>
+      </c>
+      <c r="M67" t="s">
+        <v>220</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>424</v>
+      </c>
+      <c r="P67" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>425</v>
+      </c>
+      <c r="B68" t="s">
+        <v>426</v>
+      </c>
+      <c r="C68" t="s">
+        <v>179</v>
+      </c>
+      <c r="D68" t="s">
+        <v>413</v>
+      </c>
+      <c r="E68" t="s">
         <v>20</v>
       </c>
-      <c r="J67" t="s">
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K67" t="s">
-[...31 lines deleted...]
-      <c r="G68">
+      <c r="G68" t="s">
+        <v>38</v>
+      </c>
+      <c r="H68">
         <v>2025</v>
       </c>
-      <c r="H68"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
+        <v>414</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>415</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>427</v>
+      </c>
+      <c r="P68" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>429</v>
+      </c>
+      <c r="B69" t="s">
+        <v>217</v>
+      </c>
+      <c r="C69" t="s">
+        <v>218</v>
+      </c>
+      <c r="D69" t="s">
+        <v>109</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
         <v>21</v>
       </c>
-      <c r="K68"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G69" t="s">
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
-      <c r="I69" t="s">
-        <v>161</v>
+      <c r="I69">
+        <v>2012</v>
       </c>
       <c r="J69" t="s">
+        <v>219</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>220</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>430</v>
+      </c>
+      <c r="P69" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>431</v>
+      </c>
+      <c r="B70" t="s">
+        <v>229</v>
+      </c>
+      <c r="C70" t="s">
+        <v>218</v>
+      </c>
+      <c r="D70" t="s">
+        <v>164</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
         <v>21</v>
       </c>
-      <c r="K69"/>
-[...29 lines deleted...]
-      <c r="G70">
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
         <v>2004</v>
       </c>
-      <c r="H70">
+      <c r="I70">
         <v>2010</v>
       </c>
-      <c r="I70" t="s">
+      <c r="J70" t="s">
+        <v>23</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>220</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>432</v>
+      </c>
+      <c r="P70" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>433</v>
+      </c>
+      <c r="B71" t="s">
+        <v>434</v>
+      </c>
+      <c r="C71" t="s">
+        <v>218</v>
+      </c>
+      <c r="D71" t="s">
+        <v>233</v>
+      </c>
+      <c r="E71" t="s">
         <v>20</v>
       </c>
-      <c r="J70" t="s">
+      <c r="F71" t="s">
         <v>21</v>
       </c>
-      <c r="K70"/>
-[...26 lines deleted...]
-      <c r="F71" t="s">
+      <c r="G71" t="s">
+        <v>38</v>
+      </c>
+      <c r="H71">
+        <v>2004</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>234</v>
+      </c>
+      <c r="M71" t="s">
+        <v>220</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>435</v>
+      </c>
+      <c r="P71" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>436</v>
+      </c>
+      <c r="B72" t="s">
+        <v>437</v>
+      </c>
+      <c r="C72" t="s">
+        <v>218</v>
+      </c>
+      <c r="D72" t="s">
+        <v>59</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1992</v>
+      </c>
+      <c r="I72">
+        <v>2004</v>
+      </c>
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>225</v>
+      </c>
+      <c r="M72" t="s">
+        <v>220</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>438</v>
+      </c>
+      <c r="P72" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>440</v>
+      </c>
+      <c r="B73" t="s">
+        <v>441</v>
+      </c>
+      <c r="C73" t="s">
+        <v>179</v>
+      </c>
+      <c r="D73" t="s">
+        <v>59</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>392</v>
+      </c>
+      <c r="H73">
+        <v>2011</v>
+      </c>
+      <c r="I73">
+        <v>2022</v>
+      </c>
+      <c r="J73" t="s">
+        <v>243</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>442</v>
+      </c>
+      <c r="M73" t="s">
+        <v>415</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>443</v>
+      </c>
+      <c r="P73" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>444</v>
+      </c>
+      <c r="B74" t="s">
+        <v>445</v>
+      </c>
+      <c r="C74" t="s">
+        <v>179</v>
+      </c>
+      <c r="D74" t="s">
+        <v>59</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>8</v>
+      </c>
+      <c r="H74">
+        <v>2011</v>
+      </c>
+      <c r="I74">
+        <v>2025</v>
+      </c>
+      <c r="J74" t="s">
+        <v>414</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>415</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>446</v>
+      </c>
+      <c r="P74" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>447</v>
+      </c>
+      <c r="B75" t="s">
+        <v>448</v>
+      </c>
+      <c r="C75" t="s">
+        <v>152</v>
+      </c>
+      <c r="D75" t="s">
+        <v>59</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>73</v>
+      </c>
+      <c r="G75" t="s">
+        <v>449</v>
+      </c>
+      <c r="H75">
+        <v>2021</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>155</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>450</v>
+      </c>
+      <c r="M75" t="s">
+        <v>156</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>451</v>
+      </c>
+      <c r="P75" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>453</v>
+      </c>
+      <c r="B76" t="s">
+        <v>454</v>
+      </c>
+      <c r="C76" t="s">
+        <v>455</v>
+      </c>
+      <c r="D76" t="s">
+        <v>59</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>73</v>
+      </c>
+      <c r="G76" t="s">
+        <v>38</v>
+      </c>
+      <c r="H76">
+        <v>2024</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>399</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>456</v>
+      </c>
+      <c r="M76" t="s">
+        <v>457</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>458</v>
+      </c>
+      <c r="P76" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>460</v>
+      </c>
+      <c r="B77" t="s">
+        <v>461</v>
+      </c>
+      <c r="C77" t="s">
+        <v>187</v>
+      </c>
+      <c r="D77" t="s">
+        <v>59</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2000</v>
+      </c>
+      <c r="I77">
+        <v>2018</v>
+      </c>
+      <c r="J77" t="s">
+        <v>155</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>189</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>462</v>
+      </c>
+      <c r="P77" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>464</v>
+      </c>
+      <c r="B78" t="s">
+        <v>465</v>
+      </c>
+      <c r="C78" t="s">
+        <v>282</v>
+      </c>
+      <c r="D78" t="s">
+        <v>283</v>
+      </c>
+      <c r="E78" t="s">
+        <v>83</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>38</v>
+      </c>
+      <c r="H78">
+        <v>2013</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>284</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>286</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>466</v>
+      </c>
+      <c r="P78" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>467</v>
+      </c>
+      <c r="B79" t="s">
+        <v>468</v>
+      </c>
+      <c r="C79" t="s">
+        <v>152</v>
+      </c>
+      <c r="D79" t="s">
+        <v>469</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>73</v>
+      </c>
+      <c r="G79" t="s">
+        <v>38</v>
+      </c>
+      <c r="H79">
+        <v>2021</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>155</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>292</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>470</v>
+      </c>
+      <c r="P79" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>472</v>
+      </c>
+      <c r="B80" t="s">
+        <v>473</v>
+      </c>
+      <c r="C80" t="s">
+        <v>242</v>
+      </c>
+      <c r="D80" t="s">
+        <v>109</v>
+      </c>
+      <c r="E80" t="s">
+        <v>83</v>
+      </c>
+      <c r="F80" t="s">
+        <v>474</v>
+      </c>
+      <c r="G80" t="s">
+        <v>38</v>
+      </c>
+      <c r="H80">
+        <v>2021</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>475</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>476</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>477</v>
+      </c>
+      <c r="P80" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>479</v>
+      </c>
+      <c r="B81" t="s">
+        <v>480</v>
+      </c>
+      <c r="C81" t="s">
+        <v>242</v>
+      </c>
+      <c r="D81" t="s">
+        <v>59</v>
+      </c>
+      <c r="E81" t="s">
+        <v>83</v>
+      </c>
+      <c r="F81" t="s">
+        <v>474</v>
+      </c>
+      <c r="G81" t="s">
+        <v>38</v>
+      </c>
+      <c r="H81">
+        <v>2009</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>481</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>476</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>482</v>
+      </c>
+      <c r="P81" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>484</v>
+      </c>
+      <c r="B82" t="s">
+        <v>485</v>
+      </c>
+      <c r="C82" t="s">
+        <v>140</v>
+      </c>
+      <c r="D82" t="s">
         <v>32</v>
       </c>
-      <c r="G71">
-[...3 lines deleted...]
-      <c r="I71" t="s">
+      <c r="E82" t="s">
         <v>20</v>
       </c>
-      <c r="J71" t="s">
+      <c r="F82" t="s">
+        <v>46</v>
+      </c>
+      <c r="G82" t="s">
+        <v>38</v>
+      </c>
+      <c r="H82">
+        <v>2013</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>265</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>486</v>
+      </c>
+      <c r="M82" t="s">
+        <v>142</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>487</v>
+      </c>
+      <c r="P82" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>489</v>
+      </c>
+      <c r="B83" t="s">
+        <v>490</v>
+      </c>
+      <c r="C83" t="s">
+        <v>491</v>
+      </c>
+      <c r="D83" t="s">
+        <v>492</v>
+      </c>
+      <c r="E83" t="s">
+        <v>154</v>
+      </c>
+      <c r="F83" t="s">
+        <v>73</v>
+      </c>
+      <c r="G83" t="s">
+        <v>84</v>
+      </c>
+      <c r="H83"/>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>414</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83"/>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>493</v>
+      </c>
+      <c r="P83" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>495</v>
+      </c>
+      <c r="B84" t="s">
+        <v>496</v>
+      </c>
+      <c r="C84" t="s">
+        <v>187</v>
+      </c>
+      <c r="D84" t="s">
+        <v>59</v>
+      </c>
+      <c r="E84" t="s">
+        <v>83</v>
+      </c>
+      <c r="F84" t="s">
         <v>21</v>
       </c>
-      <c r="K71" t="s">
-[...40 lines deleted...]
-      <c r="J72" t="s">
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>1996</v>
+      </c>
+      <c r="I84">
+        <v>2011</v>
+      </c>
+      <c r="J84" t="s">
+        <v>125</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>188</v>
+      </c>
+      <c r="M84" t="s">
+        <v>189</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>497</v>
+      </c>
+      <c r="P84" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>499</v>
+      </c>
+      <c r="B85" t="s">
+        <v>59</v>
+      </c>
+      <c r="C85" t="s">
+        <v>187</v>
+      </c>
+      <c r="D85" t="s">
+        <v>164</v>
+      </c>
+      <c r="E85" t="s">
+        <v>83</v>
+      </c>
+      <c r="F85" t="s">
         <v>21</v>
       </c>
-      <c r="K72" t="s">
-[...526 lines deleted...]
-        <v>2011</v>
+      <c r="G85" t="s">
+        <v>22</v>
       </c>
       <c r="H85">
         <v>2011</v>
       </c>
-      <c r="I85" t="s">
-        <v>94</v>
+      <c r="I85">
+        <v>2011</v>
       </c>
       <c r="J85" t="s">
+        <v>125</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>188</v>
+      </c>
+      <c r="M85" t="s">
+        <v>189</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>500</v>
+      </c>
+      <c r="P85" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>499</v>
+      </c>
+      <c r="B86" t="s">
+        <v>59</v>
+      </c>
+      <c r="C86" t="s">
+        <v>187</v>
+      </c>
+      <c r="D86" t="s">
+        <v>59</v>
+      </c>
+      <c r="E86" t="s">
+        <v>83</v>
+      </c>
+      <c r="F86" t="s">
         <v>21</v>
       </c>
-      <c r="K85" t="s">
-[...31 lines deleted...]
-      <c r="G86">
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
         <v>1996</v>
       </c>
-      <c r="H86">
+      <c r="I86">
         <v>2011</v>
       </c>
-      <c r="I86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J86" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="K86" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>142</v>
+        <v>188</v>
       </c>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N86" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>501</v>
+      </c>
+      <c r="P86" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>350</v>
+        <v>502</v>
       </c>
       <c r="B87" t="s">
-        <v>351</v>
+        <v>503</v>
       </c>
       <c r="C87" t="s">
-        <v>57</v>
+        <v>504</v>
       </c>
       <c r="D87" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="E87" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="F87" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G87"/>
+        <v>73</v>
+      </c>
+      <c r="G87" t="s">
+        <v>84</v>
+      </c>
       <c r="H87"/>
-      <c r="I87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I87"/>
       <c r="J87" t="s">
-        <v>21</v>
+        <v>505</v>
       </c>
       <c r="K87" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>353</v>
+        <v>75</v>
       </c>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>506</v>
       </c>
       <c r="N87" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>507</v>
+      </c>
+      <c r="P87" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>355</v>
+        <v>509</v>
       </c>
       <c r="B88" t="s">
-        <v>140</v>
+        <v>510</v>
       </c>
       <c r="C88" t="s">
-        <v>84</v>
+        <v>187</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>46</v>
+      </c>
+      <c r="G88" t="s">
         <v>38</v>
       </c>
-      <c r="F88" t="s">
+      <c r="H88">
+        <v>2016</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>125</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>189</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>511</v>
+      </c>
+      <c r="P88" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>513</v>
+      </c>
+      <c r="B89" t="s">
+        <v>514</v>
+      </c>
+      <c r="C89" t="s">
+        <v>187</v>
+      </c>
+      <c r="D89" t="s">
+        <v>109</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>46</v>
+      </c>
+      <c r="G89" t="s">
+        <v>38</v>
+      </c>
+      <c r="H89">
+        <v>2016</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>125</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>189</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>515</v>
+      </c>
+      <c r="P89" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>517</v>
+      </c>
+      <c r="B90" t="s">
+        <v>518</v>
+      </c>
+      <c r="C90" t="s">
+        <v>187</v>
+      </c>
+      <c r="D90" t="s">
+        <v>109</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>73</v>
+      </c>
+      <c r="G90" t="s">
+        <v>38</v>
+      </c>
+      <c r="H90">
+        <v>2018</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>125</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>189</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>519</v>
+      </c>
+      <c r="P90" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>521</v>
+      </c>
+      <c r="B91" t="s">
+        <v>522</v>
+      </c>
+      <c r="C91" t="s">
+        <v>187</v>
+      </c>
+      <c r="D91" t="s">
+        <v>109</v>
+      </c>
+      <c r="E91" t="s">
+        <v>83</v>
+      </c>
+      <c r="F91" t="s">
+        <v>73</v>
+      </c>
+      <c r="G91" t="s">
+        <v>38</v>
+      </c>
+      <c r="H91">
+        <v>2018</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>125</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>189</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>523</v>
+      </c>
+      <c r="P91" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>525</v>
+      </c>
+      <c r="B92" t="s">
+        <v>526</v>
+      </c>
+      <c r="C92" t="s">
+        <v>187</v>
+      </c>
+      <c r="D92" t="s">
+        <v>59</v>
+      </c>
+      <c r="E92" t="s">
+        <v>83</v>
+      </c>
+      <c r="F92" t="s">
+        <v>46</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2010</v>
+      </c>
+      <c r="I92">
+        <v>2018</v>
+      </c>
+      <c r="J92" t="s">
+        <v>125</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>189</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>527</v>
+      </c>
+      <c r="P92" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>529</v>
+      </c>
+      <c r="B93" t="s">
+        <v>530</v>
+      </c>
+      <c r="C93" t="s">
+        <v>187</v>
+      </c>
+      <c r="D93" t="s">
         <v>32</v>
       </c>
-      <c r="G88">
-[...194 lines deleted...]
-      </c>
       <c r="E93" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="F93" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>46</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
       </c>
       <c r="H93">
         <v>2010</v>
       </c>
-      <c r="I93" t="s">
-        <v>94</v>
+      <c r="I93">
+        <v>2010</v>
       </c>
       <c r="J93" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="K93" t="s">
-        <v>366</v>
+        <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>142</v>
+        <v>531</v>
       </c>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N93" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>532</v>
+      </c>
+      <c r="P93" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>368</v>
+        <v>534</v>
       </c>
       <c r="B94" t="s">
-        <v>369</v>
+        <v>535</v>
       </c>
       <c r="C94" t="s">
-        <v>370</v>
+        <v>536</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>537</v>
       </c>
       <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>46</v>
+      </c>
+      <c r="G94" t="s">
         <v>38</v>
       </c>
-      <c r="F94" t="s">
-[...2 lines deleted...]
-      <c r="G94">
+      <c r="H94">
         <v>2018</v>
       </c>
-      <c r="H94"/>
-      <c r="I94" t="s">
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>74</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>538</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>539</v>
+      </c>
+      <c r="P94" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>541</v>
+      </c>
+      <c r="B95" t="s">
+        <v>542</v>
+      </c>
+      <c r="C95" t="s">
+        <v>163</v>
+      </c>
+      <c r="D95" t="s">
+        <v>164</v>
+      </c>
+      <c r="E95" t="s">
+        <v>83</v>
+      </c>
+      <c r="F95" t="s">
+        <v>73</v>
+      </c>
+      <c r="G95" t="s">
+        <v>38</v>
+      </c>
+      <c r="H95">
+        <v>2020</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>155</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>543</v>
+      </c>
+      <c r="M95" t="s">
+        <v>167</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>544</v>
+      </c>
+      <c r="P95" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>546</v>
+      </c>
+      <c r="B96" t="s">
+        <v>547</v>
+      </c>
+      <c r="C96" t="s">
+        <v>163</v>
+      </c>
+      <c r="D96" t="s">
+        <v>548</v>
+      </c>
+      <c r="E96" t="s">
+        <v>83</v>
+      </c>
+      <c r="F96" t="s">
+        <v>73</v>
+      </c>
+      <c r="G96" t="s">
+        <v>38</v>
+      </c>
+      <c r="H96">
+        <v>2024</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>165</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>549</v>
+      </c>
+      <c r="M96" t="s">
+        <v>550</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>551</v>
+      </c>
+      <c r="P96" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>553</v>
+      </c>
+      <c r="B97" t="s">
+        <v>554</v>
+      </c>
+      <c r="C97" t="s">
+        <v>179</v>
+      </c>
+      <c r="D97" t="s">
         <v>59</v>
       </c>
-      <c r="J94" t="s">
-[...109 lines deleted...]
-      </c>
       <c r="E97" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F97" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>92</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
       </c>
       <c r="H97">
         <v>2012</v>
       </c>
-      <c r="I97" t="s">
-        <v>352</v>
+      <c r="I97">
+        <v>2012</v>
       </c>
       <c r="J97" t="s">
+        <v>505</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>555</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>556</v>
+      </c>
+      <c r="P97" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>558</v>
+      </c>
+      <c r="B98" t="s">
+        <v>559</v>
+      </c>
+      <c r="C98" t="s">
+        <v>560</v>
+      </c>
+      <c r="D98" t="s">
+        <v>59</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>73</v>
+      </c>
+      <c r="G98" t="s">
+        <v>38</v>
+      </c>
+      <c r="H98">
+        <v>2020</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>393</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>561</v>
+      </c>
+      <c r="M98" t="s">
+        <v>562</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>563</v>
+      </c>
+      <c r="P98" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>565</v>
+      </c>
+      <c r="B99" t="s">
+        <v>566</v>
+      </c>
+      <c r="C99" t="s">
+        <v>131</v>
+      </c>
+      <c r="D99" t="s">
+        <v>19</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
         <v>21</v>
       </c>
-      <c r="K97"/>
-[...26 lines deleted...]
-      <c r="F98" t="s">
+      <c r="G99" t="s">
+        <v>38</v>
+      </c>
+      <c r="H99">
+        <v>2014</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>134</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>567</v>
+      </c>
+      <c r="M99" t="s">
+        <v>135</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>568</v>
+      </c>
+      <c r="P99" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>570</v>
+      </c>
+      <c r="B100" t="s">
+        <v>571</v>
+      </c>
+      <c r="C100" t="s">
+        <v>131</v>
+      </c>
+      <c r="D100" t="s">
         <v>32</v>
       </c>
-      <c r="G98">
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2007</v>
+      </c>
+      <c r="I100">
+        <v>2015</v>
+      </c>
+      <c r="J100" t="s">
+        <v>134</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>572</v>
+      </c>
+      <c r="M100" t="s">
+        <v>135</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>573</v>
+      </c>
+      <c r="P100" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>575</v>
+      </c>
+      <c r="B101" t="s">
+        <v>576</v>
+      </c>
+      <c r="C101" t="s">
+        <v>242</v>
+      </c>
+      <c r="D101" t="s">
+        <v>19</v>
+      </c>
+      <c r="E101" t="s">
+        <v>83</v>
+      </c>
+      <c r="F101" t="s">
+        <v>92</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2013</v>
+      </c>
+      <c r="I101">
+        <v>2021</v>
+      </c>
+      <c r="J101" t="s">
+        <v>475</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>577</v>
+      </c>
+      <c r="M101" t="s">
+        <v>578</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>579</v>
+      </c>
+      <c r="P101" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>581</v>
+      </c>
+      <c r="B102" t="s">
+        <v>582</v>
+      </c>
+      <c r="C102" t="s">
+        <v>242</v>
+      </c>
+      <c r="D102" t="s">
+        <v>59</v>
+      </c>
+      <c r="E102" t="s">
+        <v>83</v>
+      </c>
+      <c r="F102" t="s">
+        <v>92</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2002</v>
+      </c>
+      <c r="I102">
+        <v>2021</v>
+      </c>
+      <c r="J102" t="s">
+        <v>475</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>583</v>
+      </c>
+      <c r="M102" t="s">
+        <v>578</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>584</v>
+      </c>
+      <c r="P102" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>586</v>
+      </c>
+      <c r="B103" t="s">
+        <v>587</v>
+      </c>
+      <c r="C103" t="s">
+        <v>242</v>
+      </c>
+      <c r="D103" t="s">
+        <v>109</v>
+      </c>
+      <c r="E103" t="s">
+        <v>83</v>
+      </c>
+      <c r="F103" t="s">
+        <v>92</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2015</v>
+      </c>
+      <c r="I103">
+        <v>2021</v>
+      </c>
+      <c r="J103" t="s">
+        <v>475</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>588</v>
+      </c>
+      <c r="M103" t="s">
+        <v>578</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>589</v>
+      </c>
+      <c r="P103" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>591</v>
+      </c>
+      <c r="B104" t="s">
+        <v>592</v>
+      </c>
+      <c r="C104" t="s">
+        <v>242</v>
+      </c>
+      <c r="D104" t="s">
+        <v>59</v>
+      </c>
+      <c r="E104" t="s">
+        <v>83</v>
+      </c>
+      <c r="F104" t="s">
+        <v>46</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>1995</v>
+      </c>
+      <c r="I104">
+        <v>2019</v>
+      </c>
+      <c r="J104" t="s">
+        <v>243</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>593</v>
+      </c>
+      <c r="M104" t="s">
+        <v>245</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>594</v>
+      </c>
+      <c r="P104" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>596</v>
+      </c>
+      <c r="B105" t="s">
+        <v>597</v>
+      </c>
+      <c r="C105" t="s">
+        <v>255</v>
+      </c>
+      <c r="D105" t="s">
+        <v>109</v>
+      </c>
+      <c r="E105" t="s">
+        <v>83</v>
+      </c>
+      <c r="F105" t="s">
+        <v>92</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2013</v>
+      </c>
+      <c r="I105">
         <v>2020</v>
       </c>
-      <c r="H98"/>
-[...3 lines deleted...]
-      <c r="J98" t="s">
+      <c r="J105" t="s">
+        <v>155</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>258</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>598</v>
+      </c>
+      <c r="P105" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>600</v>
+      </c>
+      <c r="B106" t="s">
+        <v>601</v>
+      </c>
+      <c r="C106" t="s">
+        <v>242</v>
+      </c>
+      <c r="D106" t="s">
+        <v>59</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
         <v>21</v>
       </c>
-      <c r="K98" t="s">
-[...28 lines deleted...]
-      <c r="F99" t="s">
+      <c r="G106" t="s">
+        <v>602</v>
+      </c>
+      <c r="H106">
+        <v>2004</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>291</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>603</v>
+      </c>
+      <c r="M106" t="s">
+        <v>604</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>605</v>
+      </c>
+      <c r="P106" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>607</v>
+      </c>
+      <c r="B107" t="s">
+        <v>608</v>
+      </c>
+      <c r="C107" t="s">
+        <v>242</v>
+      </c>
+      <c r="D107" t="s">
+        <v>59</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>73</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2004</v>
+      </c>
+      <c r="I107">
+        <v>2021</v>
+      </c>
+      <c r="J107" t="s">
+        <v>291</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>604</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>609</v>
+      </c>
+      <c r="P107" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>611</v>
+      </c>
+      <c r="B108" t="s">
+        <v>612</v>
+      </c>
+      <c r="C108" t="s">
+        <v>242</v>
+      </c>
+      <c r="D108" t="s">
+        <v>613</v>
+      </c>
+      <c r="E108" t="s">
+        <v>83</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>38</v>
+      </c>
+      <c r="H108">
+        <v>2016</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>481</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>604</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>614</v>
+      </c>
+      <c r="P108" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>616</v>
+      </c>
+      <c r="B109" t="s">
+        <v>617</v>
+      </c>
+      <c r="C109" t="s">
+        <v>618</v>
+      </c>
+      <c r="D109" t="s">
         <v>32</v>
       </c>
-      <c r="G99">
-[...41 lines deleted...]
-      <c r="G100">
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>73</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2007</v>
       </c>
-      <c r="H100">
-[...34 lines deleted...]
-      <c r="E101" t="s">
+      <c r="I109">
+        <v>2012</v>
+      </c>
+      <c r="J109" t="s">
+        <v>23</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>619</v>
+      </c>
+      <c r="M109" t="s">
+        <v>620</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>621</v>
+      </c>
+      <c r="P109" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>623</v>
+      </c>
+      <c r="B110" t="s">
+        <v>624</v>
+      </c>
+      <c r="C110" t="s">
+        <v>625</v>
+      </c>
+      <c r="D110" t="s">
+        <v>72</v>
+      </c>
+      <c r="E110" t="s">
+        <v>83</v>
+      </c>
+      <c r="F110" t="s">
         <v>73</v>
       </c>
-      <c r="F101" t="s">
-[...128 lines deleted...]
-      <c r="E104" t="s">
+      <c r="G110" t="s">
         <v>38</v>
       </c>
-      <c r="F104" t="s">
-[...172 lines deleted...]
-      <c r="G108">
+      <c r="H110">
         <v>2016</v>
       </c>
-      <c r="H108"/>
-[...86 lines deleted...]
-      </c>
+      <c r="I110"/>
       <c r="J110" t="s">
-        <v>21</v>
+        <v>265</v>
       </c>
       <c r="K110" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>426</v>
+        <v>75</v>
       </c>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>626</v>
       </c>
       <c r="N110" t="s">
-        <v>427</v>
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>627</v>
+      </c>
+      <c r="P110" t="s">
+        <v>628</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>