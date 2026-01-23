--- v0 (2025-11-26)
+++ v1 (2026-01-23)
@@ -283,51 +283,51 @@
   <si>
     <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
     <t>This policy applies to clothes washers which are intended for household or similar use.</t>
   </si>
   <si>
@@ -351,51 +351,51 @@
   <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
     <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2015L01828</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
@@ -1577,63 +1577,63 @@
       </c>
       <c r="L12" t="s">
         <v>102</v>
       </c>
       <c r="M12" t="s">
         <v>96</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>103</v>
       </c>
       <c r="P12" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>105</v>
       </c>
       <c r="B13" t="s">
         <v>106</v>
       </c>
       <c r="C13" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>52</v>
       </c>
       <c r="G13" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>108</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>109</v>
       </c>
       <c r="M13" t="s">
         <v>88</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>110</v>
       </c>
       <c r="P13" t="s">
         <v>111</v>