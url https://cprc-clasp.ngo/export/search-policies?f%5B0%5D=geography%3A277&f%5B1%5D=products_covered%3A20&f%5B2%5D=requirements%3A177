--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,1460 +12,2088 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="622">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
+{a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
+(b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
+{c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ISO 5151 
 ,   
                     ISO 15042</t>
   </si>
   <si>
     <t>The Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-minimum-energy-efficiency-standards-and-energy-labelling-regulations</t>
   </si>
   <si>
+    <t>https://www.agc.gov.bn/AGC%20Images/LAWS/Gazette_PDF/2023/EN/S%2037_2023%20[E].pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
+  </si>
+  <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
   </si>
   <si>
     <t>Heat Pumps, Water</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for domestic fan that are used in household that is connected to main power supply including—
+(a) the ceiling fan with size from 48 inch up to16 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>MS 1220:2010
 ,   
                     IEC 60879:1986</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
   </si>
   <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
+  </si>
+  <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1729,4777 +2357,5430 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N110"/>
+  <dimension ref="A1:P110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1979</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...37 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...8 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...23 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...73 lines deleted...]
-      <c r="G6">
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7">
         <v>2012</v>
       </c>
-      <c r="H6">
-[...46 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="K7" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="N7" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>1998</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>56</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...6 lines deleted...]
-      <c r="N8" t="s">
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9">
+        <v>1990</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>57</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C9" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>59</v>
       </c>
-      <c r="D9" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>79</v>
+      </c>
+      <c r="G10" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10">
         <v>2020</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="K10" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="N10" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>79</v>
+      </c>
+      <c r="G11" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11">
         <v>2013</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="K11" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="N11" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E12" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>79</v>
+      </c>
+      <c r="G12" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12">
         <v>2008</v>
       </c>
-      <c r="H12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="K12" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="N12" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E13" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>79</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2020</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2021</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>100</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G14" t="s">
+        <v>50</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>80</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>82</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>79</v>
+      </c>
+      <c r="G15" t="s">
+        <v>50</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>80</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>82</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" t="s">
         <v>78</v>
       </c>
-      <c r="L13" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>79</v>
       </c>
-      <c r="M13" t="s">
-[...2 lines deleted...]
-      <c r="N13" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2005</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>117</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>82</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
+        <v>78</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>79</v>
+      </c>
+      <c r="G17" t="s">
+        <v>50</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
+      <c r="M17" t="s">
+        <v>82</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>79</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
         <v>80</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C14" t="s">
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>128</v>
+      </c>
+      <c r="M18" t="s">
         <v>82</v>
       </c>
-      <c r="D14" t="s">
-[...198 lines deleted...]
-      </c>
       <c r="N18" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>99</v>
+        <v>131</v>
       </c>
       <c r="B19" t="s">
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="C19" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>133</v>
       </c>
       <c r="E19" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>79</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2010</v>
       </c>
-      <c r="I19" t="s">
-        <v>65</v>
+      <c r="I19">
+        <v>2010</v>
       </c>
       <c r="J19" t="s">
+        <v>80</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>134</v>
+      </c>
+      <c r="M19" t="s">
+        <v>82</v>
+      </c>
+      <c r="N19" t="s">
+        <v>135</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" t="s">
+        <v>64</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>79</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2005</v>
+      </c>
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>80</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>140</v>
+      </c>
+      <c r="M20" t="s">
+        <v>82</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" t="s">
+        <v>145</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>79</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>80</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>146</v>
+      </c>
+      <c r="M21" t="s">
+        <v>82</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>147</v>
+      </c>
+      <c r="P21" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B22" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" t="s">
+        <v>151</v>
+      </c>
+      <c r="D22" t="s">
+        <v>152</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>50</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>153</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>154</v>
+      </c>
+      <c r="M22" t="s">
+        <v>155</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>160</v>
+      </c>
+      <c r="D23" t="s">
+        <v>161</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>162</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
+        <v>2023</v>
+      </c>
+      <c r="J23" t="s">
+        <v>163</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>164</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>167</v>
+      </c>
+      <c r="B24" t="s">
+        <v>168</v>
+      </c>
+      <c r="C24" t="s">
+        <v>169</v>
+      </c>
+      <c r="D24" t="s">
+        <v>170</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...25 lines deleted...]
-      <c r="E20" t="s">
+      <c r="G24" t="s">
+        <v>50</v>
+      </c>
+      <c r="H24">
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>163</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>171</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>172</v>
+      </c>
+      <c r="P24" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" t="s">
+        <v>175</v>
+      </c>
+      <c r="C25" t="s">
+        <v>169</v>
+      </c>
+      <c r="D25" t="s">
+        <v>176</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>50</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>163</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>171</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>179</v>
+      </c>
+      <c r="B26" t="s">
+        <v>180</v>
+      </c>
+      <c r="C26" t="s">
+        <v>181</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>182</v>
+      </c>
+      <c r="H26">
+        <v>2023</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>183</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>184</v>
+      </c>
+      <c r="M26" t="s">
+        <v>185</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>187</v>
+      </c>
+      <c r="B27" t="s">
+        <v>188</v>
+      </c>
+      <c r="C27" t="s">
+        <v>189</v>
+      </c>
+      <c r="D27" t="s">
+        <v>190</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>191</v>
+      </c>
+      <c r="M27" t="s">
+        <v>192</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>195</v>
+      </c>
+      <c r="B28" t="s">
+        <v>196</v>
+      </c>
+      <c r="C28" t="s">
+        <v>197</v>
+      </c>
+      <c r="D28" t="s">
+        <v>198</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>50</v>
+      </c>
+      <c r="H28">
+        <v>2023</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>199</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>200</v>
+      </c>
+      <c r="M28" t="s">
+        <v>201</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>202</v>
+      </c>
+      <c r="P28" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>204</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>206</v>
+      </c>
+      <c r="D29" t="s">
         <v>64</v>
       </c>
-      <c r="F20" t="s">
-[...5 lines deleted...]
-      <c r="H20">
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>79</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1993</v>
+      </c>
+      <c r="I29">
+        <v>2009</v>
+      </c>
+      <c r="J29" t="s">
+        <v>43</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>207</v>
+      </c>
+      <c r="M29" t="s">
+        <v>208</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>209</v>
+      </c>
+      <c r="P29" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>212</v>
+      </c>
+      <c r="C30" t="s">
+        <v>206</v>
+      </c>
+      <c r="D30" t="s">
+        <v>111</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>79</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1992</v>
+      </c>
+      <c r="I30">
+        <v>2016</v>
+      </c>
+      <c r="J30" t="s">
+        <v>43</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>208</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>213</v>
+      </c>
+      <c r="P30" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>214</v>
+      </c>
+      <c r="B31" t="s">
+        <v>215</v>
+      </c>
+      <c r="C31" t="s">
+        <v>206</v>
+      </c>
+      <c r="D31" t="s">
+        <v>216</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>79</v>
+      </c>
+      <c r="G31" t="s">
+        <v>50</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>43</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>217</v>
+      </c>
+      <c r="M31" t="s">
+        <v>208</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>218</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>220</v>
+      </c>
+      <c r="B32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C32" t="s">
+        <v>206</v>
+      </c>
+      <c r="D32" t="s">
+        <v>222</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>79</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2000</v>
+      </c>
+      <c r="I32">
         <v>2010</v>
       </c>
-      <c r="I20" t="s">
-[...2 lines deleted...]
-      <c r="J20" t="s">
+      <c r="J32" t="s">
+        <v>223</v>
+      </c>
+      <c r="K32" t="s">
+        <v>224</v>
+      </c>
+      <c r="L32" t="s">
+        <v>225</v>
+      </c>
+      <c r="M32" t="s">
+        <v>208</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>226</v>
+      </c>
+      <c r="P32" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>227</v>
+      </c>
+      <c r="B33" t="s">
+        <v>228</v>
+      </c>
+      <c r="C33" t="s">
+        <v>181</v>
+      </c>
+      <c r="D33" t="s">
+        <v>229</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>230</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>231</v>
+      </c>
+      <c r="M33" t="s">
+        <v>185</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>232</v>
+      </c>
+      <c r="P33" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>234</v>
+      </c>
+      <c r="B34" t="s">
+        <v>235</v>
+      </c>
+      <c r="C34" t="s">
+        <v>181</v>
+      </c>
+      <c r="D34" t="s">
+        <v>236</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>50</v>
+      </c>
+      <c r="H34">
+        <v>2023</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>237</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>238</v>
+      </c>
+      <c r="M34" t="s">
+        <v>185</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>239</v>
+      </c>
+      <c r="P34" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>241</v>
+      </c>
+      <c r="B35" t="s">
+        <v>242</v>
+      </c>
+      <c r="C35" t="s">
+        <v>181</v>
+      </c>
+      <c r="D35" t="s">
+        <v>64</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2011</v>
+      </c>
+      <c r="I35">
+        <v>2022</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>243</v>
+      </c>
+      <c r="M35" t="s">
+        <v>185</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>244</v>
+      </c>
+      <c r="P35" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>246</v>
+      </c>
+      <c r="B36" t="s">
+        <v>247</v>
+      </c>
+      <c r="C36" t="s">
+        <v>181</v>
+      </c>
+      <c r="D36" t="s">
+        <v>64</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2007</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
+      <c r="J36" t="s">
+        <v>230</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>248</v>
+      </c>
+      <c r="M36" t="s">
+        <v>185</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>249</v>
+      </c>
+      <c r="P36" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>251</v>
+      </c>
+      <c r="B37" t="s">
+        <v>252</v>
+      </c>
+      <c r="C37" t="s">
+        <v>181</v>
+      </c>
+      <c r="D37" t="s">
+        <v>253</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...25 lines deleted...]
-      <c r="E21" t="s">
+      <c r="G37" t="s">
+        <v>8</v>
+      </c>
+      <c r="H37">
+        <v>2007</v>
+      </c>
+      <c r="I37">
+        <v>2025</v>
+      </c>
+      <c r="J37" t="s">
+        <v>199</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>185</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>254</v>
+      </c>
+      <c r="P37" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>256</v>
+      </c>
+      <c r="B38" t="s">
+        <v>257</v>
+      </c>
+      <c r="C38" t="s">
+        <v>181</v>
+      </c>
+      <c r="D38" t="s">
         <v>64</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21">
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>50</v>
+      </c>
+      <c r="H38">
         <v>2015</v>
       </c>
-      <c r="I21" t="s">
-[...2 lines deleted...]
-      <c r="J21" t="s">
+      <c r="I38">
+        <v>2022</v>
+      </c>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>258</v>
+      </c>
+      <c r="M38" t="s">
+        <v>185</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>259</v>
+      </c>
+      <c r="P38" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>261</v>
+      </c>
+      <c r="B39" t="s">
+        <v>262</v>
+      </c>
+      <c r="C39" t="s">
+        <v>263</v>
+      </c>
+      <c r="D39" t="s">
+        <v>64</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39">
+        <v>2023</v>
+      </c>
+      <c r="J39" t="s">
+        <v>264</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>265</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>266</v>
+      </c>
+      <c r="P39" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>268</v>
+      </c>
+      <c r="B40" t="s">
+        <v>269</v>
+      </c>
+      <c r="C40" t="s">
+        <v>77</v>
+      </c>
+      <c r="D40" t="s">
+        <v>270</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...38 lines deleted...]
-      <c r="J22" t="s">
+      <c r="G40" t="s">
+        <v>271</v>
+      </c>
+      <c r="H40">
+        <v>1989</v>
+      </c>
+      <c r="I40">
+        <v>2009</v>
+      </c>
+      <c r="J40" t="s">
+        <v>272</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>128</v>
+      </c>
+      <c r="M40" t="s">
+        <v>82</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>273</v>
+      </c>
+      <c r="P40" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>275</v>
+      </c>
+      <c r="B41" t="s">
+        <v>276</v>
+      </c>
+      <c r="C41" t="s">
+        <v>77</v>
+      </c>
+      <c r="D41" t="s">
+        <v>270</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K22" t="s">
-[...13 lines deleted...]
-      <c r="A23" t="s">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1989</v>
+      </c>
+      <c r="I41">
+        <v>2021</v>
+      </c>
+      <c r="J41" t="s">
+        <v>272</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>277</v>
+      </c>
+      <c r="M41" t="s">
+        <v>278</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>279</v>
+      </c>
+      <c r="P41" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>281</v>
+      </c>
+      <c r="B42" t="s">
+        <v>282</v>
+      </c>
+      <c r="C42" t="s">
+        <v>77</v>
+      </c>
+      <c r="D42" t="s">
+        <v>64</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1989</v>
+      </c>
+      <c r="I42">
+        <v>2018</v>
+      </c>
+      <c r="J42" t="s">
+        <v>87</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
         <v>118</v>
       </c>
-      <c r="B23" t="s">
-[...23 lines deleted...]
-      <c r="J23" t="s">
+      <c r="M42" t="s">
+        <v>82</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>283</v>
+      </c>
+      <c r="P42" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>285</v>
+      </c>
+      <c r="B43" t="s">
+        <v>286</v>
+      </c>
+      <c r="C43" t="s">
+        <v>77</v>
+      </c>
+      <c r="D43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K23"/>
-[...36 lines deleted...]
-      <c r="J24" t="s">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2004</v>
+      </c>
+      <c r="I43">
+        <v>2017</v>
+      </c>
+      <c r="J43" t="s">
+        <v>87</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>287</v>
+      </c>
+      <c r="M43" t="s">
+        <v>82</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>288</v>
+      </c>
+      <c r="P43" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>290</v>
+      </c>
+      <c r="B44" t="s">
+        <v>291</v>
+      </c>
+      <c r="C44" t="s">
+        <v>77</v>
+      </c>
+      <c r="D44" t="s">
+        <v>292</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K24"/>
-[...36 lines deleted...]
-      <c r="J25" t="s">
+      <c r="G44" t="s">
+        <v>182</v>
+      </c>
+      <c r="H44">
+        <v>2024</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>230</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>293</v>
+      </c>
+      <c r="M44" t="s">
+        <v>294</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>295</v>
+      </c>
+      <c r="P44" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>297</v>
+      </c>
+      <c r="B45" t="s">
+        <v>298</v>
+      </c>
+      <c r="C45" t="s">
+        <v>77</v>
+      </c>
+      <c r="D45" t="s">
+        <v>133</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K25"/>
-[...33 lines deleted...]
-      <c r="I26" t="s">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2010</v>
+      </c>
+      <c r="I45">
+        <v>2021</v>
+      </c>
+      <c r="J45" t="s">
+        <v>80</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>299</v>
+      </c>
+      <c r="M45" t="s">
+        <v>82</v>
+      </c>
+      <c r="N45" t="s">
         <v>135</v>
       </c>
-      <c r="J26" t="s">
+      <c r="O45" t="s">
+        <v>300</v>
+      </c>
+      <c r="P45" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>302</v>
+      </c>
+      <c r="B46" t="s">
+        <v>303</v>
+      </c>
+      <c r="C46" t="s">
+        <v>77</v>
+      </c>
+      <c r="D46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...850 lines deleted...]
-        <v>2008</v>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2008</v>
       </c>
-      <c r="I46" t="s">
-        <v>70</v>
+      <c r="I46">
+        <v>2008</v>
       </c>
       <c r="J46" t="s">
+        <v>87</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>123</v>
+      </c>
+      <c r="M46" t="s">
+        <v>82</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>304</v>
+      </c>
+      <c r="P46" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>306</v>
+      </c>
+      <c r="B47" t="s">
+        <v>307</v>
+      </c>
+      <c r="C47" t="s">
+        <v>77</v>
+      </c>
+      <c r="D47" t="s">
+        <v>64</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K46" t="s">
-[...31 lines deleted...]
-      <c r="G47">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>1989</v>
       </c>
-      <c r="H47">
+      <c r="I47">
         <v>2020</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
+        <v>80</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>308</v>
+      </c>
+      <c r="M47" t="s">
+        <v>309</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>310</v>
+      </c>
+      <c r="P47" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>312</v>
+      </c>
+      <c r="B48" t="s">
+        <v>313</v>
+      </c>
+      <c r="C48" t="s">
+        <v>77</v>
+      </c>
+      <c r="D48" t="s">
+        <v>222</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K47" t="s">
-[...31 lines deleted...]
-      <c r="G48">
+      <c r="G48" t="s">
+        <v>50</v>
+      </c>
+      <c r="H48">
         <v>2010</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2021</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>166</v>
+        <v>80</v>
       </c>
       <c r="K48" t="s">
         <v>224</v>
       </c>
       <c r="L48" t="s">
-        <v>67</v>
+        <v>314</v>
       </c>
       <c r="M48" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="N48" t="s">
+        <v>135</v>
+      </c>
+      <c r="O48" t="s">
+        <v>315</v>
+      </c>
+      <c r="P48" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>317</v>
+      </c>
+      <c r="B49" t="s">
+        <v>318</v>
+      </c>
+      <c r="C49" t="s">
+        <v>77</v>
+      </c>
+      <c r="D49" t="s">
+        <v>222</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>50</v>
+      </c>
+      <c r="H49">
+        <v>2010</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>87</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>319</v>
+      </c>
+      <c r="M49" t="s">
+        <v>320</v>
+      </c>
+      <c r="N49" t="s">
+        <v>135</v>
+      </c>
+      <c r="O49" t="s">
+        <v>321</v>
+      </c>
+      <c r="P49" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>323</v>
+      </c>
+      <c r="B50" t="s">
+        <v>324</v>
+      </c>
+      <c r="C50" t="s">
+        <v>77</v>
+      </c>
+      <c r="D50" t="s">
+        <v>133</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>50</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>80</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>325</v>
+      </c>
+      <c r="M50" t="s">
+        <v>320</v>
+      </c>
+      <c r="N50" t="s">
+        <v>135</v>
+      </c>
+      <c r="O50" t="s">
+        <v>326</v>
+      </c>
+      <c r="P50" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>328</v>
+      </c>
+      <c r="B51" t="s">
+        <v>86</v>
+      </c>
+      <c r="C51" t="s">
+        <v>77</v>
+      </c>
+      <c r="D51" t="s">
+        <v>42</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>50</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>80</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>88</v>
+      </c>
+      <c r="M51" t="s">
+        <v>320</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>329</v>
+      </c>
+      <c r="P51" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>331</v>
+      </c>
+      <c r="B52" t="s">
+        <v>332</v>
+      </c>
+      <c r="C52" t="s">
+        <v>77</v>
+      </c>
+      <c r="D52" t="s">
+        <v>111</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2008</v>
+      </c>
+      <c r="I52">
+        <v>2015</v>
+      </c>
+      <c r="J52" t="s">
+        <v>87</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>333</v>
+      </c>
+      <c r="M52" t="s">
+        <v>82</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>334</v>
+      </c>
+      <c r="P52" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>336</v>
+      </c>
+      <c r="B53" t="s">
+        <v>337</v>
+      </c>
+      <c r="C53" t="s">
+        <v>77</v>
+      </c>
+      <c r="D53" t="s">
+        <v>105</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>50</v>
+      </c>
+      <c r="H53">
+        <v>2016</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>87</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>338</v>
+      </c>
+      <c r="M53" t="s">
+        <v>320</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>339</v>
+      </c>
+      <c r="P53" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>341</v>
+      </c>
+      <c r="B54" t="s">
+        <v>76</v>
+      </c>
+      <c r="C54" t="s">
+        <v>77</v>
+      </c>
+      <c r="D54" t="s">
+        <v>78</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>50</v>
+      </c>
+      <c r="H54">
+        <v>2020</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>80</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>81</v>
+      </c>
+      <c r="M54" t="s">
+        <v>320</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>342</v>
+      </c>
+      <c r="P54" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>344</v>
+      </c>
+      <c r="B55" t="s">
+        <v>110</v>
+      </c>
+      <c r="C55" t="s">
+        <v>77</v>
+      </c>
+      <c r="D55" t="s">
+        <v>111</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>50</v>
+      </c>
+      <c r="H55">
+        <v>2020</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>80</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>112</v>
+      </c>
+      <c r="M55" t="s">
+        <v>320</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>345</v>
+      </c>
+      <c r="P55" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>347</v>
+      </c>
+      <c r="B56" t="s">
+        <v>348</v>
+      </c>
+      <c r="C56" t="s">
+        <v>77</v>
+      </c>
+      <c r="D56" t="s">
+        <v>222</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>50</v>
+      </c>
+      <c r="H56">
+        <v>2020</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>80</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>349</v>
+      </c>
+      <c r="M56" t="s">
+        <v>320</v>
+      </c>
+      <c r="N56" t="s">
+        <v>135</v>
+      </c>
+      <c r="O56" t="s">
+        <v>350</v>
+      </c>
+      <c r="P56" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>352</v>
+      </c>
+      <c r="B57" t="s">
+        <v>353</v>
+      </c>
+      <c r="C57" t="s">
+        <v>354</v>
+      </c>
+      <c r="D57" t="s">
+        <v>236</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>34</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57">
+        <v>2024</v>
+      </c>
+      <c r="J57" t="s">
+        <v>355</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>356</v>
+      </c>
+      <c r="M57" t="s">
+        <v>357</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>358</v>
+      </c>
+      <c r="P57" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>360</v>
+      </c>
+      <c r="B58" t="s">
+        <v>361</v>
+      </c>
+      <c r="C58" t="s">
+        <v>354</v>
+      </c>
+      <c r="D58" t="s">
+        <v>69</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58">
+        <v>2024</v>
+      </c>
+      <c r="J58" t="s">
+        <v>355</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>362</v>
+      </c>
+      <c r="M58" t="s">
+        <v>357</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>363</v>
+      </c>
+      <c r="P58" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>365</v>
+      </c>
+      <c r="B59" t="s">
+        <v>366</v>
+      </c>
+      <c r="C59" t="s">
+        <v>367</v>
+      </c>
+      <c r="D59" t="s">
+        <v>270</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59">
+        <v>2025</v>
+      </c>
+      <c r="J59" t="s">
+        <v>264</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>368</v>
+      </c>
+      <c r="M59" t="s">
+        <v>357</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>369</v>
+      </c>
+      <c r="P59" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>371</v>
+      </c>
+      <c r="B60" t="s">
+        <v>372</v>
+      </c>
+      <c r="C60" t="s">
+        <v>373</v>
+      </c>
+      <c r="D60" t="s">
+        <v>374</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>50</v>
+      </c>
+      <c r="H60">
+        <v>2022</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>375</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>376</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>377</v>
+      </c>
+      <c r="P60" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>379</v>
+      </c>
+      <c r="B61" t="s">
+        <v>380</v>
+      </c>
+      <c r="C61" t="s">
+        <v>373</v>
+      </c>
+      <c r="D61" t="s">
+        <v>374</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2010</v>
+      </c>
+      <c r="I61">
+        <v>2019</v>
+      </c>
+      <c r="J61" t="s">
+        <v>381</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>382</v>
+      </c>
+      <c r="M61" t="s">
+        <v>376</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>383</v>
+      </c>
+      <c r="P61" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>385</v>
+      </c>
+      <c r="B62" t="s">
+        <v>386</v>
+      </c>
+      <c r="C62" t="s">
+        <v>373</v>
+      </c>
+      <c r="D62" t="s">
+        <v>49</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>50</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>381</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>52</v>
+      </c>
+      <c r="M62" t="s">
+        <v>376</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>387</v>
+      </c>
+      <c r="P62" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>389</v>
+      </c>
+      <c r="B63" t="s">
+        <v>390</v>
+      </c>
+      <c r="C63" t="s">
+        <v>373</v>
+      </c>
+      <c r="D63" t="s">
+        <v>42</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2008</v>
+      </c>
+      <c r="I63">
+        <v>2012</v>
+      </c>
+      <c r="J63" t="s">
+        <v>381</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>391</v>
+      </c>
+      <c r="M63" t="s">
+        <v>376</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>392</v>
+      </c>
+      <c r="P63" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>394</v>
+      </c>
+      <c r="B64" t="s">
+        <v>395</v>
+      </c>
+      <c r="C64" t="s">
+        <v>396</v>
+      </c>
+      <c r="D64" t="s">
+        <v>64</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>397</v>
+      </c>
+      <c r="H64"/>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>398</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>399</v>
+      </c>
+      <c r="M64" t="s">
+        <v>400</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>401</v>
+      </c>
+      <c r="P64"/>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>402</v>
+      </c>
+      <c r="B65" t="s">
+        <v>403</v>
+      </c>
+      <c r="C65" t="s">
+        <v>367</v>
+      </c>
+      <c r="D65" t="s">
+        <v>64</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>34</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2015</v>
+      </c>
+      <c r="I65">
+        <v>2018</v>
+      </c>
+      <c r="J65" t="s">
+        <v>51</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>404</v>
+      </c>
+      <c r="M65" t="s">
+        <v>357</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>405</v>
+      </c>
+      <c r="P65" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>407</v>
+      </c>
+      <c r="B66" t="s">
+        <v>408</v>
+      </c>
+      <c r="C66" t="s">
+        <v>367</v>
+      </c>
+      <c r="D66" t="s">
+        <v>270</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
+        <v>50</v>
+      </c>
+      <c r="H66">
+        <v>2013</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>51</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>409</v>
+      </c>
+      <c r="M66" t="s">
+        <v>357</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>410</v>
+      </c>
+      <c r="P66" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>412</v>
+      </c>
+      <c r="B67" t="s">
+        <v>413</v>
+      </c>
+      <c r="C67" t="s">
+        <v>414</v>
+      </c>
+      <c r="D67" t="s">
+        <v>415</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>79</v>
+      </c>
+      <c r="G67" t="s">
+        <v>397</v>
+      </c>
+      <c r="H67"/>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>80</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>416</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>417</v>
+      </c>
+      <c r="P67"/>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>418</v>
+      </c>
+      <c r="B68" t="s">
+        <v>419</v>
+      </c>
+      <c r="C68" t="s">
+        <v>414</v>
+      </c>
+      <c r="D68" t="s">
+        <v>415</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>397</v>
+      </c>
+      <c r="H68"/>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>80</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>416</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>420</v>
+      </c>
+      <c r="P68"/>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>421</v>
+      </c>
+      <c r="B69" t="s">
+        <v>422</v>
+      </c>
+      <c r="C69" t="s">
+        <v>169</v>
+      </c>
+      <c r="D69" t="s">
+        <v>236</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>34</v>
+      </c>
+      <c r="G69" t="s">
+        <v>50</v>
+      </c>
+      <c r="H69">
+        <v>2021</v>
+      </c>
+      <c r="I69">
+        <v>2024</v>
+      </c>
+      <c r="J69" t="s">
+        <v>423</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>424</v>
+      </c>
+      <c r="M69" t="s">
+        <v>171</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>425</v>
+      </c>
+      <c r="P69" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>427</v>
+      </c>
+      <c r="B70" t="s">
+        <v>428</v>
+      </c>
+      <c r="C70" t="s">
+        <v>169</v>
+      </c>
+      <c r="D70" t="s">
+        <v>429</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>50</v>
+      </c>
+      <c r="H70">
+        <v>2023</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>163</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>430</v>
+      </c>
+      <c r="M70" t="s">
+        <v>171</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>431</v>
+      </c>
+      <c r="P70" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>433</v>
+      </c>
+      <c r="B71" t="s">
+        <v>434</v>
+      </c>
+      <c r="C71" t="s">
+        <v>435</v>
+      </c>
+      <c r="D71" t="s">
+        <v>436</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>34</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2008</v>
+      </c>
+      <c r="I71">
+        <v>2020</v>
+      </c>
+      <c r="J71" t="s">
+        <v>153</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>437</v>
+      </c>
+      <c r="M71" t="s">
+        <v>438</v>
+      </c>
+      <c r="N71" t="s">
+        <v>135</v>
+      </c>
+      <c r="O71" t="s">
+        <v>439</v>
+      </c>
+      <c r="P71" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>441</v>
+      </c>
+      <c r="B72" t="s">
+        <v>442</v>
+      </c>
+      <c r="C72" t="s">
+        <v>189</v>
+      </c>
+      <c r="D72" t="s">
+        <v>64</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>79</v>
+      </c>
+      <c r="G72" t="s">
+        <v>182</v>
+      </c>
+      <c r="H72">
+        <v>2008</v>
+      </c>
+      <c r="I72">
+        <v>2014</v>
+      </c>
+      <c r="J72" t="s">
+        <v>381</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>443</v>
+      </c>
+      <c r="M72" t="s">
+        <v>444</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>445</v>
+      </c>
+      <c r="P72" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>447</v>
+      </c>
+      <c r="B73" t="s">
+        <v>448</v>
+      </c>
+      <c r="C73" t="s">
+        <v>189</v>
+      </c>
+      <c r="D73" t="s">
+        <v>449</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>79</v>
+      </c>
+      <c r="G73" t="s">
+        <v>50</v>
+      </c>
+      <c r="H73">
+        <v>2024</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>199</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>444</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>450</v>
+      </c>
+      <c r="P73" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>451</v>
+      </c>
+      <c r="B74" t="s">
+        <v>452</v>
+      </c>
+      <c r="C74" t="s">
+        <v>189</v>
+      </c>
+      <c r="D74" t="s">
+        <v>64</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>79</v>
+      </c>
+      <c r="G74" t="s">
+        <v>8</v>
+      </c>
+      <c r="H74">
+        <v>2008</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
+        <v>381</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>453</v>
+      </c>
+      <c r="M74" t="s">
+        <v>444</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>454</v>
+      </c>
+      <c r="P74" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>455</v>
+      </c>
+      <c r="B75" t="s">
+        <v>456</v>
+      </c>
+      <c r="C75" t="s">
+        <v>189</v>
+      </c>
+      <c r="D75" t="s">
+        <v>78</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>79</v>
+      </c>
+      <c r="G75" t="s">
+        <v>182</v>
+      </c>
+      <c r="H75">
+        <v>2021</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>381</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>457</v>
+      </c>
+      <c r="M75" t="s">
+        <v>444</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>458</v>
+      </c>
+      <c r="P75" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>459</v>
+      </c>
+      <c r="B76" t="s">
+        <v>205</v>
+      </c>
+      <c r="C76" t="s">
+        <v>206</v>
+      </c>
+      <c r="D76" t="s">
+        <v>64</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>1993</v>
+      </c>
+      <c r="I76">
+        <v>2009</v>
+      </c>
+      <c r="J76" t="s">
+        <v>43</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>207</v>
+      </c>
+      <c r="M76" t="s">
+        <v>208</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>460</v>
+      </c>
+      <c r="P76" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>461</v>
+      </c>
+      <c r="B77" t="s">
+        <v>462</v>
+      </c>
+      <c r="C77" t="s">
+        <v>189</v>
+      </c>
+      <c r="D77" t="s">
+        <v>64</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77">
+        <v>2022</v>
+      </c>
+      <c r="J77" t="s">
+        <v>381</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>463</v>
+      </c>
+      <c r="M77" t="s">
+        <v>444</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>464</v>
+      </c>
+      <c r="P77" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>466</v>
+      </c>
+      <c r="B78" t="s">
+        <v>215</v>
+      </c>
+      <c r="C78" t="s">
+        <v>206</v>
+      </c>
+      <c r="D78" t="s">
+        <v>216</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>50</v>
+      </c>
+      <c r="H78">
+        <v>2009</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>43</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>217</v>
+      </c>
+      <c r="M78" t="s">
+        <v>208</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>467</v>
+      </c>
+      <c r="P78" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>468</v>
+      </c>
+      <c r="B79" t="s">
+        <v>469</v>
+      </c>
+      <c r="C79" t="s">
+        <v>206</v>
+      </c>
+      <c r="D79" t="s">
+        <v>222</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>50</v>
+      </c>
+      <c r="H79">
+        <v>2011</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>223</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>208</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>470</v>
+      </c>
+      <c r="P79" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>471</v>
+      </c>
+      <c r="B80" t="s">
+        <v>472</v>
+      </c>
+      <c r="C80" t="s">
+        <v>206</v>
+      </c>
+      <c r="D80" t="s">
+        <v>473</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>474</v>
+      </c>
+      <c r="H80">
+        <v>2012</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>475</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>476</v>
+      </c>
+      <c r="P80" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>478</v>
+      </c>
+      <c r="B81" t="s">
+        <v>221</v>
+      </c>
+      <c r="C81" t="s">
+        <v>206</v>
+      </c>
+      <c r="D81" t="s">
+        <v>222</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2001</v>
+      </c>
+      <c r="I81">
+        <v>2010</v>
+      </c>
+      <c r="J81" t="s">
+        <v>223</v>
+      </c>
+      <c r="K81" t="s">
+        <v>224</v>
+      </c>
+      <c r="L81" t="s">
         <v>225</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C49" t="s">
+      <c r="M81" t="s">
+        <v>208</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>479</v>
+      </c>
+      <c r="P81" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>480</v>
+      </c>
+      <c r="B82" t="s">
+        <v>481</v>
+      </c>
+      <c r="C82" t="s">
+        <v>206</v>
+      </c>
+      <c r="D82" t="s">
+        <v>78</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2010</v>
+      </c>
+      <c r="I82">
+        <v>2012</v>
+      </c>
+      <c r="J82" t="s">
+        <v>43</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>208</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>482</v>
+      </c>
+      <c r="P82" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>483</v>
+      </c>
+      <c r="B83" t="s">
+        <v>484</v>
+      </c>
+      <c r="C83" t="s">
+        <v>189</v>
+      </c>
+      <c r="D83" t="s">
+        <v>449</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>182</v>
+      </c>
+      <c r="H83">
+        <v>2024</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>199</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>444</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>485</v>
+      </c>
+      <c r="P83" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>487</v>
+      </c>
+      <c r="B84" t="s">
+        <v>488</v>
+      </c>
+      <c r="C84" t="s">
+        <v>189</v>
+      </c>
+      <c r="D84" t="s">
+        <v>64</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>8</v>
+      </c>
+      <c r="H84">
+        <v>2011</v>
+      </c>
+      <c r="I84">
+        <v>2022</v>
+      </c>
+      <c r="J84" t="s">
+        <v>381</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>489</v>
+      </c>
+      <c r="M84" t="s">
+        <v>444</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>490</v>
+      </c>
+      <c r="P84" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>491</v>
+      </c>
+      <c r="B85" t="s">
+        <v>492</v>
+      </c>
+      <c r="C85" t="s">
+        <v>189</v>
+      </c>
+      <c r="D85" t="s">
+        <v>64</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2011</v>
+      </c>
+      <c r="I85">
+        <v>2025</v>
+      </c>
+      <c r="J85" t="s">
+        <v>199</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>444</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>493</v>
+      </c>
+      <c r="P85" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>494</v>
+      </c>
+      <c r="B86" t="s">
+        <v>495</v>
+      </c>
+      <c r="C86" t="s">
+        <v>189</v>
+      </c>
+      <c r="D86" t="s">
+        <v>78</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>182</v>
+      </c>
+      <c r="H86">
+        <v>2021</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>381</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>496</v>
+      </c>
+      <c r="M86" t="s">
+        <v>444</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>497</v>
+      </c>
+      <c r="P86" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>498</v>
+      </c>
+      <c r="B87" t="s">
+        <v>499</v>
+      </c>
+      <c r="C87" t="s">
+        <v>263</v>
+      </c>
+      <c r="D87" t="s">
+        <v>216</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>34</v>
+      </c>
+      <c r="G87" t="s">
+        <v>50</v>
+      </c>
+      <c r="H87">
+        <v>2021</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>23</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>500</v>
+      </c>
+      <c r="M87" t="s">
+        <v>501</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>502</v>
+      </c>
+      <c r="P87" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>504</v>
+      </c>
+      <c r="B88" t="s">
+        <v>505</v>
+      </c>
+      <c r="C88" t="s">
+        <v>506</v>
+      </c>
+      <c r="D88" t="s">
+        <v>42</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2003</v>
+      </c>
+      <c r="I88">
+        <v>2005</v>
+      </c>
+      <c r="J88" t="s">
+        <v>23</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>507</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>508</v>
+      </c>
+      <c r="P88" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>510</v>
+      </c>
+      <c r="B89" t="s">
+        <v>511</v>
+      </c>
+      <c r="C89" t="s">
+        <v>506</v>
+      </c>
+      <c r="D89" t="s">
+        <v>222</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>50</v>
+      </c>
+      <c r="H89">
+        <v>2003</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>23</v>
+      </c>
+      <c r="K89" t="s">
+        <v>512</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>507</v>
+      </c>
+      <c r="N89" t="s">
+        <v>135</v>
+      </c>
+      <c r="O89" t="s">
+        <v>513</v>
+      </c>
+      <c r="P89" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>514</v>
+      </c>
+      <c r="B90"/>
+      <c r="C90" t="s">
+        <v>506</v>
+      </c>
+      <c r="D90" t="s">
+        <v>236</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>50</v>
+      </c>
+      <c r="H90">
+        <v>2011</v>
+      </c>
+      <c r="I90">
+        <v>2016</v>
+      </c>
+      <c r="J90" t="s">
+        <v>23</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>507</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>515</v>
+      </c>
+      <c r="P90" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>516</v>
+      </c>
+      <c r="B91" t="s">
+        <v>517</v>
+      </c>
+      <c r="C91" t="s">
+        <v>506</v>
+      </c>
+      <c r="D91" t="s">
+        <v>64</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>50</v>
+      </c>
+      <c r="H91">
+        <v>2002</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>23</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>507</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>518</v>
+      </c>
+      <c r="P91" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>519</v>
+      </c>
+      <c r="B92" t="s">
+        <v>520</v>
+      </c>
+      <c r="C92" t="s">
+        <v>263</v>
+      </c>
+      <c r="D92" t="s">
+        <v>198</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>34</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2021</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>23</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>521</v>
+      </c>
+      <c r="M92" t="s">
+        <v>501</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>522</v>
+      </c>
+      <c r="P92" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>524</v>
+      </c>
+      <c r="B93" t="s">
+        <v>525</v>
+      </c>
+      <c r="C93" t="s">
+        <v>263</v>
+      </c>
+      <c r="D93" t="s">
+        <v>526</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>34</v>
+      </c>
+      <c r="G93" t="s">
+        <v>50</v>
+      </c>
+      <c r="H93">
+        <v>2021</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>527</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>528</v>
+      </c>
+      <c r="P93" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>530</v>
+      </c>
+      <c r="B94" t="s">
+        <v>531</v>
+      </c>
+      <c r="C94" t="s">
+        <v>263</v>
+      </c>
+      <c r="D94" t="s">
+        <v>64</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>34</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2015</v>
+      </c>
+      <c r="I94">
+        <v>2018</v>
+      </c>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>532</v>
+      </c>
+      <c r="M94" t="s">
+        <v>527</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>533</v>
+      </c>
+      <c r="P94" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>535</v>
+      </c>
+      <c r="B95" t="s">
+        <v>536</v>
+      </c>
+      <c r="C95" t="s">
+        <v>537</v>
+      </c>
+      <c r="D95" t="s">
+        <v>64</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>538</v>
+      </c>
+      <c r="G95" t="s">
+        <v>50</v>
+      </c>
+      <c r="H95">
+        <v>2009</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>539</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>540</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>541</v>
+      </c>
+      <c r="P95" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>543</v>
+      </c>
+      <c r="B96" t="s">
+        <v>544</v>
+      </c>
+      <c r="C96" t="s">
+        <v>545</v>
+      </c>
+      <c r="D96" t="s">
+        <v>69</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>34</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2014</v>
+      </c>
+      <c r="I96">
+        <v>2024</v>
+      </c>
+      <c r="J96" t="s">
+        <v>423</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>546</v>
+      </c>
+      <c r="M96" t="s">
+        <v>547</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>548</v>
+      </c>
+      <c r="P96" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>550</v>
+      </c>
+      <c r="B97" t="s">
+        <v>551</v>
+      </c>
+      <c r="C97" t="s">
+        <v>545</v>
+      </c>
+      <c r="D97" t="s">
+        <v>64</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>34</v>
+      </c>
+      <c r="G97" t="s">
+        <v>50</v>
+      </c>
+      <c r="H97">
+        <v>2014</v>
+      </c>
+      <c r="I97">
+        <v>2024</v>
+      </c>
+      <c r="J97" t="s">
+        <v>423</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>552</v>
+      </c>
+      <c r="M97" t="s">
+        <v>547</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>553</v>
+      </c>
+      <c r="P97" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>555</v>
+      </c>
+      <c r="B98" t="s">
+        <v>556</v>
+      </c>
+      <c r="C98" t="s">
+        <v>169</v>
+      </c>
+      <c r="D98" t="s">
+        <v>64</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>34</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>1993</v>
+      </c>
+      <c r="I98">
+        <v>2007</v>
+      </c>
+      <c r="J98" t="s">
+        <v>557</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>558</v>
+      </c>
+      <c r="M98" t="s">
+        <v>171</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>559</v>
+      </c>
+      <c r="P98" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>561</v>
+      </c>
+      <c r="B99" t="s">
+        <v>562</v>
+      </c>
+      <c r="C99" t="s">
+        <v>206</v>
+      </c>
+      <c r="D99" t="s">
+        <v>73</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>34</v>
+      </c>
+      <c r="G99" t="s">
+        <v>8</v>
+      </c>
+      <c r="H99">
+        <v>2011</v>
+      </c>
+      <c r="I99">
+        <v>2024</v>
+      </c>
+      <c r="J99" t="s">
+        <v>563</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>564</v>
+      </c>
+      <c r="M99" t="s">
+        <v>565</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>566</v>
+      </c>
+      <c r="P99" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>568</v>
+      </c>
+      <c r="B100" t="s">
+        <v>569</v>
+      </c>
+      <c r="C100" t="s">
+        <v>570</v>
+      </c>
+      <c r="D100" t="s">
+        <v>571</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>79</v>
+      </c>
+      <c r="G100" t="s">
+        <v>50</v>
+      </c>
+      <c r="H100">
+        <v>2018</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>153</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>572</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>573</v>
+      </c>
+      <c r="P100" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>575</v>
+      </c>
+      <c r="B101" t="s">
+        <v>575</v>
+      </c>
+      <c r="C101" t="s">
+        <v>576</v>
+      </c>
+      <c r="D101" t="s">
+        <v>64</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>34</v>
+      </c>
+      <c r="G101" t="s">
+        <v>50</v>
+      </c>
+      <c r="H101">
+        <v>2018</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>51</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>577</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>578</v>
+      </c>
+      <c r="P101" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>580</v>
+      </c>
+      <c r="B102" t="s">
+        <v>581</v>
+      </c>
+      <c r="C102" t="s">
+        <v>576</v>
+      </c>
+      <c r="D102" t="s">
+        <v>69</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>34</v>
+      </c>
+      <c r="G102" t="s">
+        <v>50</v>
+      </c>
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>51</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>582</v>
+      </c>
+      <c r="M102" t="s">
+        <v>577</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>583</v>
+      </c>
+      <c r="P102" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>585</v>
+      </c>
+      <c r="B103" t="s">
+        <v>586</v>
+      </c>
+      <c r="C103" t="s">
+        <v>160</v>
+      </c>
+      <c r="D103" t="s">
+        <v>270</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>34</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2007</v>
+      </c>
+      <c r="I103">
+        <v>2020</v>
+      </c>
+      <c r="J103" t="s">
+        <v>163</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>587</v>
+      </c>
+      <c r="M103" t="s">
         <v>164</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49">
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>588</v>
+      </c>
+      <c r="P103" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>590</v>
+      </c>
+      <c r="B104" t="s">
+        <v>591</v>
+      </c>
+      <c r="C104" t="s">
+        <v>160</v>
+      </c>
+      <c r="D104" t="s">
+        <v>64</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2007</v>
+      </c>
+      <c r="I104">
+        <v>2020</v>
+      </c>
+      <c r="J104" t="s">
+        <v>163</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>592</v>
+      </c>
+      <c r="M104" t="s">
+        <v>164</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>593</v>
+      </c>
+      <c r="P104" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>595</v>
+      </c>
+      <c r="B105" t="s">
+        <v>596</v>
+      </c>
+      <c r="C105" t="s">
+        <v>160</v>
+      </c>
+      <c r="D105" t="s">
+        <v>64</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>182</v>
+      </c>
+      <c r="H105">
+        <v>2021</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>163</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>164</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>597</v>
+      </c>
+      <c r="P105" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>599</v>
+      </c>
+      <c r="B106" t="s">
+        <v>600</v>
+      </c>
+      <c r="C106" t="s">
+        <v>160</v>
+      </c>
+      <c r="D106" t="s">
+        <v>222</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2010</v>
       </c>
-      <c r="H49"/>
-[...3 lines deleted...]
-      <c r="J49" t="s">
+      <c r="I106">
+        <v>2019</v>
+      </c>
+      <c r="J106" t="s">
+        <v>163</v>
+      </c>
+      <c r="K106" t="s">
+        <v>601</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>164</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>602</v>
+      </c>
+      <c r="P106" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>604</v>
+      </c>
+      <c r="B107" t="s">
+        <v>605</v>
+      </c>
+      <c r="C107" t="s">
+        <v>160</v>
+      </c>
+      <c r="D107" t="s">
+        <v>222</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
         <v>21</v>
       </c>
-      <c r="K49" t="s">
-[...38 lines deleted...]
-      <c r="J50" t="s">
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2010</v>
+      </c>
+      <c r="I107">
+        <v>2019</v>
+      </c>
+      <c r="J107" t="s">
+        <v>264</v>
+      </c>
+      <c r="K107" t="s">
+        <v>601</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>164</v>
+      </c>
+      <c r="N107" t="s">
+        <v>135</v>
+      </c>
+      <c r="O107" t="s">
+        <v>606</v>
+      </c>
+      <c r="P107" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>607</v>
+      </c>
+      <c r="B108" t="s">
+        <v>608</v>
+      </c>
+      <c r="C108" t="s">
+        <v>160</v>
+      </c>
+      <c r="D108" t="s">
+        <v>236</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...31 lines deleted...]
-      <c r="G51">
+      <c r="G108" t="s">
+        <v>182</v>
+      </c>
+      <c r="H108">
+        <v>2021</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>163</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>609</v>
+      </c>
+      <c r="M108" t="s">
+        <v>164</v>
+      </c>
+      <c r="N108" t="s">
+        <v>135</v>
+      </c>
+      <c r="O108" t="s">
+        <v>610</v>
+      </c>
+      <c r="P108" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>612</v>
+      </c>
+      <c r="B109" t="s">
+        <v>613</v>
+      </c>
+      <c r="C109" t="s">
+        <v>537</v>
+      </c>
+      <c r="D109" t="s">
+        <v>64</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2003</v>
+      </c>
+      <c r="I109">
         <v>2013</v>
       </c>
-      <c r="H51"/>
-[...3 lines deleted...]
-      <c r="J51" t="s">
+      <c r="J109" t="s">
+        <v>539</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>614</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>615</v>
+      </c>
+      <c r="P109" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>617</v>
+      </c>
+      <c r="B110" t="s">
+        <v>618</v>
+      </c>
+      <c r="C110" t="s">
+        <v>537</v>
+      </c>
+      <c r="D110" t="s">
+        <v>64</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
         <v>21</v>
       </c>
-      <c r="K51" t="s">
-[...791 lines deleted...]
-      <c r="G70">
+      <c r="G110" t="s">
+        <v>50</v>
+      </c>
+      <c r="H110">
         <v>2023</v>
       </c>
-      <c r="H70"/>
-[...1065 lines deleted...]
-      <c r="N95" t="s">
+      <c r="I110"/>
+      <c r="J110" t="s">
         <v>381</v>
       </c>
-    </row>
-[...626 lines deleted...]
-      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>619</v>
       </c>
       <c r="N110" t="s">
-        <v>432</v>
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>620</v>
+      </c>
+      <c r="P110" t="s">
+        <v>621</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>