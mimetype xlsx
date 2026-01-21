--- v1 (2025-11-28)
+++ v2 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="622">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="619">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -820,66 +820,66 @@
   <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
   </si>
   <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
@@ -1152,89 +1152,67 @@
 (c) single-split wall mounted;
 (d) vapor compression air conditioners; and
 (e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...21 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
     <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
@@ -1295,63 +1273,69 @@
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
     <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
@@ -1562,97 +1546,97 @@
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
   </si>
@@ -2357,51 +2341,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P110"/>
+  <dimension ref="A1:P109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -5138,2613 +5122,2561 @@
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>352</v>
       </c>
       <c r="B57" t="s">
         <v>353</v>
       </c>
       <c r="C57" t="s">
         <v>354</v>
       </c>
       <c r="D57" t="s">
         <v>236</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>34</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2013</v>
       </c>
-      <c r="I57">
-[...1 lines deleted...]
-      </c>
+      <c r="I57"/>
       <c r="J57" t="s">
         <v>355</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
         <v>356</v>
       </c>
       <c r="M57" t="s">
         <v>357</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>358</v>
       </c>
       <c r="P57" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>360</v>
       </c>
       <c r="B58" t="s">
         <v>361</v>
       </c>
       <c r="C58" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="D58" t="s">
-        <v>69</v>
+        <v>270</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>34</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J58" t="s">
-        <v>355</v>
+        <v>264</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M58" t="s">
         <v>357</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P58" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B59" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C59" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D59" t="s">
-        <v>270</v>
+        <v>369</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H59">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>264</v>
+        <v>370</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="L59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
-        <v>357</v>
+        <v>371</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="P59" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>374</v>
+      </c>
+      <c r="B60" t="s">
+        <v>375</v>
+      </c>
+      <c r="C60" t="s">
+        <v>368</v>
+      </c>
+      <c r="D60" t="s">
+        <v>369</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>34</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>376</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>377</v>
+      </c>
+      <c r="M60" t="s">
         <v>371</v>
       </c>
-      <c r="B60" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="P60" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B61" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C61" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D61" t="s">
-        <v>374</v>
+        <v>49</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H61">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
+        <v>52</v>
+      </c>
+      <c r="M61" t="s">
+        <v>371</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
         <v>382</v>
       </c>
-      <c r="M61" t="s">
-[...5 lines deleted...]
-      <c r="O61" t="s">
+      <c r="P61" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>384</v>
+      </c>
+      <c r="B62" t="s">
         <v>385</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D62" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H62">
+        <v>2008</v>
+      </c>
+      <c r="I62">
         <v>2012</v>
       </c>
-      <c r="I62"/>
       <c r="J62" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>52</v>
+        <v>386</v>
       </c>
       <c r="M62" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>387</v>
       </c>
       <c r="P62" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>389</v>
       </c>
       <c r="B63" t="s">
         <v>390</v>
       </c>
       <c r="C63" t="s">
-        <v>373</v>
+        <v>391</v>
       </c>
       <c r="D63" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="H63"/>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="M63" t="s">
-        <v>376</v>
+        <v>395</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="P63"/>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B64" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C64" t="s">
-        <v>396</v>
+        <v>362</v>
       </c>
       <c r="D64" t="s">
         <v>64</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>34</v>
       </c>
       <c r="G64" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-      <c r="I64"/>
+        <v>399</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64">
+        <v>2018</v>
+      </c>
       <c r="J64" t="s">
-        <v>398</v>
+        <v>51</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="M64" t="s">
-        <v>400</v>
+        <v>357</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>401</v>
       </c>
-      <c r="P64"/>
+      <c r="P64" t="s">
+        <v>402</v>
+      </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B65" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="D65" t="s">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>34</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>405</v>
       </c>
       <c r="H65">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
         <v>51</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="M65" t="s">
         <v>357</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="P65" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B66" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C66" t="s">
-        <v>367</v>
+        <v>411</v>
       </c>
       <c r="D66" t="s">
-        <v>270</v>
+        <v>412</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="G66" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="H66"/>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>357</v>
+        <v>413</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="P66"/>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
+        <v>415</v>
+      </c>
+      <c r="B67" t="s">
+        <v>416</v>
+      </c>
+      <c r="C67" t="s">
+        <v>411</v>
+      </c>
+      <c r="D67" t="s">
         <v>412</v>
       </c>
-      <c r="B67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="H67"/>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>80</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>417</v>
       </c>
       <c r="P67"/>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>418</v>
       </c>
       <c r="B68" t="s">
         <v>419</v>
       </c>
       <c r="C68" t="s">
-        <v>414</v>
+        <v>169</v>
       </c>
       <c r="D68" t="s">
-        <v>415</v>
+        <v>236</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G68" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-      <c r="I68"/>
+        <v>8</v>
+      </c>
+      <c r="H68">
+        <v>2021</v>
+      </c>
+      <c r="I68">
+        <v>2024</v>
+      </c>
       <c r="J68" t="s">
-        <v>80</v>
+        <v>420</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
-      <c r="L68"/>
+      <c r="L68" t="s">
+        <v>421</v>
+      </c>
       <c r="M68" t="s">
-        <v>416</v>
+        <v>171</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="P68"/>
+        <v>422</v>
+      </c>
+      <c r="P68" t="s">
+        <v>423</v>
+      </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B69" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C69" t="s">
         <v>169</v>
       </c>
       <c r="D69" t="s">
-        <v>236</v>
+        <v>426</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>34</v>
       </c>
       <c r="G69" t="s">
         <v>50</v>
       </c>
       <c r="H69">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>423</v>
+        <v>163</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="M69" t="s">
         <v>171</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="P69" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B70" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="C70" t="s">
-        <v>169</v>
+        <v>432</v>
       </c>
       <c r="D70" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>34</v>
       </c>
       <c r="G70" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H70">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I70"/>
+        <v>2008</v>
+      </c>
+      <c r="I70">
+        <v>2020</v>
+      </c>
       <c r="J70" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="M70" t="s">
-        <v>171</v>
+        <v>435</v>
       </c>
       <c r="N70" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
       <c r="O70" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="P70" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="B71" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="C71" t="s">
-        <v>435</v>
+        <v>189</v>
       </c>
       <c r="D71" t="s">
-        <v>436</v>
+        <v>64</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="H71">
         <v>2008</v>
       </c>
       <c r="I71">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="J71" t="s">
-        <v>153</v>
+        <v>376</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="M71" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="N71" t="s">
-        <v>135</v>
+        <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="P71" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B72" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="C72" t="s">
         <v>189</v>
       </c>
       <c r="D72" t="s">
-        <v>64</v>
+        <v>446</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>79</v>
       </c>
       <c r="G72" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="H72"/>
       <c r="I72">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J72" t="s">
-        <v>381</v>
+        <v>199</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="L72" t="s">
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>441</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>447</v>
+      </c>
+      <c r="P72" t="s">
         <v>443</v>
-      </c>
-[...10 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B73" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>189</v>
       </c>
       <c r="D73" t="s">
-        <v>449</v>
+        <v>64</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>79</v>
       </c>
       <c r="G73" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="H73">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I73"/>
+        <v>2008</v>
+      </c>
+      <c r="I73">
+        <v>2014</v>
+      </c>
       <c r="J73" t="s">
-        <v>199</v>
+        <v>376</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
-      <c r="L73"/>
+      <c r="L73" t="s">
+        <v>450</v>
+      </c>
       <c r="M73" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P73" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B74" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C74" t="s">
         <v>189</v>
       </c>
       <c r="D74" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>79</v>
       </c>
       <c r="G74" t="s">
-        <v>8</v>
+        <v>182</v>
       </c>
       <c r="H74">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I74"/>
       <c r="J74" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="M74" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="P74" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B75" t="s">
-        <v>456</v>
+        <v>205</v>
       </c>
       <c r="C75" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
       <c r="D75" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="G75" t="s">
-        <v>182</v>
+        <v>22</v>
       </c>
       <c r="H75">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I75"/>
+        <v>1993</v>
+      </c>
+      <c r="I75">
+        <v>2009</v>
+      </c>
       <c r="J75" t="s">
-        <v>381</v>
+        <v>43</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
+        <v>207</v>
+      </c>
+      <c r="M75" t="s">
+        <v>208</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
         <v>457</v>
       </c>
-      <c r="M75" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P75" t="s">
-        <v>446</v>
+        <v>219</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
+        <v>458</v>
+      </c>
+      <c r="B76" t="s">
         <v>459</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="D76" t="s">
         <v>64</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="I76">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="J76" t="s">
-        <v>43</v>
+        <v>376</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>207</v>
+        <v>460</v>
       </c>
       <c r="M76" t="s">
-        <v>208</v>
+        <v>441</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="P76" t="s">
-        <v>219</v>
+        <v>462</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B77" t="s">
-        <v>462</v>
+        <v>215</v>
       </c>
       <c r="C77" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
       <c r="D77" t="s">
-        <v>64</v>
+        <v>216</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H77">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>381</v>
+        <v>43</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>463</v>
+        <v>217</v>
       </c>
       <c r="M77" t="s">
-        <v>444</v>
+        <v>208</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
         <v>464</v>
       </c>
       <c r="P77" t="s">
-        <v>465</v>
+        <v>219</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
+        <v>465</v>
+      </c>
+      <c r="B78" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="C78" t="s">
         <v>206</v>
       </c>
       <c r="D78" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>50</v>
       </c>
       <c r="H78">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>43</v>
+        <v>223</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
-      <c r="L78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L78"/>
       <c r="M78" t="s">
         <v>208</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
         <v>467</v>
       </c>
       <c r="P78" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>468</v>
       </c>
       <c r="B79" t="s">
         <v>469</v>
       </c>
       <c r="C79" t="s">
         <v>206</v>
       </c>
       <c r="D79" t="s">
-        <v>222</v>
+        <v>470</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>50</v>
+        <v>471</v>
       </c>
       <c r="H79">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>223</v>
+        <v>23</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>208</v>
+        <v>472</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="P79" t="s">
-        <v>219</v>
+        <v>474</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B80" t="s">
-        <v>472</v>
+        <v>221</v>
       </c>
       <c r="C80" t="s">
         <v>206</v>
       </c>
       <c r="D80" t="s">
-        <v>473</v>
+        <v>222</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>474</v>
+        <v>22</v>
       </c>
       <c r="H80">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I80"/>
+        <v>2001</v>
+      </c>
+      <c r="I80">
+        <v>2010</v>
+      </c>
       <c r="J80" t="s">
-        <v>23</v>
+        <v>223</v>
       </c>
       <c r="K80" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L80"/>
+        <v>224</v>
+      </c>
+      <c r="L80" t="s">
+        <v>225</v>
+      </c>
       <c r="M80" t="s">
-        <v>475</v>
+        <v>208</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
         <v>476</v>
       </c>
       <c r="P80" t="s">
-        <v>477</v>
+        <v>219</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
+        <v>477</v>
+      </c>
+      <c r="B81" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="C81" t="s">
         <v>206</v>
       </c>
       <c r="D81" t="s">
-        <v>222</v>
+        <v>78</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="I81">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J81" t="s">
-        <v>223</v>
+        <v>43</v>
       </c>
       <c r="K81" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L81"/>
       <c r="M81" t="s">
         <v>208</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
         <v>479</v>
       </c>
       <c r="P81" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>480</v>
       </c>
       <c r="B82" t="s">
         <v>481</v>
       </c>
       <c r="C82" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="D82" t="s">
-        <v>78</v>
+        <v>446</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="H82">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>43</v>
+        <v>199</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>208</v>
+        <v>441</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
         <v>482</v>
       </c>
       <c r="P82" t="s">
-        <v>219</v>
+        <v>483</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B83" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C83" t="s">
         <v>189</v>
       </c>
       <c r="D83" t="s">
-        <v>449</v>
+        <v>64</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>182</v>
+        <v>399</v>
       </c>
       <c r="H83">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I83"/>
+        <v>2011</v>
+      </c>
+      <c r="I83">
+        <v>2022</v>
+      </c>
       <c r="J83" t="s">
-        <v>199</v>
+        <v>376</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
-      <c r="L83"/>
+      <c r="L83" t="s">
+        <v>486</v>
+      </c>
       <c r="M83" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="P83" t="s">
-        <v>486</v>
+        <v>462</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B84" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C84" t="s">
         <v>189</v>
       </c>
       <c r="D84" t="s">
         <v>64</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H84">
         <v>2011</v>
       </c>
       <c r="I84">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J84" t="s">
-        <v>381</v>
+        <v>199</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
-      <c r="L84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L84"/>
       <c r="M84" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>490</v>
       </c>
       <c r="P84" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>491</v>
       </c>
       <c r="B85" t="s">
         <v>492</v>
       </c>
       <c r="C85" t="s">
         <v>189</v>
       </c>
       <c r="D85" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="H85">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I85"/>
       <c r="J85" t="s">
-        <v>199</v>
+        <v>376</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
-      <c r="L85"/>
+      <c r="L85" t="s">
+        <v>493</v>
+      </c>
       <c r="M85" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="P85" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B86" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C86" t="s">
-        <v>189</v>
+        <v>263</v>
       </c>
       <c r="D86" t="s">
-        <v>78</v>
+        <v>216</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G86" t="s">
-        <v>182</v>
+        <v>50</v>
       </c>
       <c r="H86">
         <v>2021</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>381</v>
+        <v>23</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="M86" t="s">
-        <v>444</v>
+        <v>498</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="P86" t="s">
-        <v>465</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B87" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="C87" t="s">
-        <v>263</v>
+        <v>503</v>
       </c>
       <c r="D87" t="s">
-        <v>216</v>
+        <v>42</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G87" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H87">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I87"/>
+        <v>2003</v>
+      </c>
+      <c r="I87">
+        <v>2005</v>
+      </c>
       <c r="J87" t="s">
         <v>23</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
-      <c r="L87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L87"/>
       <c r="M87" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="P87" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="B88" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="C88" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D88" t="s">
-        <v>42</v>
+        <v>222</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H88">
         <v>2003</v>
       </c>
-      <c r="I88">
-[...1 lines deleted...]
-      </c>
+      <c r="I88"/>
       <c r="J88" t="s">
         <v>23</v>
       </c>
       <c r="K88" t="s">
-        <v>24</v>
+        <v>509</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="N88" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
       <c r="O88" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="P88" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="B89" t="s">
         <v>511</v>
       </c>
+      <c r="B89"/>
       <c r="C89" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D89" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>50</v>
       </c>
       <c r="H89">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I89"/>
+        <v>2011</v>
+      </c>
+      <c r="I89">
+        <v>2016</v>
+      </c>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89" t="s">
-        <v>512</v>
+        <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="N89" t="s">
-        <v>135</v>
+        <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="P89" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
+        <v>513</v>
+      </c>
+      <c r="B90" t="s">
         <v>514</v>
       </c>
-      <c r="B90"/>
       <c r="C90" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D90" t="s">
-        <v>236</v>
+        <v>64</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>50</v>
       </c>
       <c r="H90">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I90"/>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
         <v>515</v>
       </c>
       <c r="P90" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
         <v>516</v>
       </c>
       <c r="B91" t="s">
         <v>517</v>
       </c>
       <c r="C91" t="s">
-        <v>506</v>
+        <v>263</v>
       </c>
       <c r="D91" t="s">
-        <v>64</v>
+        <v>198</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G91" t="s">
-        <v>50</v>
+        <v>399</v>
       </c>
       <c r="H91">
-        <v>2002</v>
+        <v>2021</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
-      <c r="L91"/>
+      <c r="L91" t="s">
+        <v>518</v>
+      </c>
       <c r="M91" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="P91" t="s">
-        <v>509</v>
+        <v>520</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B92" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C92" t="s">
         <v>263</v>
       </c>
       <c r="D92" t="s">
-        <v>198</v>
+        <v>523</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>34</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H92">
         <v>2021</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
-      <c r="L92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
-        <v>501</v>
+        <v>524</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="P92" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B93" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C93" t="s">
         <v>263</v>
       </c>
       <c r="D93" t="s">
-        <v>526</v>
+        <v>64</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>34</v>
       </c>
       <c r="G93" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H93">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I93"/>
+        <v>2015</v>
+      </c>
+      <c r="I93">
+        <v>2018</v>
+      </c>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
-      <c r="L93"/>
+      <c r="L93" t="s">
+        <v>529</v>
+      </c>
       <c r="M93" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="P93" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B94" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C94" t="s">
-        <v>263</v>
+        <v>534</v>
       </c>
       <c r="D94" t="s">
         <v>64</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>34</v>
+        <v>535</v>
       </c>
       <c r="G94" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H94">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I94"/>
       <c r="J94" t="s">
-        <v>23</v>
+        <v>536</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
-      <c r="L94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="P94" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="B95" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="C95" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="D95" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>538</v>
+        <v>34</v>
       </c>
       <c r="G95" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H95">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I95"/>
+        <v>2014</v>
+      </c>
+      <c r="I95">
+        <v>2024</v>
+      </c>
       <c r="J95" t="s">
-        <v>539</v>
+        <v>420</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
-      <c r="L95"/>
+      <c r="L95" t="s">
+        <v>543</v>
+      </c>
       <c r="M95" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="P95" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="B96" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="C96" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="D96" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>34</v>
       </c>
       <c r="G96" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H96">
         <v>2014</v>
       </c>
       <c r="I96">
         <v>2024</v>
       </c>
       <c r="J96" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="M96" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="P96" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B97" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C97" t="s">
-        <v>545</v>
+        <v>169</v>
       </c>
       <c r="D97" t="s">
         <v>64</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>34</v>
       </c>
       <c r="G97" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H97">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="I97">
-        <v>2024</v>
+        <v>2007</v>
       </c>
       <c r="J97" t="s">
-        <v>423</v>
+        <v>554</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="M97" t="s">
-        <v>547</v>
+        <v>171</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="P97" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="B98" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="C98" t="s">
-        <v>169</v>
+        <v>206</v>
       </c>
       <c r="D98" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>34</v>
       </c>
       <c r="G98" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H98">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="I98">
-        <v>2007</v>
+        <v>2024</v>
       </c>
       <c r="J98" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="M98" t="s">
-        <v>171</v>
+        <v>562</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="P98" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="B99" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="C99" t="s">
-        <v>206</v>
+        <v>567</v>
       </c>
       <c r="D99" t="s">
-        <v>73</v>
+        <v>568</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="G99" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="H99">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I99"/>
       <c r="J99" t="s">
-        <v>563</v>
+        <v>153</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
-      <c r="L99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L99"/>
       <c r="M99" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="P99" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="B100" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C100" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="D100" t="s">
-        <v>571</v>
+        <v>64</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="G100" t="s">
         <v>50</v>
       </c>
       <c r="H100">
         <v>2018</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>153</v>
+        <v>51</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="P100" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B101" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="C101" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="D101" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>34</v>
       </c>
       <c r="G101" t="s">
         <v>50</v>
       </c>
       <c r="H101">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>51</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
-      <c r="L101"/>
+      <c r="L101" t="s">
+        <v>579</v>
+      </c>
       <c r="M101" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="P101" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B102" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C102" t="s">
-        <v>576</v>
+        <v>160</v>
       </c>
       <c r="D102" t="s">
-        <v>69</v>
+        <v>270</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>34</v>
       </c>
       <c r="G102" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H102">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I102"/>
+        <v>2007</v>
+      </c>
+      <c r="I102">
+        <v>2020</v>
+      </c>
       <c r="J102" t="s">
-        <v>51</v>
+        <v>163</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="M102" t="s">
-        <v>577</v>
+        <v>164</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="P102" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B103" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C103" t="s">
         <v>160</v>
       </c>
       <c r="D103" t="s">
-        <v>270</v>
+        <v>64</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2007</v>
       </c>
       <c r="I103">
         <v>2020</v>
       </c>
       <c r="J103" t="s">
         <v>163</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="M103" t="s">
         <v>164</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="P103" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B104" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C104" t="s">
         <v>160</v>
       </c>
       <c r="D104" t="s">
         <v>64</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="H104">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I104"/>
       <c r="J104" t="s">
         <v>163</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
-      <c r="L104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L104"/>
       <c r="M104" t="s">
         <v>164</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="P104" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B105" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C105" t="s">
         <v>160</v>
       </c>
       <c r="D105" t="s">
-        <v>64</v>
+        <v>222</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>182</v>
+        <v>399</v>
       </c>
       <c r="H105">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I105"/>
+        <v>2010</v>
+      </c>
+      <c r="I105">
+        <v>2019</v>
+      </c>
       <c r="J105" t="s">
         <v>163</v>
       </c>
       <c r="K105" t="s">
-        <v>24</v>
+        <v>598</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
         <v>164</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="P105" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B106" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C106" t="s">
         <v>160</v>
       </c>
       <c r="D106" t="s">
         <v>222</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2010</v>
       </c>
       <c r="I106">
         <v>2019</v>
       </c>
       <c r="J106" t="s">
-        <v>163</v>
+        <v>264</v>
       </c>
       <c r="K106" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
         <v>164</v>
       </c>
       <c r="N106" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
       <c r="O106" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="P106" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
         <v>604</v>
       </c>
       <c r="B107" t="s">
         <v>605</v>
       </c>
       <c r="C107" t="s">
         <v>160</v>
       </c>
       <c r="D107" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="H107">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I107"/>
       <c r="J107" t="s">
-        <v>264</v>
+        <v>163</v>
       </c>
       <c r="K107" t="s">
-        <v>601</v>
-[...1 lines deleted...]
-      <c r="L107"/>
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>606</v>
+      </c>
       <c r="M107" t="s">
         <v>164</v>
       </c>
       <c r="N107" t="s">
         <v>135</v>
       </c>
       <c r="O107" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="P107" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B108" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C108" t="s">
-        <v>160</v>
+        <v>534</v>
       </c>
       <c r="D108" t="s">
-        <v>236</v>
+        <v>64</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>182</v>
+        <v>22</v>
       </c>
       <c r="H108">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I108"/>
+        <v>2003</v>
+      </c>
+      <c r="I108">
+        <v>2013</v>
+      </c>
       <c r="J108" t="s">
-        <v>163</v>
+        <v>536</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
-      <c r="L108" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>164</v>
+        <v>611</v>
       </c>
       <c r="N108" t="s">
-        <v>135</v>
+        <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="P108" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B109" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C109" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="D109" t="s">
         <v>64</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H109">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I109"/>
       <c r="J109" t="s">
-        <v>539</v>
+        <v>376</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="P109" t="s">
-        <v>616</v>
-[...6 lines deleted...]
-      <c r="B110" t="s">
         <v>618</v>
-      </c>
-[...36 lines deleted...]
-        <v>621</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">