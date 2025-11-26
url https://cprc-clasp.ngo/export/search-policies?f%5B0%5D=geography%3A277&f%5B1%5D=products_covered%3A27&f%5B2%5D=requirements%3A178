--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -12,269 +12,327 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-hand-dryers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,529 +596,590 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="133" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" t="s">
+        <v>41</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>41</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
-      </c>
-[...200 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
-      <c r="I7" t="s">
-        <v>27</v>
+      <c r="I7">
+        <v>2015</v>
       </c>
       <c r="J7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>41</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G8" t="s">
+        <v>37</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
+        <v>41</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>41</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
         <v>46</v>
       </c>
-      <c r="M7" t="s">
-[...32 lines deleted...]
-      <c r="J8" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...59 lines deleted...]
-      <c r="C10" t="s">
+      <c r="G10" t="s">
+        <v>75</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>38</v>
       </c>
-      <c r="D10" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="N10" t="s">
-        <v>59</v>
+        <v>41</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>