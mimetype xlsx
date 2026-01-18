--- v0 (2025-10-13)
+++ v1 (2026-01-18)
@@ -12,318 +12,397 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -587,673 +666,754 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1979</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1999</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>52</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>51</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>52</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2012</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>51</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>52</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>51</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...7 lines deleted...]
-      <c r="B4" t="s">
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>52</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...423 lines deleted...]
-        <v>73</v>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>