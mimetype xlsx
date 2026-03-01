--- v0 (2025-11-27)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -441,66 +441,66 @@
   <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
   </si>
   <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
     <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
@@ -571,50 +571,53 @@
     <t>Cambodia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
@@ -680,69 +683,69 @@
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
@@ -2413,1044 +2416,1044 @@
       <c r="O22" t="s">
         <v>176</v>
       </c>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>177</v>
       </c>
       <c r="B23" t="s">
         <v>178</v>
       </c>
       <c r="C23" t="s">
         <v>179</v>
       </c>
       <c r="D23" t="s">
         <v>50</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23">
         <v>2018</v>
       </c>
       <c r="J23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P23" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2008</v>
       </c>
       <c r="I24">
         <v>2020</v>
       </c>
       <c r="J24" t="s">
         <v>67</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="O24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C25" t="s">
         <v>90</v>
       </c>
       <c r="D25" t="s">
         <v>50</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H25">
         <v>2008</v>
       </c>
       <c r="I25">
         <v>2014</v>
       </c>
       <c r="J25" t="s">
         <v>165</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M25" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P25" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B26" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C26" t="s">
         <v>90</v>
       </c>
       <c r="D26" t="s">
         <v>50</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>8</v>
       </c>
       <c r="H26">
         <v>2008</v>
       </c>
       <c r="I26">
         <v>2014</v>
       </c>
       <c r="J26" t="s">
         <v>165</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M26" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P26" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B27" t="s">
         <v>106</v>
       </c>
       <c r="C27" t="s">
         <v>107</v>
       </c>
       <c r="D27" t="s">
         <v>50</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>1993</v>
       </c>
       <c r="I27">
         <v>2009</v>
       </c>
       <c r="J27" t="s">
         <v>108</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
         <v>109</v>
       </c>
       <c r="M27" t="s">
         <v>110</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P27" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B28" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C28" t="s">
         <v>90</v>
       </c>
       <c r="D28" t="s">
         <v>50</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
       <c r="I28">
         <v>2022</v>
       </c>
       <c r="J28" t="s">
         <v>165</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P28" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B29" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C29" t="s">
         <v>90</v>
       </c>
       <c r="D29" t="s">
         <v>50</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>8</v>
+        <v>180</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29">
         <v>2022</v>
       </c>
       <c r="J29" t="s">
         <v>165</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C30" t="s">
         <v>90</v>
       </c>
       <c r="D30" t="s">
         <v>50</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2011</v>
       </c>
       <c r="I30">
         <v>2025</v>
       </c>
       <c r="J30" t="s">
         <v>100</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P30" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D31" t="s">
         <v>50</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>51</v>
       </c>
       <c r="H31">
         <v>2002</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C32" t="s">
         <v>138</v>
       </c>
       <c r="D32" t="s">
         <v>99</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C33" t="s">
         <v>138</v>
       </c>
       <c r="D33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>34</v>
       </c>
       <c r="G33" t="s">
         <v>51</v>
       </c>
       <c r="H33">
         <v>2021</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P33" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C34" t="s">
         <v>138</v>
       </c>
       <c r="D34" t="s">
         <v>50</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>34</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2015</v>
       </c>
       <c r="I34">
         <v>2018</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="M34" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D35" t="s">
         <v>50</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G35" t="s">
         <v>51</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P35" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C36" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D36" t="s">
         <v>50</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>34</v>
       </c>
       <c r="G36" t="s">
         <v>51</v>
       </c>
       <c r="H36">
         <v>2014</v>
       </c>
       <c r="I36">
         <v>2024</v>
       </c>
       <c r="J36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M36" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B37" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C37" t="s">
         <v>83</v>
       </c>
       <c r="D37" t="s">
         <v>50</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>34</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>1993</v>
       </c>
       <c r="I37">
         <v>2007</v>
       </c>
       <c r="J37" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M37" t="s">
         <v>85</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P37" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B38" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>57</v>
       </c>
       <c r="G38" t="s">
         <v>51</v>
       </c>
       <c r="H38">
         <v>2018</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>67</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B39" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C39" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D39" t="s">
         <v>50</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>34</v>
       </c>
       <c r="G39" t="s">
         <v>51</v>
       </c>
       <c r="H39">
         <v>2018</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P39" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C40" t="s">
         <v>74</v>
       </c>
       <c r="D40" t="s">
         <v>50</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2007</v>
       </c>
       <c r="I40">
         <v>2020</v>
       </c>
       <c r="J40" t="s">
         <v>77</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="M40" t="s">
         <v>78</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P40" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C41" t="s">
         <v>74</v>
       </c>
       <c r="D41" t="s">
         <v>50</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H41">
         <v>2021</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>77</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>78</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C42" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D42" t="s">
         <v>50</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2003</v>
       </c>
       <c r="I42">
         <v>2013</v>
       </c>
       <c r="J42" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B43" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C43" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D43" t="s">
         <v>50</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>51</v>
       </c>
       <c r="H43">
         <v>2023</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>165</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P43" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">