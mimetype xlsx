--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -12,182 +12,201 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-7-agricultural-pump-sets</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -451,237 +470,258 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="88" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="119" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="438.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>33</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...21 lines deleted...]
-        <v>30</v>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>