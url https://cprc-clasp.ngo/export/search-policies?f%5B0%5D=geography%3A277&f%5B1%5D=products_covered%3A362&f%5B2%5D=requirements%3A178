--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,310 +12,371 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -579,529 +640,592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="140" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>1992</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
         <v>2016</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J9" t="s">
+        <v>55</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...41 lines deleted...]
-      <c r="K3" t="s">
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
-[...300 lines deleted...]
-        <v>68</v>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>