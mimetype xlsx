--- v0 (2025-10-14)
+++ v1 (2026-03-20)
@@ -12,399 +12,532 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -668,1131 +801,1276 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="772.669" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="130.825" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...5 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H8">
+        <v>2000</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>58</v>
+      </c>
+      <c r="P8" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2000</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>55</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>56</v>
+      </c>
+      <c r="M9" t="s">
+        <v>57</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>62</v>
+      </c>
+      <c r="P9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2001</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...22 lines deleted...]
-      <c r="F3" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>67</v>
+      </c>
+      <c r="M10" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2000</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>55</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>73</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2000</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>55</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>79</v>
+      </c>
+      <c r="M12" t="s">
+        <v>57</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>80</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>81</v>
+      </c>
+      <c r="B13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2000</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>55</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>68</v>
+      </c>
+      <c r="M13" t="s">
+        <v>57</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2000</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>93</v>
+      </c>
+      <c r="G15" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>94</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>95</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>96</v>
+      </c>
+      <c r="P15" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
+        <v>92</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>93</v>
+      </c>
+      <c r="G16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>94</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>95</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>100</v>
+      </c>
+      <c r="P16" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" t="s">
+        <v>103</v>
+      </c>
+      <c r="C17" t="s">
+        <v>104</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>105</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>106</v>
+      </c>
+      <c r="M17" t="s">
+        <v>107</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>108</v>
+      </c>
+      <c r="P17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2003</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>112</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>113</v>
+      </c>
+      <c r="M18" t="s">
+        <v>114</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>115</v>
+      </c>
+      <c r="P18" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>117</v>
+      </c>
+      <c r="B19" t="s">
+        <v>118</v>
+      </c>
+      <c r="C19" t="s">
+        <v>91</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...38 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G19" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19">
+        <v>2018</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>112</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>119</v>
+      </c>
+      <c r="M19" t="s">
+        <v>114</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>120</v>
+      </c>
+      <c r="P19" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>122</v>
+      </c>
+      <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...36 lines deleted...]
-      <c r="J5" t="s">
+      <c r="G20" t="s">
+        <v>38</v>
+      </c>
+      <c r="H20">
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>112</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>124</v>
+      </c>
+      <c r="M20" t="s">
+        <v>114</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>125</v>
+      </c>
+      <c r="P20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" t="s">
+        <v>129</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...36 lines deleted...]
-      <c r="J6" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2006</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>73</v>
+      </c>
+      <c r="M21" t="s">
+        <v>131</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>132</v>
+      </c>
+      <c r="P21" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>134</v>
+      </c>
+      <c r="B22" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" t="s">
+        <v>129</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...36 lines deleted...]
-      <c r="J7" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2001</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>130</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>73</v>
+      </c>
+      <c r="M22" t="s">
+        <v>131</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>136</v>
+      </c>
+      <c r="P22" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>129</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...26 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2020</v>
+      </c>
+      <c r="J23" t="s">
+        <v>130</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>73</v>
+      </c>
+      <c r="M23" t="s">
+        <v>131</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>140</v>
+      </c>
+      <c r="P23" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>142</v>
+      </c>
+      <c r="B24" t="s">
+        <v>143</v>
+      </c>
+      <c r="C24" t="s">
+        <v>129</v>
+      </c>
+      <c r="D24" t="s">
         <v>19</v>
       </c>
-      <c r="G8">
-[...8 lines deleted...]
-      <c r="J8" t="s">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...350 lines deleted...]
-      <c r="N16" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>130</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
         <v>73</v>
       </c>
-    </row>
-[...338 lines deleted...]
-      </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>131</v>
       </c>
       <c r="N24" t="s">
-        <v>101</v>
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>144</v>
+      </c>
+      <c r="P24" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>