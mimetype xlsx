--- v0 (2025-11-26)
+++ v1 (2026-01-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -591,50 +591,53 @@
   <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
     <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2013L01500</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
@@ -855,50 +858,53 @@
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1234,51 +1240,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2490,846 +2496,848 @@
       </c>
       <c r="P25" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>179</v>
       </c>
       <c r="B26" t="s">
         <v>180</v>
       </c>
       <c r="C26" t="s">
         <v>181</v>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>93</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
       <c r="I26">
         <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M26" t="s">
         <v>158</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P26" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C27" t="s">
         <v>84</v>
       </c>
       <c r="D27" t="s">
         <v>64</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>93</v>
       </c>
       <c r="G27" t="s">
         <v>50</v>
       </c>
       <c r="H27">
         <v>2024</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M27" t="s">
         <v>86</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P27" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C28" t="s">
         <v>84</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>93</v>
       </c>
       <c r="G28" t="s">
         <v>50</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28">
         <v>2024</v>
       </c>
       <c r="J28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M28" t="s">
         <v>86</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>93</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2008</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="O29" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C30" t="s">
         <v>91</v>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H30">
         <v>2014</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>164</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P30" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B31" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C31" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D31" t="s">
         <v>64</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>93</v>
       </c>
       <c r="G31" t="s">
         <v>50</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B32" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>93</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2017</v>
       </c>
       <c r="J32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D33" t="s">
         <v>57</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>50</v>
       </c>
       <c r="H33">
         <v>2008</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B34" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C34" t="s">
         <v>100</v>
       </c>
       <c r="D34" t="s">
         <v>57</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2015</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P34" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B35" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C35" t="s">
         <v>100</v>
       </c>
       <c r="D35" t="s">
         <v>57</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>50</v>
       </c>
       <c r="H35">
         <v>2015</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>101</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>102</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P35" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B36" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C36" t="s">
         <v>100</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36">
         <v>2012</v>
       </c>
       <c r="J36" t="s">
         <v>101</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>102</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P36" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B37" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C37" t="s">
         <v>91</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>50</v>
       </c>
-      <c r="H37"/>
+      <c r="H37">
+        <v>2024</v>
+      </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P37" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C38" t="s">
         <v>84</v>
       </c>
       <c r="D38" t="s">
         <v>33</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>50</v>
       </c>
       <c r="H38">
         <v>2013</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M38" t="s">
         <v>86</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B39" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C39" t="s">
         <v>75</v>
       </c>
       <c r="D39" t="s">
         <v>64</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
       <c r="I39">
         <v>2015</v>
       </c>
       <c r="J39" t="s">
         <v>78</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="M39" t="s">
         <v>79</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B40" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C40" t="s">
         <v>75</v>
       </c>
       <c r="D40" t="s">
         <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
       <c r="I40">
         <v>2021</v>
       </c>
       <c r="J40" t="s">
         <v>122</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>79</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P40" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B41" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C41" t="s">
         <v>75</v>
       </c>
       <c r="D41" t="s">
         <v>33</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2015</v>
       </c>
       <c r="J41" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>79</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="P41" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B42" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C42" t="s">
         <v>75</v>
       </c>
       <c r="D42" t="s">
         <v>33</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>50</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>78</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>79</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="P42" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">