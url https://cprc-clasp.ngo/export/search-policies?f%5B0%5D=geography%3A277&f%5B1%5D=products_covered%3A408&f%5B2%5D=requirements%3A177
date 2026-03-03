--- v0 (2025-11-28)
+++ v1 (2026-03-03)
@@ -12,362 +12,365 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>CEL - High Pressure Sodium Lamps</t>
-[...230 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>CEL- LED products for indoor lighting: LED downlights</t>
+  </si>
+  <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB/T 29293; GB/T 29294</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
+    <t>GB/T39018</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
+  </si>
+  <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
+  </si>
+  <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1(Int):2014</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
+  </si>
+  <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
   </si>
   <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -700,51 +703,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -785,655 +788,653 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>2020</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="H6">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="G7" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="I7">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="J7" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2005</v>
+      </c>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="M8" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>73</v>
       </c>
       <c r="H9">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="M9" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H10">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>1989</v>
+      </c>
+      <c r="I10">
+        <v>2025</v>
+      </c>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="M10" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>81</v>
+        <v>56</v>
       </c>
       <c r="G11" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="H11">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="M11" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2009</v>
       </c>
       <c r="I12">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J12" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="M12" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="P12" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C13" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D13" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>81</v>
+        <v>56</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I13">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="J13" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="M13" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C14" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H14">
         <v>2019</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">