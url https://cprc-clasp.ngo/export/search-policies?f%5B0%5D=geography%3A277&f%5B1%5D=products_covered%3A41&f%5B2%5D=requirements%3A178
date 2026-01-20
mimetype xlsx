--- v0 (2025-10-14)
+++ v1 (2026-01-20)
@@ -12,357 +12,439 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -626,705 +708,792 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="144" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="661.696" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2002</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2002</v>
       </c>
-      <c r="H2">
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>61</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
+        <v>87</v>
+      </c>
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
         <v>22</v>
-      </c>
-[...370 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-        <v>43</v>
+      <c r="I11">
+        <v>2012</v>
       </c>
       <c r="J11" t="s">
+        <v>52</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>53</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>98</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...72 lines deleted...]
-        <v>2012</v>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
-      <c r="I13" t="s">
-        <v>43</v>
+      <c r="I13">
+        <v>2012</v>
       </c>
       <c r="J13" t="s">
+        <v>52</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...3 lines deleted...]
-      <c r="M13" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>67</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="L14" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="N14" t="s">
-        <v>87</v>
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>