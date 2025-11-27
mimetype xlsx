--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,280 +12,329 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -549,453 +598,504 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="898.781" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2024</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...247 lines deleted...]
-        <v>60</v>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>