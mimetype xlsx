--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,203 +12,228 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -472,273 +497,300 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="127" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="583.857" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="83.694" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...71 lines deleted...]
-        <v>37</v>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>