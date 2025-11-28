--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,194 +12,213 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -463,235 +482,256 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="126" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="593.284" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="74.268" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>34</v>
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>