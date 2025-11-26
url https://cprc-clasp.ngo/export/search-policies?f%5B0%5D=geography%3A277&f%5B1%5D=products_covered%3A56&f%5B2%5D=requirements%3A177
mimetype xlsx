--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,330 +12,405 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -599,703 +674,788 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="137" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2019</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G3" t="s">
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2012</v>
       </c>
-      <c r="I3" t="s">
-        <v>30</v>
+      <c r="I3">
+        <v>2012</v>
       </c>
       <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
         <v>32</v>
       </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>43</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...9 lines deleted...]
-      <c r="K4" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
         <v>34</v>
       </c>
-      <c r="L4" t="s">
-[...2 lines deleted...]
-      <c r="M4" t="s">
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>35</v>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...15 lines deleted...]
-      <c r="M5" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>39</v>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>53</v>
+      </c>
+      <c r="N8" t="s">
+        <v>65</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-      <c r="A6" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>65</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
         <v>40</v>
       </c>
-      <c r="B6" t="s">
-[...11 lines deleted...]
-      <c r="F6" t="s">
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...3 lines deleted...]
-      <c r="I6" t="s">
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...88 lines deleted...]
-      <c r="K8" t="s">
+      <c r="F10" t="s">
         <v>50</v>
       </c>
-      <c r="L8" t="s">
-[...73 lines deleted...]
-        <v>2011</v>
+      <c r="G10" t="s">
+        <v>34</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
-      <c r="I10" t="s">
-        <v>30</v>
+      <c r="I10">
+        <v>2011</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>41</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" t="s">
         <v>34</v>
-      </c>
-[...30 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-        <v>30</v>
+      <c r="I11">
+        <v>2012</v>
       </c>
       <c r="J11" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>46</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-        <v>64</v>
+      <c r="L12" t="s">
+        <v>47</v>
+      </c>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...3 lines deleted...]
-      <c r="B12" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>86</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="C12" t="s">
-[...27 lines deleted...]
-      <c r="M12" t="s">
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>93</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>72</v>
+      </c>
+      <c r="G14" t="s">
+        <v>95</v>
+      </c>
+      <c r="H14">
+        <v>2024</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>96</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...76 lines deleted...]
-      </c>
       <c r="L14" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="N14" t="s">
-        <v>78</v>
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>