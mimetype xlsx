--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,530 +12,720 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -799,1415 +989,1604 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="701.829" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>47</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...35 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...40 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G11" t="s">
+        <v>40</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>81</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...31 lines deleted...]
-      <c r="G5">
+      <c r="G12" t="s">
+        <v>40</v>
+      </c>
+      <c r="H12">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-[...3 lines deleted...]
-      <c r="J5" t="s">
+      <c r="I12">
+        <v>2003</v>
+      </c>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D13" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...13 lines deleted...]
-      <c r="A6" t="s">
+      <c r="G13" t="s">
         <v>40</v>
-      </c>
-[...318 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H13">
         <v>2011</v>
       </c>
-      <c r="I13" t="s">
-        <v>42</v>
+      <c r="I13">
+        <v>2011</v>
       </c>
       <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...28 lines deleted...]
-      <c r="F14" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>84</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>106</v>
+      </c>
+      <c r="G15" t="s">
+        <v>40</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>107</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>81</v>
+      </c>
+      <c r="D16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>84</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>53</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>95</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>53</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>95</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" t="s">
         <v>19</v>
       </c>
-      <c r="G14">
-[...6 lines deleted...]
-      <c r="J14" t="s">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...40 lines deleted...]
-      <c r="J15" t="s">
+      <c r="G19" t="s">
+        <v>40</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>53</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>95</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>81</v>
+      </c>
+      <c r="D20" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...8 lines deleted...]
-      <c r="N15" t="s">
+      <c r="G20" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20">
+        <v>2001</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>53</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>84</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
         <v>81</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F16" t="s">
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G16">
-[...21 lines deleted...]
-      <c r="A17" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>136</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>53</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>100</v>
+      </c>
+      <c r="M21" t="s">
         <v>84</v>
       </c>
-      <c r="B17" t="s">
-[...11 lines deleted...]
-      <c r="F17" t="s">
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>137</v>
+      </c>
+      <c r="P21" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G17">
-[...198 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>106</v>
+      </c>
+      <c r="G22" t="s">
+        <v>40</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
-      <c r="I22" t="s">
-        <v>42</v>
+      <c r="I22">
+        <v>2011</v>
       </c>
       <c r="J22" t="s">
+        <v>53</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>100</v>
+      </c>
+      <c r="M22" t="s">
+        <v>84</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P22" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>143</v>
+      </c>
+      <c r="B23" t="s">
+        <v>144</v>
+      </c>
+      <c r="C23" t="s">
+        <v>145</v>
+      </c>
+      <c r="D23" t="s">
+        <v>146</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K22" t="s">
-[...31 lines deleted...]
-      <c r="G23"/>
+      <c r="G23" t="s">
+        <v>147</v>
+      </c>
       <c r="H23"/>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
+        <v>148</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>149</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>145</v>
+      </c>
+      <c r="D24" t="s">
+        <v>154</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K23"/>
-[...6 lines deleted...]
-      <c r="N23" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>155</v>
+      </c>
+      <c r="K24" t="s">
+        <v>156</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>149</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>157</v>
+      </c>
+      <c r="P24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>159</v>
+      </c>
+      <c r="B25" t="s">
+        <v>160</v>
+      </c>
+      <c r="C25" t="s">
+        <v>145</v>
+      </c>
+      <c r="D25" t="s">
+        <v>161</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>155</v>
+      </c>
+      <c r="K25" t="s">
+        <v>156</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>149</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
         <v>105</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" t="s">
+      <c r="D26" t="s">
+        <v>166</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>167</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>168</v>
+      </c>
+      <c r="M26" t="s">
+        <v>169</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>172</v>
+      </c>
+      <c r="B27" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" t="s">
+        <v>105</v>
+      </c>
+      <c r="D27" t="s">
+        <v>82</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>174</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>175</v>
+      </c>
+      <c r="M27" t="s">
+        <v>169</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>176</v>
+      </c>
+      <c r="P27" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>178</v>
+      </c>
+      <c r="B28" t="s">
+        <v>179</v>
+      </c>
+      <c r="C28" t="s">
+        <v>105</v>
+      </c>
+      <c r="D28" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>107</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>180</v>
+      </c>
+      <c r="M28" t="s">
+        <v>169</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>181</v>
+      </c>
+      <c r="P28" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>183</v>
+      </c>
+      <c r="B29" t="s">
+        <v>184</v>
+      </c>
+      <c r="C29" t="s">
+        <v>105</v>
+      </c>
+      <c r="D29" t="s">
+        <v>123</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>107</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>185</v>
+      </c>
+      <c r="M29" t="s">
+        <v>169</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>186</v>
+      </c>
+      <c r="P29" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>188</v>
+      </c>
+      <c r="B30" t="s">
+        <v>189</v>
+      </c>
+      <c r="C30" t="s">
+        <v>105</v>
+      </c>
+      <c r="D30" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>106</v>
       </c>
-      <c r="B24" t="s">
-[...11 lines deleted...]
-      <c r="F24" t="s">
+      <c r="G30" t="s">
+        <v>190</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>191</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>192</v>
+      </c>
+      <c r="M30" t="s">
+        <v>193</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>194</v>
+      </c>
+      <c r="P30" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>196</v>
+      </c>
+      <c r="B31" t="s">
+        <v>197</v>
+      </c>
+      <c r="C31" t="s">
+        <v>198</v>
+      </c>
+      <c r="D31" t="s">
         <v>19</v>
       </c>
-      <c r="G24">
-[...86 lines deleted...]
-      <c r="J26" t="s">
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...31 lines deleted...]
-      <c r="G27">
+      <c r="G31" t="s">
+        <v>40</v>
+      </c>
+      <c r="H31">
         <v>2013</v>
       </c>
-      <c r="H27"/>
-[...167 lines deleted...]
-      <c r="H31">
+      <c r="I31">
         <v>2020</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>199</v>
       </c>
       <c r="K31" t="s">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>139</v>
+        <v>200</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>201</v>
       </c>
       <c r="N31" t="s">
-        <v>140</v>
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>202</v>
+      </c>
+      <c r="P31" t="s">
+        <v>203</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>