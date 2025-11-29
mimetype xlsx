--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -12,168 +12,189 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -437,193 +458,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="137" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="533.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2024</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>