--- v0 (2025-10-14)
+++ v1 (2026-03-08)
@@ -12,329 +12,420 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -598,741 +689,834 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="168" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="168.53" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>41</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>41</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...15 lines deleted...]
-      <c r="F3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>39</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>41</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>79</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>81</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>86</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>39</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>41</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>80</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>92</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>38</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>98</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>99</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>105</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2016</v>
       </c>
-      <c r="H3"/>
-[...6 lines deleted...]
-      <c r="K3" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>107</v>
+      </c>
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
-[...512 lines deleted...]
-        <v>79</v>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>