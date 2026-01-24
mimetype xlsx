--- v0 (2025-11-14)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -81,81 +81,78 @@
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
     <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
@@ -508,64 +505,64 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="305.497" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="133.253" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -594,124 +591,126 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
         <v>22</v>
       </c>
-      <c r="H2">
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
         <v>25</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>26</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
         <v>29</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>30</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>31</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>32</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>33</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="H3">
         <v>1989</v>
       </c>
       <c r="I3">
         <v>2015</v>
       </c>
       <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" t="s">
         <v>36</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>37</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>38</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>39</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">