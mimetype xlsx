--- v0 (2025-12-01)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -135,50 +135,53 @@
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -712,128 +715,128 @@
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>39</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
         <v>2007</v>
       </c>
       <c r="I4">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>39</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2005</v>
       </c>
       <c r="I5">
         <v>2014</v>
       </c>
       <c r="J5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">