--- v0 (2025-11-27)
+++ v1 (2026-01-27)
@@ -62,144 +62,144 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
-[...62 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
+  </si>
+  <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1(Int):2014</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
+  </si>
+  <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -602,166 +602,164 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2009</v>
       </c>
       <c r="I3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I4">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>44</v>
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>