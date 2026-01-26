--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -1050,72 +1050,72 @@
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -1158,60 +1158,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
@@ -1259,150 +1259,150 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
     <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -4438,94 +4438,94 @@
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>306</v>
       </c>
       <c r="B50" t="s">
         <v>307</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
         <v>308</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>153</v>
       </c>
       <c r="G50" t="s">
         <v>34</v>
       </c>
       <c r="H50">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>309</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>299</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
         <v>310</v>
       </c>
       <c r="P50" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>311</v>
       </c>
       <c r="B51" t="s">
         <v>312</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
         <v>76</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>153</v>
       </c>
       <c r="G51" t="s">
-        <v>8</v>
+        <v>257</v>
       </c>
       <c r="H51">
         <v>2015</v>
       </c>
       <c r="I51">
         <v>2019</v>
       </c>
       <c r="J51" t="s">
         <v>35</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>299</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>313</v>
       </c>
       <c r="P51" t="s">
         <v>301</v>
@@ -4579,54 +4579,54 @@
         <v>301</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>317</v>
       </c>
       <c r="B53" t="s">
         <v>318</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
         <v>319</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>153</v>
       </c>
       <c r="G53" t="s">
         <v>34</v>
       </c>
-      <c r="H53">
+      <c r="H53"/>
+      <c r="I53">
         <v>2024</v>
       </c>
-      <c r="I53"/>
       <c r="J53" t="s">
         <v>309</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>299</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>320</v>
       </c>
       <c r="P53" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>321</v>
       </c>
       <c r="B54" t="s">
@@ -4819,54 +4819,54 @@
       </c>
       <c r="P57" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>338</v>
       </c>
       <c r="B58" t="s">
         <v>339</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
         <v>340</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>153</v>
       </c>
       <c r="G58" t="s">
-        <v>34</v>
+        <v>297</v>
       </c>
       <c r="H58">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>309</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
         <v>299</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
         <v>341</v>
       </c>
       <c r="P58" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>342</v>
@@ -5011,51 +5011,51 @@
       </c>
       <c r="P61" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>355</v>
       </c>
       <c r="B62" t="s">
         <v>356</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
         <v>357</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>107</v>
       </c>
       <c r="G62" t="s">
-        <v>8</v>
+        <v>257</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
       <c r="I62">
         <v>2019</v>
       </c>
       <c r="J62" t="s">
         <v>35</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
         <v>358</v>
       </c>
       <c r="M62" t="s">
         <v>299</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>359</v>
       </c>
@@ -5155,149 +5155,149 @@
       </c>
       <c r="P64" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>366</v>
       </c>
       <c r="B65" t="s">
         <v>367</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
         <v>91</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>107</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="H65">
         <v>2011</v>
       </c>
       <c r="I65">
         <v>2022</v>
       </c>
       <c r="J65" t="s">
         <v>35</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
         <v>368</v>
       </c>
       <c r="M65" t="s">
         <v>299</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>369</v>
       </c>
       <c r="P65" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>370</v>
       </c>
       <c r="B66" t="s">
         <v>371</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" t="s">
         <v>91</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>107</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H66">
         <v>2011</v>
       </c>
       <c r="I66">
         <v>2025</v>
       </c>
       <c r="J66" t="s">
         <v>309</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
         <v>299</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
         <v>372</v>
       </c>
       <c r="P66" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>373</v>
       </c>
       <c r="B67" t="s">
         <v>374</v>
       </c>
       <c r="C67" t="s">
         <v>18</v>
       </c>
       <c r="D67" t="s">
         <v>256</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>107</v>
       </c>
       <c r="G67" t="s">
-        <v>8</v>
+        <v>257</v>
       </c>
       <c r="H67">
         <v>2011</v>
       </c>
       <c r="I67">
         <v>2022</v>
       </c>
       <c r="J67" t="s">
         <v>35</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
         <v>375</v>
       </c>
       <c r="M67" t="s">
         <v>299</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>376</v>
       </c>
@@ -5353,51 +5353,53 @@
         <v>346</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>380</v>
       </c>
       <c r="B69" t="s">
         <v>381</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" t="s">
         <v>96</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>107</v>
       </c>
       <c r="G69" t="s">
         <v>34</v>
       </c>
-      <c r="H69"/>
+      <c r="H69">
+        <v>2024</v>
+      </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>309</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
         <v>299</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>382</v>
       </c>
       <c r="P69" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>383</v>
       </c>