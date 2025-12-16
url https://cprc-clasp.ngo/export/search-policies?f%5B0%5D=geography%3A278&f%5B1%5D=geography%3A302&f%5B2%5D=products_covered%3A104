--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -12,239 +12,279 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,401 +548,446 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="759.672" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...10 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
         <v>28</v>
-      </c>
-[...194 lines deleted...]
-        <v>49</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>