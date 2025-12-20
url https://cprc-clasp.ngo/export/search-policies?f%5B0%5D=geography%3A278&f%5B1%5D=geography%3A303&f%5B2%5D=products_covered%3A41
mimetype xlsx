--- v0 (2025-10-09)
+++ v1 (2025-12-20)
@@ -12,229 +12,260 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
   </si>
   <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -498,323 +529,356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="115" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="89.55" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...117 lines deleted...]
-        <v>45</v>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>