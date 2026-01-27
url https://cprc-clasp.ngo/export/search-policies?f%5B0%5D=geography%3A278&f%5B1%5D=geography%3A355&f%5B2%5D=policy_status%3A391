--- v0 (2025-11-27)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -466,66 +466,92 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2019L00968</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
     <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2012L02135</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
     <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
     <t>https://dti.gov.ph/resources/e-library</t>
   </si>
@@ -904,74 +930,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P25"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="148.535" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1991,237 +2017,287 @@
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>136</v>
       </c>
       <c r="O21" t="s">
         <v>143</v>
       </c>
       <c r="P21" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>145</v>
       </c>
       <c r="B22" t="s">
         <v>146</v>
       </c>
       <c r="C22" t="s">
         <v>147</v>
       </c>
       <c r="D22" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H22">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="I22">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C23" t="s">
         <v>147</v>
       </c>
       <c r="D23" t="s">
-        <v>155</v>
+        <v>69</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C24" t="s">
         <v>147</v>
       </c>
       <c r="D24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I24">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="J24" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="D25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E25" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
+        <v>1993</v>
+      </c>
+      <c r="I25">
+        <v>2007</v>
+      </c>
+      <c r="J25" t="s">
+        <v>156</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>169</v>
+      </c>
+      <c r="M25" t="s">
+        <v>151</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>170</v>
+      </c>
+      <c r="P25" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>172</v>
+      </c>
+      <c r="B26" t="s">
+        <v>173</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>174</v>
+      </c>
+      <c r="E26" t="s">
+        <v>175</v>
+      </c>
+      <c r="F26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2015</v>
       </c>
-      <c r="I25">
+      <c r="I26">
         <v>2016</v>
       </c>
-      <c r="J25" t="s">
-[...18 lines deleted...]
-        <v>175</v>
+      <c r="J26" t="s">
+        <v>176</v>
+      </c>
+      <c r="K26" t="s">
+        <v>177</v>
+      </c>
+      <c r="L26" t="s">
+        <v>178</v>
+      </c>
+      <c r="M26" t="s">
+        <v>179</v>
+      </c>
+      <c r="N26" t="s">
+        <v>180</v>
+      </c>
+      <c r="O26" t="s">
+        <v>181</v>
+      </c>
+      <c r="P26" t="s">
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">