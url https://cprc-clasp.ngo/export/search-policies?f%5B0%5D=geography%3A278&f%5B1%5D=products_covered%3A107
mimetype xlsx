--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,167 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,193 +449,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="108" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="397.474" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2012</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>